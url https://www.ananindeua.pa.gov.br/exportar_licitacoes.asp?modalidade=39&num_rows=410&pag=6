--- v0 (2025-10-05)
+++ v1 (2026-01-11)
@@ -450,51 +450,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3">
-  <dimension ref="A1:M411"/>
+  <dimension ref="A1:M821"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" rightToLeft="false">
       <selection activeCell="K2" sqref="K2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="28.140625" style="2" customWidth="1"/>
     <col min="2" max="2" width="17.42578125" style="2" customWidth="1"/>
     <col min="3" max="3" width="12.140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="19.28515625" style="1" customWidth="1"/>
     <col min="5" max="5" width="24.42578125" style="3" customWidth="1"/>
     <col min="6" max="6" width="16.7109375" style="3" customWidth="1"/>
     <col min="7" max="7" width="36.42578125" style="3" customWidth="1"/>
     <col min="8" max="8" width="38" style="4" customWidth="1"/>
     <col min="9" max="9" width="16.42578125" customWidth="1"/>
     <col min="10" max="10" width="26.42578125" customWidth="1"/>
     <col min="11" max="11" width="22.42578125" customWidth="1"/>
     <col min="12" max="12" width="20.85546875" customWidth="1"/>
     <col min="13" max="13" width="17.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row spans="1:13" x14ac:dyDescent="0.25" outlineLevel="0" r="1">
       <c r="A1" s="5" t="s">
         <v>2</v>
@@ -3507,16245 +3507,35438 @@
           <t>A PRESENTE ATA TEM POR OBJETO O REGISTRO DE PREÇOS PARA A CONTRATAÇÃO DE EMPRESA PARA A EXECUÇÃO DE SERVIÇOS DE ROÇO MECÂNICO, RASTELAMENTO DE CAPINA, CARGA MANUAL DE ENTULHO E TRANSPORTE DE DESCARGA DE MATERIAL DE BOTA FORA, ESPECIFICADO(S) NO(S) ITEM(NS</t>
         </is>
       </c>
       <c r="I62" s="3" t="inlineStr">
         <is>
           <t>26/05/2022</t>
         </is>
       </c>
       <c r="J62" s="3" t="inlineStr">
         <is>
           <t>SEMED/PMA-SECRETARIA MUNICIPAL DE EDUCAÇÃO-PREFEITURA MUNICIPAL DE ANANINDEUA. ADESÃO A ATA DE REGISTRO DE PREÇO Nº2021-011-Nº 03/2021-SEMED-PMA-SRP</t>
         </is>
       </c>
       <c r="M62" s="3" t="inlineStr">
         <is>
           <t>26/05/2022</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
+      <c r="B63" s="3" t="inlineStr">
+        <is>
+          <t>017</t>
+        </is>
+      </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D63" s="3" t="inlineStr">
         <is>
-          <t>SESDS</t>
+          <t>SEMAD</t>
         </is>
       </c>
       <c r="E63" s="3" t="inlineStr">
         <is>
-          <t>2020/262550</t>
+          <t>nº 07/2022.DAL.SEMAD</t>
         </is>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
-          <t>26/03/2021</t>
+          <t>31/08/2022</t>
         </is>
       </c>
       <c r="G63" s="3" t="inlineStr">
         <is>
-          <t>EDITAL DO PREGÃO ELETRÔNICO PARA REGISTRO DE PREÇOS Nº. 012/2020-SEGUP/PA</t>
+          <t>PREGÃO ELETRÔNICO SRP Nº 9/2021-017/SESAU/PMA</t>
         </is>
       </c>
       <c r="H63" s="3" t="inlineStr">
         <is>
-          <t>AQUISIÇÃO DE COLETES DE PROTEÇÃO BALÍSTICA</t>
+          <t>AQUISIÇÃO DE MATERIAL DE LIMPEZA E HIGIENE._x000d_
+_x000d_
+</t>
+        </is>
+      </c>
+      <c r="I63" s="3" t="inlineStr">
+        <is>
+          <t>16/05/2022</t>
+        </is>
+      </c>
+      <c r="J63" s="3" t="inlineStr">
+        <is>
+          <t>WWW.GOV.BR/COMPRAS</t>
+        </is>
+      </c>
+      <c r="K63" s="3" t="inlineStr">
+        <is>
+          <t>JOZIANI ELEM NEVES DE ALMEIDA (Titular) PEDRO AUGUSTO GARCIA CAMPOS (Suplente)</t>
         </is>
       </c>
       <c r="M63" s="3" t="inlineStr">
         <is>
-          <t>26/03/2021</t>
+          <t>31/08/2022</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
-      <c r="B64" s="3" t="inlineStr">
+      <c r="C64" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D64" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E64" s="3" t="inlineStr">
+        <is>
+          <t>2020/262550</t>
+        </is>
+      </c>
+      <c r="F64" s="3" t="inlineStr">
+        <is>
+          <t>26/03/2021</t>
+        </is>
+      </c>
+      <c r="G64" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL DO PREGÃO ELETRÔNICO PARA REGISTRO DE PREÇOS Nº. 012/2020-SEGUP/PA</t>
+        </is>
+      </c>
+      <c r="H64" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE COLETES DE PROTEÇÃO BALÍSTICA</t>
+        </is>
+      </c>
+      <c r="M64" s="3" t="inlineStr">
+        <is>
+          <t>26/03/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="65">
+      <c r="A65" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B65" s="3" t="inlineStr">
         <is>
           <t>010</t>
         </is>
       </c>
-      <c r="C64" s="3" t="inlineStr">
+      <c r="C65" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D64" s="3" t="inlineStr">
+      <c r="D65" s="3" t="inlineStr">
         <is>
           <t>FMAS</t>
         </is>
       </c>
-      <c r="E64" s="3" t="inlineStr">
+      <c r="E65" s="3" t="inlineStr">
         <is>
           <t>034/2023</t>
         </is>
       </c>
-      <c r="G64" s="3" t="inlineStr">
+      <c r="G65" s="3" t="inlineStr">
         <is>
           <t>SRP N°. 010/2023-PREFEITURA MUNICIPAL DE SANTA IZABEL</t>
         </is>
       </c>
-      <c r="H64" s="3" t="inlineStr">
+      <c r="H65" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE GÊNEROS ALIMENTÍCIOS, PARA ATENDER AS NECESSIDADES INSTITUCIONAIS DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT, E SUAS UNIDADES._x000d_
 </t>
         </is>
       </c>
-      <c r="I64" s="3" t="inlineStr">
+      <c r="I65" s="3" t="inlineStr">
         <is>
           <t>30/11/2023</t>
         </is>
       </c>
-      <c r="M64" s="3" t="inlineStr">
+      <c r="M65" s="3" t="inlineStr">
         <is>
           <t>26/02/2024</t>
-        </is>
-[...40 lines deleted...]
-          <t>25/11/2020</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D66" s="3" t="inlineStr">
         <is>
           <t>SESDS</t>
         </is>
       </c>
       <c r="E66" s="3" t="inlineStr">
         <is>
-          <t>20190021</t>
+          <t>092/2020/SEMCAT</t>
         </is>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
-          <t>25/11/2019</t>
+          <t>25/11/2020</t>
         </is>
       </c>
       <c r="G66" s="3" t="inlineStr">
         <is>
-          <t>EDITAL DE LICITAÇÃO - PREGÃO PRESENCIAL POR SRP N°.PP-003/2019-PMT</t>
+          <t>S.R.P.E.2020.002-SEMCAT/PMA</t>
         </is>
       </c>
       <c r="H66" s="3" t="inlineStr">
         <is>
-          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAR OS SERVIÇOS DE LOCAÇÃO DE EQUIPAMENTOS DE INFORMÁTICA PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SEGURANÇA E DEFESA SOCIAL E DA GUARDA CIVIL MUNICIPAL DE ANANINDEUA.</t>
+          <t>REALIZAÇÃO DOS PROCEDIMENTOS VISANDO À CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAIS DE CONSUMO – MATERIAL DE LIMPEZA E MATERIAL DE EXPEDIENTE, COM VIGÊNCIA DE 60 (SESSENTA) DIAS E ENTREGA TOTAL E IMEDIATA.</t>
         </is>
       </c>
       <c r="M66" s="3" t="inlineStr">
         <is>
-          <t>25/11/2019</t>
+          <t>25/11/2020</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
+      <c r="B67" s="3" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D67" s="3" t="inlineStr">
         <is>
-          <t>SEHAB</t>
+          <t>SEGEF</t>
         </is>
       </c>
       <c r="E67" s="3" t="inlineStr">
         <is>
-          <t>3668.2018.SEMED</t>
+          <t>6.588/2023</t>
         </is>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
-          <t>25/11/2019</t>
+          <t>31/07/2023</t>
         </is>
       </c>
       <c r="G67" s="3" t="inlineStr">
         <is>
-          <t>2019.0001.PMA.SEMED</t>
+          <t>#ATA DE REGISTRO DE PREÇOS Nº 02.1/2023</t>
         </is>
       </c>
       <c r="H67" s="3" t="inlineStr">
         <is>
-          <t>MATERIAL DE CONSUMO (CAFÉ, AÇÚCAR, LEITE, ADOÇANTE, FILTRO)</t>
+          <t>AQUISIÇÃO DE MATERIAL DE EXPEDIENTE</t>
+        </is>
+      </c>
+      <c r="I67" s="3" t="inlineStr">
+        <is>
+          <t>17/05/2023</t>
+        </is>
+      </c>
+      <c r="J67" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE GESTÃO FAZENDÁRIA</t>
         </is>
       </c>
       <c r="M67" s="3" t="inlineStr">
         <is>
-          <t>25/11/2019</t>
+          <t>31/07/2023</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
-          <t>2014</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D68" s="3" t="inlineStr">
         <is>
-          <t>CGM</t>
+          <t>SESDS</t>
         </is>
       </c>
       <c r="E68" s="3" t="inlineStr">
         <is>
-          <t>687/2014/SEMED</t>
+          <t>20190021</t>
         </is>
       </c>
       <c r="F68" s="3" t="inlineStr">
         <is>
-          <t>25/11/2014</t>
+          <t>25/11/2019</t>
         </is>
       </c>
       <c r="G68" s="3" t="inlineStr">
         <is>
-          <t>SRP Nº 2014.005.PMA.SEMED</t>
+          <t>EDITAL DE LICITAÇÃO - PREGÃO PRESENCIAL POR SRP N°.PP-003/2019-PMT</t>
         </is>
       </c>
       <c r="H68" s="3" t="inlineStr">
         <is>
-          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NOS SERVIÇOS TÉCNICOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA EM CENTRAIS DE AR TIPO SPLIT E APARELHOS DE AR CONDICIONADOS TIPO ACJ</t>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAR OS SERVIÇOS DE LOCAÇÃO DE EQUIPAMENTOS DE INFORMÁTICA PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SEGURANÇA E DEFESA SOCIAL E DA GUARDA CIVIL MUNICIPAL DE ANANINDEUA.</t>
         </is>
       </c>
       <c r="M68" s="3" t="inlineStr">
         <is>
-          <t>25/11/2014</t>
+          <t>25/11/2019</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="D69" s="3" t="inlineStr">
         <is>
-          <t>SEURB</t>
+          <t>SEHAB</t>
         </is>
       </c>
       <c r="E69" s="3" t="inlineStr">
         <is>
-          <t>188</t>
+          <t>3668.2018.SEMED</t>
         </is>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
-          <t>25/09/2019</t>
+          <t>25/11/2019</t>
         </is>
       </c>
       <c r="G69" s="3" t="inlineStr">
         <is>
-          <t>SRP.2019.003.PMA.SEMED</t>
+          <t>2019.0001.PMA.SEMED</t>
         </is>
       </c>
       <c r="H69" s="3" t="inlineStr">
         <is>
-          <t>AQUISIÇÃO DE MATERIAL DE LIMPEZA</t>
+          <t>MATERIAL DE CONSUMO (CAFÉ, AÇÚCAR, LEITE, ADOÇANTE, FILTRO)</t>
         </is>
       </c>
       <c r="M69" s="3" t="inlineStr">
         <is>
-          <t>25/09/2019</t>
+          <t>25/11/2019</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
       <c r="D70" s="3" t="inlineStr">
         <is>
-          <t>SEURB</t>
+          <t>SEMAD</t>
         </is>
       </c>
       <c r="E70" s="3" t="inlineStr">
         <is>
-          <t>189</t>
+          <t>050.2019.DAF.SEMAD</t>
         </is>
       </c>
       <c r="F70" s="3" t="inlineStr">
         <is>
-          <t>25/09/2019</t>
+          <t>31/07/2019</t>
         </is>
       </c>
       <c r="G70" s="3" t="inlineStr">
         <is>
-          <t>SRP.2019.002.PMA.SEMED</t>
+          <t>SRP.2018.006.SEMCAT.PMA</t>
         </is>
       </c>
       <c r="H70" s="3" t="inlineStr">
         <is>
-          <t>AQUSIÇÃO DE MATERIAL DE EXPEDIENTE</t>
+          <t>AQUISIÇÃO DE ÁGUA MINERAL DE 20 LITROS, GÁS LIQUEFEITO 13KG(LIQUIDO) E ÁGUA MINERAL DE 200 ML.</t>
         </is>
       </c>
       <c r="M70" s="3" t="inlineStr">
         <is>
-          <t>25/09/2019</t>
+          <t>31/07/2019</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2014</t>
         </is>
       </c>
       <c r="D71" s="3" t="inlineStr">
         <is>
-          <t>SEURB</t>
+          <t>CGM</t>
         </is>
       </c>
       <c r="E71" s="3" t="inlineStr">
         <is>
-          <t>156</t>
+          <t>687/2014/SEMED</t>
         </is>
       </c>
       <c r="F71" s="3" t="inlineStr">
         <is>
-          <t>25/09/2019</t>
+          <t>25/11/2014</t>
         </is>
       </c>
       <c r="G71" s="3" t="inlineStr">
         <is>
-          <t>SRP Nº9/20191103-01ARP-PMM-SEIDUR</t>
+          <t>SRP Nº 2014.005.PMA.SEMED</t>
         </is>
       </c>
       <c r="H71" s="3" t="inlineStr">
         <is>
-          <t>AQUISIÇÃO DE TUBOS DE CONCRETO ARMADO EM DIVERSOS TAMANHOS DE DIAMETROS</t>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NOS SERVIÇOS TÉCNICOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA EM CENTRAIS DE AR TIPO SPLIT E APARELHOS DE AR CONDICIONADOS TIPO ACJ</t>
         </is>
       </c>
       <c r="M71" s="3" t="inlineStr">
         <is>
-          <t>25/09/2019</t>
+          <t>25/11/2014</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
-      <c r="B72" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
       <c r="D72" s="3" t="inlineStr">
         <is>
-          <t>PROGE</t>
+          <t>SEURB</t>
         </is>
       </c>
       <c r="E72" s="3" t="inlineStr">
         <is>
-          <t>2019.001.105</t>
+          <t>188</t>
         </is>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
           <t>25/09/2019</t>
         </is>
       </c>
       <c r="G72" s="3" t="inlineStr">
         <is>
-          <t>SRP Nº 003/2019-PMT</t>
+          <t>SRP.2019.003.PMA.SEMED</t>
         </is>
       </c>
       <c r="H72" s="3" t="inlineStr">
         <is>
-          <t>SERVIÇO DE LOCAÇÃO DE EQUIPAMENTOS DE INFORMÁTICA (COMPUTADORES)</t>
-[...9 lines deleted...]
-          <t>SALA DE LICITAÇÃO NA SEDE DA PREFEITURA</t>
+          <t>AQUISIÇÃO DE MATERIAL DE LIMPEZA</t>
         </is>
       </c>
       <c r="M72" s="3" t="inlineStr">
         <is>
           <t>25/09/2019</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
       <c r="D73" s="3" t="inlineStr">
         <is>
-          <t>SEURB</t>
+          <t>GABINETE</t>
         </is>
       </c>
       <c r="E73" s="3" t="inlineStr">
         <is>
-          <t>SRP Nº11/2019</t>
+          <t>107.2019.GP.PMA</t>
         </is>
       </c>
       <c r="F73" s="3" t="inlineStr">
         <is>
-          <t>25/07/2019</t>
+          <t>31/05/2019</t>
         </is>
       </c>
       <c r="G73" s="3" t="inlineStr">
         <is>
-          <t>146</t>
+          <t>N° 001.2018.GP.VICE.PREFEITO.PMA</t>
         </is>
       </c>
       <c r="H73" s="3" t="inlineStr">
         <is>
-          <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS</t>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE VALE COMBUSTÍVEL, TIPO BILHETE IMPRESSO, PARA ATENDER AS NECESSIDADES DO GABINETE DO PREFEITO DE ANANINDEUA,</t>
         </is>
       </c>
       <c r="M73" s="3" t="inlineStr">
         <is>
-          <t>25/07/2019</t>
+          <t>31/05/2019</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D74" s="3" t="inlineStr">
         <is>
-          <t>SEMED</t>
+          <t>SEURB</t>
         </is>
       </c>
       <c r="E74" s="3" t="inlineStr">
         <is>
-          <t>146</t>
+          <t>90/2020</t>
         </is>
       </c>
       <c r="F74" s="3" t="inlineStr">
         <is>
-          <t>25/07/2019</t>
+          <t>31/03/2021</t>
         </is>
       </c>
       <c r="G74" s="3" t="inlineStr">
         <is>
-          <t>SRP Nº11/2019</t>
+          <t>SRP. Nº 2019.002.PMA.SEMED</t>
         </is>
       </c>
       <c r="H74" s="3" t="inlineStr">
         <is>
-          <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS</t>
+          <t>LOCAÇÃO DE MÁQUINAS MULTIFUNCIONAIS E IMPRESSORA MONOCROMÁTICA, COM FORNECIMENTO DE PEÇAS, MANUTENÇÃO PREVENTIVA E CORRETIVA, SUPRIMENTOS E CONSUMÍVEIS EXCETO PAPEL.</t>
         </is>
       </c>
       <c r="M74" s="3" t="inlineStr">
         <is>
-          <t>25/07/2019</t>
+          <t>31/03/2021</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D75" s="3" t="inlineStr">
         <is>
-          <t>SEMUTRAN</t>
+          <t>SEURB</t>
         </is>
       </c>
       <c r="E75" s="3" t="inlineStr">
         <is>
-          <t>2020.01.017.PMA.SEMUTRAN</t>
+          <t>189</t>
         </is>
       </c>
       <c r="F75" s="3" t="inlineStr">
         <is>
-          <t>25/06/2020</t>
+          <t>25/09/2019</t>
         </is>
       </c>
       <c r="G75" s="3" t="inlineStr">
         <is>
-          <t>PP.SRP.Nº 001/2019/CMA</t>
+          <t>SRP.2019.002.PMA.SEMED</t>
         </is>
       </c>
       <c r="H75" s="3" t="inlineStr">
         <is>
-          <t>ADESÃO A ATA DE REGISTRO DE PREÇOS, REFERENTE A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO À INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM A VELOCIDADE DE 30MB SIMÉTRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO-A-P</t>
+          <t>AQUSIÇÃO DE MATERIAL DE EXPEDIENTE</t>
         </is>
       </c>
       <c r="M75" s="3" t="inlineStr">
         <is>
-          <t>25/06/2020</t>
+          <t>25/09/2019</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D76" s="3" t="inlineStr">
         <is>
-          <t>SEGOV</t>
+          <t>SEURB</t>
         </is>
       </c>
       <c r="E76" s="3" t="inlineStr">
         <is>
-          <t>019/2018</t>
+          <t>156</t>
         </is>
       </c>
       <c r="F76" s="3" t="inlineStr">
         <is>
-          <t>25/06/2018</t>
+          <t>25/09/2019</t>
         </is>
       </c>
       <c r="G76" s="3" t="inlineStr">
         <is>
-          <t>SRP.2017.005.SEMED.PMA</t>
+          <t>SRP Nº9/20191103-01ARP-PMM-SEIDUR</t>
         </is>
       </c>
       <c r="H76" s="3" t="inlineStr">
         <is>
-          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL DE CONSUMO ( LIMPEZA) PARA ATENDER AS NECESSIDADES DA SEGOV E IEGA</t>
+          <t>AQUISIÇÃO DE TUBOS DE CONCRETO ARMADO EM DIVERSOS TAMANHOS DE DIAMETROS</t>
         </is>
       </c>
       <c r="M76" s="3" t="inlineStr">
         <is>
-          <t>25/06/2018</t>
+          <t>25/09/2019</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="B77" s="3" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>3</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D77" s="3" t="inlineStr">
         <is>
-          <t>GABINETE</t>
+          <t>PROGE</t>
         </is>
       </c>
       <c r="E77" s="3" t="inlineStr">
         <is>
-          <t>2021/775402</t>
+          <t>2019.001.105</t>
         </is>
       </c>
       <c r="F77" s="3" t="inlineStr">
         <is>
-          <t>25/05/2023</t>
+          <t>25/09/2019</t>
         </is>
       </c>
       <c r="G77" s="3" t="inlineStr">
         <is>
-          <t>PREGÃO ELETRÔNICO 014/2021 SRP Nº 007/2021-FCP</t>
+          <t>SRP Nº 003/2019-PMT</t>
         </is>
       </c>
       <c r="H77" s="3" t="inlineStr">
         <is>
-          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS QUE COMPREENDE OS SEGUINTES LOTES: IV- ESTRUTURA, V - ESTRUTURA MÓVEL; E VI - REFRIGERAÇÃO/CLIMATIZAÇÃO PARA ATENDER AS NECESSIDADES DOS EVENTOS, AÇÕES E PROJETOS DESENVOLVIDOS PELO GABINETE DO</t>
+          <t>SERVIÇO DE LOCAÇÃO DE EQUIPAMENTOS DE INFORMÁTICA (COMPUTADORES)</t>
         </is>
       </c>
       <c r="I77" s="3" t="inlineStr">
         <is>
-          <t>07/01/2022</t>
+          <t>06/08/2019</t>
         </is>
       </c>
       <c r="J77" s="3" t="inlineStr">
         <is>
-          <t>WWW.GOV.BR UASG 925489</t>
-[...4 lines deleted...]
-          <t>ANANDA DO VALLE MARTINS</t>
+          <t>SALA DE LICITAÇÃO NA SEDE DA PREFEITURA</t>
         </is>
       </c>
       <c r="M77" s="3" t="inlineStr">
         <is>
-          <t>25/05/2023</t>
+          <t>25/09/2019</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
-      <c r="B78" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D78" s="3" t="inlineStr">
         <is>
-          <t>SEHAB</t>
+          <t>SESAU</t>
         </is>
       </c>
       <c r="E78" s="3" t="inlineStr">
         <is>
-          <t>459/2022</t>
+          <t>14309</t>
         </is>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
-          <t>22/04/2022</t>
+          <t>31/03/2020</t>
+        </is>
+      </c>
+      <c r="G78" s="3" t="inlineStr">
+        <is>
+          <t>14309</t>
         </is>
       </c>
       <c r="H78" s="3" t="inlineStr">
         <is>
-          <t>FORNECIMENTO DE EQUIPAMENTOS DE INFORMÁTICA COM PRESTAÇÃO DE SERVIÇOS DE MANUTENÇÃO, SUPORTE TÉCNICO E GARANTIA DE SUBSTITUIÇÃO DO EQUIPAMENTO QUANDO NECESSÁRIO</t>
-[...9 lines deleted...]
-          <t>SECRETARIA MUNICIPAL DE HABITAÇÃO</t>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇO Nº002.2019.PMA-SEMED ORIUNDO DO PROCESSO ADMINISTRATIVO DE Nº3669.2018/SEMED</t>
         </is>
       </c>
       <c r="M78" s="3" t="inlineStr">
         <is>
-          <t>25/04/2022</t>
+          <t>31/03/2020</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D79" s="3" t="inlineStr">
         <is>
-          <t>SEMED</t>
+          <t>SEURB</t>
         </is>
       </c>
       <c r="E79" s="3" t="inlineStr">
         <is>
-          <t>4005/2018</t>
+          <t>SRP Nº11/2019</t>
         </is>
       </c>
       <c r="F79" s="3" t="inlineStr">
         <is>
-          <t>25/04/2019</t>
+          <t>25/07/2019</t>
         </is>
       </c>
       <c r="G79" s="3" t="inlineStr">
         <is>
-          <t>MEMO N° 27/2018</t>
+          <t>146</t>
         </is>
       </c>
       <c r="H79" s="3" t="inlineStr">
         <is>
-          <t>AQUISIÇÃO DE KITS DE APOIO DIDÁTICO DE LÍNGUA PORTUGUESA E MATEMÁTICA.</t>
+          <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS</t>
         </is>
       </c>
       <c r="M79" s="3" t="inlineStr">
         <is>
-          <t>25/04/2019</t>
+          <t>25/07/2019</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D80" s="3" t="inlineStr">
         <is>
-          <t>VICE-PREFEITURA</t>
+          <t>SEMAD</t>
         </is>
       </c>
       <c r="E80" s="3" t="inlineStr">
         <is>
-          <t>10/2015</t>
+          <t>024.2020</t>
         </is>
       </c>
       <c r="F80" s="3" t="inlineStr">
         <is>
-          <t>25/02/2016</t>
+          <t>31/03/2020</t>
         </is>
       </c>
       <c r="G80" s="3" t="inlineStr">
         <is>
-          <t>SRP.PP.2015.001.PMA.SEURB</t>
+          <t>SRP.2019.002.PMA.SEMED</t>
         </is>
       </c>
       <c r="H80" s="3" t="inlineStr">
         <is>
-          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA O FORNECIMENTO DE VALE COMBUSTIVEL, NA FORMA IMPRESSA EM PAPEL E CARTAO MAGNETICO/CHIP, INTEGRADO COM SERVIÇO DE GERENCIAMENTO DE ABASTECIMENTO DE COMBUSTIVEIS DE VEICULO, POR MEIO DA IMPLANTAÇÃO E OPERAÇÃO D</t>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM LOCAÇÃO DE IMPRESSORAS E MULTIFUNCIONAIS</t>
         </is>
       </c>
       <c r="M80" s="3" t="inlineStr">
         <is>
-          <t>25/02/2016</t>
+          <t>31/03/2020</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D81" s="3" t="inlineStr">
         <is>
-          <t>SEPOF</t>
+          <t>SEMED</t>
         </is>
       </c>
       <c r="E81" s="3" t="inlineStr">
         <is>
-          <t>3282/2020</t>
+          <t>146</t>
         </is>
       </c>
       <c r="F81" s="3" t="inlineStr">
         <is>
-          <t>25/01/2021</t>
+          <t>25/07/2019</t>
         </is>
       </c>
       <c r="G81" s="3" t="inlineStr">
         <is>
-          <t>SRP Nº 001/2019. CMA. PMA</t>
+          <t>SRP Nº11/2019</t>
         </is>
       </c>
       <c r="H81" s="3" t="inlineStr">
         <is>
-          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO Á INTERNET CORPORATIVA VIA FIBRA OPTICA COM VELOCIDADE DE 30 MB SIMÉTRICOE LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO A PONTO DEDICADO, COM TAXA DE TRANSMISSÃO DE 10 GB</t>
+          <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS</t>
         </is>
       </c>
       <c r="M81" s="3" t="inlineStr">
         <is>
-          <t>25/01/2021</t>
+          <t>25/07/2019</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
       <c r="D82" s="3" t="inlineStr">
         <is>
-          <t>SEDEC</t>
+          <t>SEMAD</t>
         </is>
       </c>
       <c r="E82" s="3" t="inlineStr">
         <is>
-          <t>049/2019-SEMUPA</t>
+          <t>SRP N° PP-003/2019-PMT</t>
         </is>
       </c>
       <c r="F82" s="3" t="inlineStr">
         <is>
-          <t>24/12/2020</t>
+          <t>30/12/2019</t>
         </is>
       </c>
       <c r="G82" s="3" t="inlineStr">
         <is>
-          <t>SRP.PP.2019.001.PMA.SEMUTRAN</t>
+          <t>069.2019-PMA.SEMAD</t>
         </is>
       </c>
       <c r="H82" s="3" t="inlineStr">
         <is>
-          <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº SRP.PP.2019.001.PMA.SEMUTRAN - PARA PRESTAÇÃO DE SERVIÇOS DE FORNECIMENTO DE VALE COMBUSTÍVEL, TIPO IMPRESSO.</t>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAR SERVIÇOS DE LOCAÇÃO DE EQUIPAMENTOS DE INFORMATICA. CONFORME ABAIXO DESCRIMINADOS: 1- SERVIÇO DE LOCAÇÃO DE COMPUTADORES – PROCESSADOR DE GERAÇÃO ATUAL COM 08 NÚCLEOS, OU SUPERIOR, MEMÓRIA DE 04 GB. H</t>
         </is>
       </c>
       <c r="M82" s="3" t="inlineStr">
         <is>
-          <t>24/12/2020</t>
+          <t>30/12/2019</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
-      <c r="B83" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D83" s="3" t="inlineStr">
         <is>
-          <t>SEMAD</t>
+          <t>SEMUTRAN</t>
         </is>
       </c>
       <c r="E83" s="3" t="inlineStr">
         <is>
-          <t>13.725/2023</t>
+          <t>2020.01.017.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F83" s="3" t="inlineStr">
+        <is>
+          <t>25/06/2020</t>
         </is>
       </c>
       <c r="G83" s="3" t="inlineStr">
         <is>
-          <t>EDITAL DO PREGÂO ELETRÔNICO SRP Nº 2022.011.CMA</t>
+          <t>PP.SRP.Nº 001/2019/CMA</t>
         </is>
       </c>
       <c r="H83" s="3" t="inlineStr">
         <is>
-          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE SOLUÇÃO ELETRÔNICA QUE PERMITA GERENCIAR E ORGANIZAR O ATENDIMENTO POR SENHAS, CONTEMPLANDO LOCAÇÃO DE EQUIPAMENTOS E SISTEMAS, COM ASSISTÊNCIA TÉCNICA E MANUTENÇÃO CORRETIVA, PREVENTIVA E ESPECIALIZ</t>
-[...4 lines deleted...]
-          <t>24/11/2023</t>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇOS, REFERENTE A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO À INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM A VELOCIDADE DE 30MB SIMÉTRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO-A-P</t>
         </is>
       </c>
       <c r="M83" s="3" t="inlineStr">
         <is>
-          <t>24/11/2023</t>
+          <t>25/06/2020</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
-      <c r="B84" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="D84" s="3" t="inlineStr">
         <is>
-          <t>FMAS</t>
+          <t>SEGOV</t>
         </is>
       </c>
       <c r="E84" s="3" t="inlineStr">
         <is>
-          <t>007/2023-SEMCAT/PMA</t>
+          <t>019/2018</t>
         </is>
       </c>
       <c r="F84" s="3" t="inlineStr">
         <is>
-          <t>24/08/2023</t>
+          <t>25/06/2018</t>
         </is>
       </c>
       <c r="G84" s="3" t="inlineStr">
         <is>
-          <t>#SRP N°. 013/2022- PREFEITURA DE SANTA IZABEL</t>
+          <t>SRP.2017.005.SEMED.PMA</t>
         </is>
       </c>
       <c r="H84" s="3" t="inlineStr">
         <is>
-          <t>AQUISIÇÃO DE MATERIAL DE CONSTRUÇÃO, HIDRÁULICO E DE PINTURA PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT.</t>
-[...9 lines deleted...]
-          <t>SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT</t>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL DE CONSUMO ( LIMPEZA) PARA ATENDER AS NECESSIDADES DA SEGOV E IEGA</t>
         </is>
       </c>
       <c r="M84" s="3" t="inlineStr">
         <is>
-          <t>24/08/2023</t>
+          <t>25/06/2018</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="B85" s="3" t="inlineStr">
         <is>
-          <t>13332</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="D85" s="3" t="inlineStr">
         <is>
-          <t>SEMED</t>
+          <t>PROGE</t>
         </is>
       </c>
       <c r="E85" s="3" t="inlineStr">
         <is>
-          <t>5464/2023</t>
+          <t>Processo nº. PA202112995 TCM --- 2022.10.050– PROGE/PMA</t>
         </is>
       </c>
       <c r="F85" s="3" t="inlineStr">
         <is>
-          <t>24/08/2023</t>
+          <t>30/11/2022</t>
         </is>
       </c>
       <c r="G85" s="3" t="inlineStr">
         <is>
-          <t>#ADESÃO A ATA DE REGISTRO DE PREÇO - LICITAWEB Nº2022/13332</t>
+          <t>EDITAL DO PREGÃO ELETRÔNICO N º 011/2021/TCM/PA</t>
         </is>
       </c>
       <c r="H85" s="3" t="inlineStr">
         <is>
-          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA AQUISIÇÃO E INSTALAÇÃO DE APARELHOS DE AR CONDICIONADO, PARA ATENDER ÁS NECESSIDADES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DE ANANINDEUA</t>
+          <t>REGISTRO DE PREÇOS PARA AQUISIÇÃO E INSTALAÇÃO DE MOBILIÁRIO, NA SALA DOS CONSELHEIROS, PRESIDÊNCIA, CONTROLADORIAS, PLENÁRIO , GALPÃO E DEMAIS SETORES DO TRIBUNAL DE CONTAS DOS MUNICÍPIOS DO ESTADO DO PARÁ.</t>
         </is>
       </c>
       <c r="I85" s="3" t="inlineStr">
         <is>
-          <t>10/04/2023</t>
+          <t>10/12/2021</t>
         </is>
       </c>
       <c r="J85" s="3" t="inlineStr">
         <is>
-          <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO - SEMED</t>
+          <t> INTERFACE DO BANCO DO BRASIL WWW.LICITACOES-E.COM.BR / TCM</t>
+        </is>
+      </c>
+      <c r="K85" s="3" t="inlineStr">
+        <is>
+          <t>ALAN REIS CALVINHO (Titular) CHRISTIANE S C DO NASCIMENTO (Suplente)</t>
         </is>
       </c>
       <c r="M85" s="3" t="inlineStr">
         <is>
-          <t>24/08/2023</t>
+          <t>30/11/2022</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
+      <c r="B86" s="3" t="inlineStr">
+        <is>
+          <t>014</t>
+        </is>
+      </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D86" s="3" t="inlineStr">
         <is>
-          <t>SEPOF</t>
+          <t>GABINETE</t>
         </is>
       </c>
       <c r="E86" s="3" t="inlineStr">
         <is>
-          <t>PP SRP Nº 2015.001.PMA.SEMAD</t>
+          <t>2021/775402</t>
         </is>
       </c>
       <c r="F86" s="3" t="inlineStr">
         <is>
-          <t>24/08/2016</t>
+          <t>25/05/2023</t>
+        </is>
+      </c>
+      <c r="G86" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO 014/2021 SRP Nº 007/2021-FCP</t>
         </is>
       </c>
       <c r="H86" s="3" t="inlineStr">
         <is>
-          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO À INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM A VELOCIDADE DE 10 MB SIMÉTRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO-A-PONTO DEDICADO COM TAXA DE TRANSMISSÃO DE 100</t>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS QUE COMPREENDE OS SEGUINTES LOTES: IV- ESTRUTURA, V - ESTRUTURA MÓVEL; E VI - REFRIGERAÇÃO/CLIMATIZAÇÃO PARA ATENDER AS NECESSIDADES DOS EVENTOS, AÇÕES E PROJETOS DESENVOLVIDOS PELO GABINETE DO</t>
+        </is>
+      </c>
+      <c r="I86" s="3" t="inlineStr">
+        <is>
+          <t>07/01/2022</t>
+        </is>
+      </c>
+      <c r="J86" s="3" t="inlineStr">
+        <is>
+          <t>WWW.GOV.BR UASG 925489</t>
+        </is>
+      </c>
+      <c r="K86" s="3" t="inlineStr">
+        <is>
+          <t>ANANDA DO VALLE MARTINS</t>
         </is>
       </c>
       <c r="M86" s="3" t="inlineStr">
         <is>
-          <t>24/08/2016</t>
+          <t>25/05/2023</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
+      <c r="B87" s="3" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D87" s="3" t="inlineStr">
         <is>
-          <t>SEMA</t>
+          <t>FMAS</t>
         </is>
       </c>
       <c r="E87" s="3" t="inlineStr">
         <is>
-          <t>066/2020</t>
+          <t>077/2022-SEMCAT/PMA</t>
         </is>
       </c>
       <c r="F87" s="3" t="inlineStr">
         <is>
-          <t>24/07/2020</t>
+          <t>30/11/2022</t>
         </is>
       </c>
       <c r="G87" s="3" t="inlineStr">
         <is>
-          <t>CONTRATO ADMINISTRATIVO Nº 003/2020-SEMA/PMA</t>
+          <t>PREGÃO ELETRÔNICO - SRP N°. 9/2021-42 SEMED/PMA</t>
         </is>
       </c>
       <c r="H87" s="3" t="inlineStr">
         <is>
-          <t>LOCAÇÃO DE VEÍCULO UTILITÁRIO, COM QUILOMETRAGEM LIVRE, COM MANUTENÇÃO, SEM MOTORISTA E SEM COMBUSTÍVEL</t>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE GÁS LIQUEFEITO EM BOTIJÃO DE 13 KG E VASILHAME, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT DO MUNICÍPIO DE ANANINDEUA-PA.</t>
+        </is>
+      </c>
+      <c r="I87" s="3" t="inlineStr">
+        <is>
+          <t>23/09/2022</t>
+        </is>
+      </c>
+      <c r="J87" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT.</t>
+        </is>
+      </c>
+      <c r="K87" s="3" t="inlineStr">
+        <is>
+          <t>ALTINEY MARISTELA FERREIRA RODRIGUES</t>
         </is>
       </c>
       <c r="M87" s="3" t="inlineStr">
         <is>
-          <t>24/07/2020</t>
+          <t>30/11/2022</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
+      <c r="B88" s="3" t="inlineStr">
+        <is>
+          <t>018</t>
+        </is>
+      </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D88" s="3" t="inlineStr">
         <is>
-          <t>SEURB</t>
+          <t>SEHAB</t>
         </is>
       </c>
       <c r="E88" s="3" t="inlineStr">
         <is>
-          <t>155</t>
+          <t>459/2022</t>
         </is>
       </c>
       <c r="F88" s="3" t="inlineStr">
         <is>
-          <t>24/07/2019</t>
-[...4 lines deleted...]
-          <t>SRP Nº 50/0162018.PP.PMM.SEMED</t>
+          <t>22/04/2022</t>
         </is>
       </c>
       <c r="H88" s="3" t="inlineStr">
         <is>
-          <t>LOCAÇÃO DE VEÍCULOS DE PEQUENOS, MÉDIO E GRANDE PORTE</t>
+          <t>FORNECIMENTO DE EQUIPAMENTOS DE INFORMÁTICA COM PRESTAÇÃO DE SERVIÇOS DE MANUTENÇÃO, SUPORTE TÉCNICO E GARANTIA DE SUBSTITUIÇÃO DO EQUIPAMENTO QUANDO NECESSÁRIO</t>
+        </is>
+      </c>
+      <c r="I88" s="3" t="inlineStr">
+        <is>
+          <t>18/04/2022</t>
+        </is>
+      </c>
+      <c r="J88" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE HABITAÇÃO</t>
         </is>
       </c>
       <c r="M88" s="3" t="inlineStr">
         <is>
-          <t>24/07/2019</t>
+          <t>25/04/2022</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="D89" s="3" t="inlineStr">
         <is>
-          <t>SEMCAT</t>
+          <t>SEMAD</t>
         </is>
       </c>
       <c r="E89" s="3" t="inlineStr">
         <is>
-          <t>060/2021-SEMCAT</t>
+          <t>2017/09/013207</t>
         </is>
       </c>
       <c r="F89" s="3" t="inlineStr">
         <is>
-          <t>24/05/2021</t>
+          <t>30/11/2017</t>
         </is>
       </c>
       <c r="G89" s="3" t="inlineStr">
         <is>
-          <t>PREGÃO ELETRÔNICO-SRP N°. 003/2020-SES</t>
+          <t>PREGÃO PRESENCIAL Nº 001/2017 - CMA</t>
         </is>
       </c>
       <c r="H89" s="3" t="inlineStr">
         <is>
-          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS TÉCNICOS DE INSTALAÇÃO, MANUTENÇÃO PREVENTIVA E CORRETIVA, COM FORNECIMENTO DE MATERIAIS, EM CENTRAIS DE AR TIPO SPLIT E APARELHOS DE AR-CONDICIONADO</t>
+          <t>AQUISIÇÃO DE 15.132 TICKETS ALIMENTAÇÃO DO TIPO BILHETE IMPRESSO EM PAPEL, NO VALOR UNITÁRIO DE R$ 10,00</t>
         </is>
       </c>
       <c r="M89" s="3" t="inlineStr">
         <is>
-          <t>24/05/2021</t>
+          <t>30/11/2017</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
-      <c r="B90" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="D90" s="3" t="inlineStr">
         <is>
-          <t>FMS</t>
+          <t>SEMED</t>
         </is>
       </c>
       <c r="E90" s="3" t="inlineStr">
         <is>
-          <t>1363</t>
+          <t>4005/2018</t>
         </is>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
-          <t>24/04/2023</t>
+          <t>25/04/2019</t>
         </is>
       </c>
       <c r="G90" s="3" t="inlineStr">
         <is>
-          <t>EDITAL NºSRP Nº11/2022-SEMAD-MARITUBA-PA</t>
+          <t>MEMO N° 27/2018</t>
         </is>
       </c>
       <c r="H90" s="3" t="inlineStr">
         <is>
-          <t>AQUISIÇÃO DE MATERIAL DE EXPEDIENTE PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE DE ANANINDEUA</t>
-[...19 lines deleted...]
-          <t>&lt;p&gt;ADESÃO A ATA DE REGISTRO DE PREÇOS Nº011/2022-004-SEMAD-PREFEITURA MUNICIPAL DE SAÚDE DE MARITUBA&lt;/p&gt;</t>
+          <t>AQUISIÇÃO DE KITS DE APOIO DIDÁTICO DE LÍNGUA PORTUGUESA E MATEMÁTICA.</t>
         </is>
       </c>
       <c r="M90" s="3" t="inlineStr">
         <is>
-          <t>24/04/2023</t>
+          <t>25/04/2019</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
+      <c r="B91" s="3" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D91" s="3" t="inlineStr">
         <is>
-          <t>SEMAD</t>
+          <t>SEMED</t>
         </is>
       </c>
       <c r="E91" s="3" t="inlineStr">
         <is>
-          <t>483/2017-SEMCAT</t>
+          <t> 7118/2023 - SEMED</t>
         </is>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
-          <t>24/04/2018</t>
+          <t>30/08/2023</t>
         </is>
       </c>
       <c r="G91" s="3" t="inlineStr">
         <is>
-          <t>SRP.2017.007.SEMCAT.PMA</t>
+          <t>#ATA DE REGISTRO DE PREÇOS Nº 17/2022 - PREGÃO ELETRONICO SRP Nº 17/2022</t>
         </is>
       </c>
       <c r="H91" s="3" t="inlineStr">
         <is>
-          <t>AQUISIÇÃO DE MATERIAL GRÁFICO, PARA ATENDER AS NECESSIDADES DA SEMAD</t>
+          <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS DE CONFECÇÃO DE MATERIAIS GRÁFICOS DIVERSOS COM GARANTIA DE QUALIDADE E PRO DEMANDA PARA ATENDER A REDE MUNICIPAL DE EDUCAÇÃO DE ANANINDEUA, NAS ATIVIDADES ADMINISTRATIVAS E PEDAGÓGICAS NO ANO LETIVO DE 20</t>
+        </is>
+      </c>
+      <c r="I91" s="3" t="inlineStr">
+        <is>
+          <t>15/05/2023</t>
+        </is>
+      </c>
+      <c r="J91" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO DE ANANINDEUA - SEMED</t>
         </is>
       </c>
       <c r="M91" s="3" t="inlineStr">
         <is>
-          <t>24/04/2018</t>
+          <t>30/08/2023</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="D92" s="3" t="inlineStr">
         <is>
-          <t>SESDS</t>
+          <t>VICE-PREFEITURA</t>
         </is>
       </c>
       <c r="E92" s="3" t="inlineStr">
         <is>
-          <t>PROCESSO Nº 135/2017-SEMCAT</t>
+          <t>10/2015</t>
         </is>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
-          <t>24/04/2018</t>
+          <t>25/02/2016</t>
         </is>
       </c>
       <c r="G92" s="3" t="inlineStr">
         <is>
-          <t>EDITAL PREGÃO PRESENCIAL PARA REGISTRO DE PREÇOS Nº SRP.2017.001.SEMCAT.PMA</t>
+          <t>SRP.PP.2015.001.PMA.SEURB</t>
         </is>
       </c>
       <c r="H92" s="3" t="inlineStr">
         <is>
-          <t>CONTRATAÇÃO EMPRESA ESPECIALIZADA EM FORNECIMENTO DE GÁS LIQUEFEITO E ÁGUA MINERAL PARA ATENDER AS NECESSIDADES DA SECRETARIA DE SEGURANÇA E DEFESA SOCIAL, GUARDA CIVIL MUNICIPAL DE ANANINDEUA E SUAS DEPENDÊNCIAS. (PARA UM PERÍODO DE 12 MESES)</t>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA O FORNECIMENTO DE VALE COMBUSTIVEL, NA FORMA IMPRESSA EM PAPEL E CARTAO MAGNETICO/CHIP, INTEGRADO COM SERVIÇO DE GERENCIAMENTO DE ABASTECIMENTO DE COMBUSTIVEIS DE VEICULO, POR MEIO DA IMPLANTAÇÃO E OPERAÇÃO D</t>
         </is>
       </c>
       <c r="M92" s="3" t="inlineStr">
         <is>
-          <t>24/04/2018</t>
+          <t>25/02/2016</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D93" s="3" t="inlineStr">
         <is>
-          <t>SESDS</t>
+          <t>GABINETE</t>
         </is>
       </c>
       <c r="E93" s="3" t="inlineStr">
         <is>
-          <t>SRP.2017.001.SEMCAT.PMA</t>
+          <t>2021.04.09.GP.PMA</t>
         </is>
       </c>
       <c r="F93" s="3" t="inlineStr">
         <is>
-          <t>24/04/2018</t>
+          <t>30/08/2021</t>
+        </is>
+      </c>
+      <c r="G93" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 04/2020-SEGEP</t>
         </is>
       </c>
       <c r="H93" s="3" t="inlineStr">
         <is>
-          <t>CONTRATAÇÃO EMPRESA ESPECIALIZADA EM FORNECIMENTO DE GÁS LIQUEFEITO E ÁGUA MINERAL PARA ATENDER AS NECESSIDADES DA SECRETARIA DE SEGURANÇA E DEFESA SOCIAL, GUARDA CIVIL MUNICIPAL DE ANANINDEUA E SUAS DEPENDÊNCIAS. (PARA UM PERÍODO DE 12 MESES)</t>
+          <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇO DE AGENCIAMENTO DE VIAGENS PARA FORNECIMENTO DE PASSAGENS AÉREAS, NACIONAIS E INTERNACIONAIS, RODOVIÁRIAS E FLUVIAIS.</t>
         </is>
       </c>
       <c r="M93" s="3" t="inlineStr">
         <is>
-          <t>24/04/2018</t>
+          <t>30/08/2021</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
       <c r="D94" s="3" t="inlineStr">
         <is>
           <t>SEPOF</t>
         </is>
       </c>
       <c r="E94" s="3" t="inlineStr">
         <is>
-          <t>1307/2020</t>
+          <t>3282/2020</t>
         </is>
       </c>
       <c r="F94" s="3" t="inlineStr">
         <is>
-          <t>23/11/2020</t>
+          <t>25/01/2021</t>
         </is>
       </c>
       <c r="G94" s="3" t="inlineStr">
         <is>
-          <t>SRP Nº 146/2018. SEMAD</t>
+          <t>SRP Nº 001/2019. CMA. PMA</t>
         </is>
       </c>
       <c r="H94" s="3" t="inlineStr">
         <is>
-          <t>EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS PARA A LOCAÇÃO DE VEÍCULOS MENSAL, COM QUILOMETRAGEM LIVRE, SEM MOTORISTA E SEM FORNECIMENTO DE COMBUSTÍVEL</t>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO Á INTERNET CORPORATIVA VIA FIBRA OPTICA COM VELOCIDADE DE 30 MB SIMÉTRICOE LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO A PONTO DEDICADO, COM TAXA DE TRANSMISSÃO DE 10 GB</t>
         </is>
       </c>
       <c r="M94" s="3" t="inlineStr">
         <is>
-          <t>23/11/2020</t>
+          <t>25/01/2021</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="D95" s="3" t="inlineStr">
         <is>
-          <t>SEHAB</t>
+          <t>CGM</t>
         </is>
       </c>
       <c r="E95" s="3" t="inlineStr">
         <is>
-          <t>0035/2019/CMA</t>
+          <t>08/2017-ADM/CGM</t>
         </is>
       </c>
       <c r="F95" s="3" t="inlineStr">
         <is>
-          <t>23/07/2020</t>
+          <t>30/08/2017</t>
         </is>
       </c>
       <c r="G95" s="3" t="inlineStr">
         <is>
-          <t>PREGÃO PRESENCIAL SRP Nº 2019.001.PMA.CMA</t>
+          <t>s/n</t>
         </is>
       </c>
       <c r="H95" s="3" t="inlineStr">
         <is>
-          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA VISA A PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO À INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM A VELOCIDADE DE 30 MB SIMÉTRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO-A-PONTO DEDICADO COM TAXA DE TRANSMISSÃO DE 10</t>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE LOCAÇÃO DE VEÍCULO, SEM CONDUTOR E SEM LIMITE DE QUILOMETRAGEM.</t>
         </is>
       </c>
       <c r="M95" s="3" t="inlineStr">
         <is>
-          <t>23/07/2020</t>
+          <t>30/08/2017</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D96" s="3" t="inlineStr">
         <is>
-          <t>SEPOF</t>
+          <t>SEDEC</t>
         </is>
       </c>
       <c r="E96" s="3" t="inlineStr">
         <is>
-          <t>PREGÃO PRESENCIAL PARA REGISTRO DE PREÇOS Nº SRP.2017.001.SEMCAT.PMA</t>
+          <t>049/2019-SEMUPA</t>
         </is>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
-          <t>23/07/2018</t>
+          <t>24/12/2020</t>
+        </is>
+      </c>
+      <c r="G96" s="3" t="inlineStr">
+        <is>
+          <t>SRP.PP.2019.001.PMA.SEMUTRAN</t>
         </is>
       </c>
       <c r="H96" s="3" t="inlineStr">
         <is>
-          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE GÁS LIQUEFEITO E ÁGUA MINERAL.</t>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº SRP.PP.2019.001.PMA.SEMUTRAN - PARA PRESTAÇÃO DE SERVIÇOS DE FORNECIMENTO DE VALE COMBUSTÍVEL, TIPO IMPRESSO.</t>
         </is>
       </c>
       <c r="M96" s="3" t="inlineStr">
         <is>
-          <t>23/07/2018</t>
+          <t>24/12/2020</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
         <is>
-          <t>GABINETE</t>
+          <t>SESAN</t>
         </is>
       </c>
       <c r="E97" s="3" t="inlineStr">
         <is>
-          <t>90161/2015</t>
+          <t>109/2016</t>
         </is>
       </c>
       <c r="F97" s="3" t="inlineStr">
         <is>
-          <t>23/06/2017</t>
+          <t>30/08/2016</t>
         </is>
       </c>
       <c r="G97" s="3" t="inlineStr">
         <is>
-          <t>104/2016</t>
+          <t>MEMO Nº 384/2016</t>
         </is>
       </c>
       <c r="H97" s="3" t="inlineStr">
         <is>
-          <t>LOCAÇÃO DE VEÍCULOS MENSAL COM KM LIVRE (SEM MOTORISTA E SEM COMBUSTÍVEL) PARA PRESTAÇÃO DE SERVIÇO DE FORMA CONTINUADA A SEREM UTILIZADOS NA ADMINISTRAÇÃO DIRETA E INDIRETA NO MUNICÍPIO DE BELÉM</t>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (EXPEDIENTE)</t>
         </is>
       </c>
       <c r="M97" s="3" t="inlineStr">
         <is>
-          <t>23/06/2017</t>
+          <t>30/08/2016</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
+      <c r="B98" s="3" t="inlineStr">
+        <is>
+          <t>011</t>
+        </is>
+      </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D98" s="3" t="inlineStr">
         <is>
-          <t>GABINETE</t>
+          <t>SEMAD</t>
         </is>
       </c>
       <c r="E98" s="3" t="inlineStr">
         <is>
-          <t>90161/2015</t>
-[...4 lines deleted...]
-          <t>23/06/2017</t>
+          <t>13.725/2023</t>
         </is>
       </c>
       <c r="G98" s="3" t="inlineStr">
         <is>
-          <t>104/2016</t>
+          <t>EDITAL DO PREGÂO ELETRÔNICO SRP Nº 2022.011.CMA</t>
         </is>
       </c>
       <c r="H98" s="3" t="inlineStr">
         <is>
-          <t>LOCAÇÃO DE VEÍCULOS MENSAL DE PASSEIO COM QUILOMETRAGEM LIVRE (SEM MOTORISTA E SEM COMBUSTÍVEL)</t>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE SOLUÇÃO ELETRÔNICA QUE PERMITA GERENCIAR E ORGANIZAR O ATENDIMENTO POR SENHAS, CONTEMPLANDO LOCAÇÃO DE EQUIPAMENTOS E SISTEMAS, COM ASSISTÊNCIA TÉCNICA E MANUTENÇÃO CORRETIVA, PREVENTIVA E ESPECIALIZ</t>
+        </is>
+      </c>
+      <c r="I98" s="3" t="inlineStr">
+        <is>
+          <t>24/11/2023</t>
         </is>
       </c>
       <c r="M98" s="3" t="inlineStr">
         <is>
-          <t>23/06/2017</t>
+          <t>24/11/2023</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
+      <c r="B99" s="3" t="inlineStr">
+        <is>
+          <t>000000</t>
+        </is>
+      </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D99" s="3" t="inlineStr">
         <is>
           <t>SESAU</t>
         </is>
       </c>
       <c r="E99" s="3" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>4734/2022 - SESAN/PMA</t>
         </is>
       </c>
       <c r="F99" s="3" t="inlineStr">
         <is>
-          <t>23/03/2021</t>
+          <t>24/06/2021</t>
         </is>
       </c>
       <c r="G99" s="3" t="inlineStr">
         <is>
-          <t>026/2021 -ASJUR-SESAU</t>
+          <t>PREGÃO PRESENCIAL – SRP Nº 9/2021-016 SESAU/PMA</t>
         </is>
       </c>
       <c r="H99" s="3" t="inlineStr">
         <is>
-          <t>O PRESENTE CONTRATO TEM POR OBJETO A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DO SERVIÇO DE AGENCIAMENTO DE VIAGENS, COMPREENDENDO OS SERVIÇOS DE PESQUISA,RESERVA, EMISSÂO,MARCAÇÃO,REMARCAÇÃO E CANCELAMENTO DE PASSAGEM AÉREA</t>
+          <t>SERVIÇOS DE RECARGA DE GÁS LIQUEFEITO DE PETRÓLEO EM BOTIJÕES DE 13 KG</t>
+        </is>
+      </c>
+      <c r="I99" s="3" t="inlineStr">
+        <is>
+          <t>29/06/2022</t>
+        </is>
+      </c>
+      <c r="J99" s="3" t="inlineStr">
+        <is>
+          <t> SECRETARIA DE SANEAMENTO E INFRAESTRUTURA TV SN 17, S/N CONJUNTO CIDADE NOVA II</t>
         </is>
       </c>
       <c r="M99" s="3" t="inlineStr">
         <is>
-          <t>23/03/2021</t>
+          <t>30/06/2022</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
+      <c r="B100" s="3" t="inlineStr">
+        <is>
+          <t>013</t>
+        </is>
+      </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D100" s="3" t="inlineStr">
         <is>
-          <t>CGM</t>
+          <t>FMAS</t>
         </is>
       </c>
       <c r="E100" s="3" t="inlineStr">
         <is>
-          <t>007/2018-ADM.CGM</t>
+          <t>007/2023-SEMCAT/PMA</t>
         </is>
       </c>
       <c r="F100" s="3" t="inlineStr">
         <is>
-          <t>23/02/2018</t>
+          <t>24/08/2023</t>
         </is>
       </c>
       <c r="G100" s="3" t="inlineStr">
         <is>
-          <t>PE.SRP.2017.004.PMA.SEMED</t>
+          <t>#SRP N°. 013/2022- PREFEITURA DE SANTA IZABEL</t>
         </is>
       </c>
       <c r="H100" s="3" t="inlineStr">
         <is>
-          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (CAFÉ, AÇUCAR, LEITE , ADOÇANTE, FILTRO, ÁGUA MINERAL EM COPO DE 200ML, GARRAFA 1,5L, NÉCTAR DE FRUTAS E REFRIGERANTE)</t>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSTRUÇÃO, HIDRÁULICO E DE PINTURA PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT.</t>
+        </is>
+      </c>
+      <c r="I100" s="3" t="inlineStr">
+        <is>
+          <t>10/03/2023</t>
+        </is>
+      </c>
+      <c r="J100" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT</t>
         </is>
       </c>
       <c r="M100" s="3" t="inlineStr">
         <is>
-          <t>23/02/2018</t>
+          <t>24/08/2023</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="B101" s="3" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D101" s="3" t="inlineStr">
         <is>
-          <t>SML</t>
+          <t>SEPOF</t>
         </is>
       </c>
       <c r="E101" s="3" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>PROCESSO Nº 614/2021</t>
+        </is>
+      </c>
+      <c r="F101" s="3" t="inlineStr">
+        <is>
+          <t>30/06/2021</t>
         </is>
       </c>
       <c r="G101" s="3" t="inlineStr">
         <is>
-          <t>PREGÃO ELETRÔNICO 9/2023.022 SEMED.PMA</t>
+          <t>SRP Nº 011/2020</t>
         </is>
       </c>
       <c r="H101" s="3" t="inlineStr">
         <is>
-          <t>AQUISIÇÃO DE MATERIAL DE EXPEDIENTE E ESCRITÓRIO PARA ATENDER AS ATIVIDADES ADMINISTRATIVAS DA SECRETARIA MUNICIPAL DE LICITAÇÃO DE ANANINDEUA/PA.</t>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇO, RELATIVA A PREGÃO ELETRÔNICO SRP Nº 011/2020.PMA.SESAU, CUJO OBJETO É AQUISIÇÃO DE MATERIAL DE CONSUMO (EXPEDIENTE)</t>
         </is>
       </c>
       <c r="I101" s="3" t="inlineStr">
         <is>
-          <t>19/11/2024</t>
+          <t>24/06/2021</t>
         </is>
       </c>
       <c r="J101" s="3" t="inlineStr">
         <is>
-          <t>SECRETARIA MUNICIPAL DE LICITAÇÃO - SML, AV. MAGALHÃES BARATA, Nº 1515, BR 316, KM 08, BAIRRO CENTRO, ANANINDEUA/PA.</t>
+          <t>SEPOF - SECRETARIA MUNICIPAL DE PLANEJAMENTO, ORÇAMENTO E FINANÇAS</t>
         </is>
       </c>
       <c r="M101" s="3" t="inlineStr">
         <is>
-          <t>22/11/2024</t>
+          <t>30/06/2021</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
+      <c r="B102" s="3" t="inlineStr">
+        <is>
+          <t>13332</t>
+        </is>
+      </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D102" s="3" t="inlineStr">
         <is>
-          <t>PROGE</t>
+          <t>SEMED</t>
         </is>
       </c>
       <c r="E102" s="3" t="inlineStr">
         <is>
-          <t>2017.001.286</t>
+          <t>5464/2023</t>
         </is>
       </c>
       <c r="F102" s="3" t="inlineStr">
         <is>
-          <t>22/11/2017</t>
+          <t>24/08/2023</t>
         </is>
       </c>
       <c r="G102" s="3" t="inlineStr">
         <is>
-          <t>SRP.2017.002.PMA.SEMED</t>
+          <t>#ADESÃO A ATA DE REGISTRO DE PREÇO - LICITAWEB Nº2022/13332</t>
         </is>
       </c>
       <c r="H102" s="3" t="inlineStr">
         <is>
-          <t>MATERIAL DE CONSUMO (EXPEDIENTE)</t>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA AQUISIÇÃO E INSTALAÇÃO DE APARELHOS DE AR CONDICIONADO, PARA ATENDER ÁS NECESSIDADES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DE ANANINDEUA</t>
+        </is>
+      </c>
+      <c r="I102" s="3" t="inlineStr">
+        <is>
+          <t>10/04/2023</t>
+        </is>
+      </c>
+      <c r="J102" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO - SEMED</t>
         </is>
       </c>
       <c r="M102" s="3" t="inlineStr">
         <is>
-          <t>22/11/2017</t>
+          <t>24/08/2023</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D103" s="3" t="inlineStr">
         <is>
-          <t>SEMA</t>
+          <t>SEGEF</t>
         </is>
       </c>
       <c r="E103" s="3" t="inlineStr">
         <is>
-          <t>120/2019-SEMA/PMA</t>
+          <t>2021/001111</t>
         </is>
       </c>
       <c r="F103" s="3" t="inlineStr">
         <is>
-          <t>22/10/2019</t>
+          <t>30/04/2021</t>
         </is>
       </c>
       <c r="G103" s="3" t="inlineStr">
         <is>
-          <t>CONTRATO ADMINISTRATIVO Nº 008/2019-SEMA/PMA</t>
+          <t>PREGÃO ELETRÔNICO SEPLAD/DGL/SRP Nº 001/2020</t>
         </is>
       </c>
       <c r="H103" s="3" t="inlineStr">
         <is>
-          <t>CONTRATAÇÃO DE EMPRESA ESPACIALIZADA NO FORNECIMENTO DE GÊNEROS ALIMENTÍCIOS</t>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE FORNECIMENTO DE MATERIAL DE EXPEDIENTE</t>
         </is>
       </c>
       <c r="M103" s="3" t="inlineStr">
         <is>
-          <t>22/10/2019</t>
+          <t>30/04/2021</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="D104" s="3" t="inlineStr">
         <is>
-          <t>SEMA</t>
+          <t>SEPOF</t>
         </is>
       </c>
       <c r="E104" s="3" t="inlineStr">
         <is>
-          <t>130/2019-SEMA/PMA</t>
+          <t>PP SRP Nº 2015.001.PMA.SEMAD</t>
         </is>
       </c>
       <c r="F104" s="3" t="inlineStr">
         <is>
-          <t>22/10/2019</t>
-[...4 lines deleted...]
-          <t>CONTRATO ADMINISTRATIVO Nº 006/2019-SEMA/PMA</t>
+          <t>24/08/2016</t>
         </is>
       </c>
       <c r="H104" s="3" t="inlineStr">
         <is>
-          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO SERVIÇO DE FORNECIMENTO DE VALE COMBUSTÍVEL, TIPO IMPRESSO</t>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO À INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM A VELOCIDADE DE 10 MB SIMÉTRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO-A-PONTO DEDICADO COM TAXA DE TRANSMISSÃO DE 100</t>
         </is>
       </c>
       <c r="M104" s="3" t="inlineStr">
         <is>
-          <t>22/10/2019</t>
+          <t>24/08/2016</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
       <c r="B105" s="3" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>001</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D105" s="3" t="inlineStr">
         <is>
-          <t>SEPOF</t>
+          <t>PROGE</t>
         </is>
       </c>
       <c r="E105" s="3" t="inlineStr">
         <is>
-          <t>6.225/2022</t>
+          <t>2020.001.011- PROGE/PMA</t>
         </is>
       </c>
       <c r="F105" s="3" t="inlineStr">
         <is>
-          <t>22/09/2022</t>
+          <t>30/04/2020</t>
         </is>
       </c>
       <c r="G105" s="3" t="inlineStr">
         <is>
-          <t>PREGAO ELETRICO SRP 9/2021-017</t>
+          <t>SRP.PP.2019.001.PMA.SEMUTRAN - PROC. Nº 2019.01.028.PMA.SEMUTRAN</t>
         </is>
       </c>
       <c r="H105" s="3" t="inlineStr">
         <is>
-          <t>ADESAO A ATA DE REGISTRO DE PRECO Nº 9/2021-017. SESAU, CUJO OBJETO E A AQUISICAO DE MATERIAL DE LIMPEZA E HIGIENE</t>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO SERVIÇO DE FORNECIMENTO DE VALE COMBUSTÍVEL, TIPO IMPRESSO, PELO PERÍODO DE 12 (DOZE), PARA ATENDER AS NECESSIDADES DA PROCURADORIA GERAL DO MUNICÍPIO DE ANANINDEUA.</t>
         </is>
       </c>
       <c r="I105" s="3" t="inlineStr">
         <is>
-          <t>19/09/2022</t>
+          <t>30/04/2020</t>
         </is>
       </c>
       <c r="J105" s="3" t="inlineStr">
         <is>
-          <t>SEPOF - SECRETARIA MUNICIPAL DE PLANEJAMENTO, ORCAMENTO E FINANCAS</t>
+          <t>PRÉDIO SEDE DA PREFEITURA MUNICIPAL DE ANANINDEUA-COMISSÃO PERMANENTE DE LICITAÇÃO.</t>
         </is>
       </c>
       <c r="M105" s="3" t="inlineStr">
         <is>
-          <t>22/09/2022</t>
+          <t>30/04/2020</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
-      <c r="B106" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D106" s="3" t="inlineStr">
         <is>
-          <t>SEPOF</t>
+          <t>SEMA</t>
         </is>
       </c>
       <c r="E106" s="3" t="inlineStr">
         <is>
-          <t>Nº 6.228/2022</t>
+          <t>066/2020</t>
         </is>
       </c>
       <c r="F106" s="3" t="inlineStr">
         <is>
-          <t>22/09/2022</t>
+          <t>24/07/2020</t>
         </is>
       </c>
       <c r="G106" s="3" t="inlineStr">
         <is>
-          <t>PREGÃO ELETRÓNICO SRP Nº 9/2021 - 019 SESAU/P.M.A</t>
+          <t>CONTRATO ADMINISTRATIVO Nº 003/2020-SEMA/PMA</t>
         </is>
       </c>
       <c r="H106" s="3" t="inlineStr">
         <is>
-          <t>ADESAO A ATA DE REGISTRO DE PRECO Nº 2021 017 001 SESAU CUJO OBJETO E A AQUISICAO DE MATERIAL DE LIMPEZA E HIGIENE</t>
-[...9 lines deleted...]
-          <t>SEPOF - SECRETARIA MUNICIPAL DE PLANEJAMENTO ORCAMENTO E FINANCAS</t>
+          <t>LOCAÇÃO DE VEÍCULO UTILITÁRIO, COM QUILOMETRAGEM LIVRE, COM MANUTENÇÃO, SEM MOTORISTA E SEM COMBUSTÍVEL</t>
         </is>
       </c>
       <c r="M106" s="3" t="inlineStr">
         <is>
-          <t>22/09/2022</t>
+          <t>24/07/2020</t>
         </is>
       </c>
     </row>
     <row outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Adesão a Ata de Registro de Preços</t>
         </is>
       </c>
-      <c r="B107" s="3" t="inlineStr">
+      <c r="C107" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D107" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E107" s="3" t="inlineStr">
+        <is>
+          <t>3756/2019/ SEMED</t>
+        </is>
+      </c>
+      <c r="F107" s="3" t="inlineStr">
+        <is>
+          <t>30/04/2020</t>
+        </is>
+      </c>
+      <c r="G107" s="3" t="inlineStr">
+        <is>
+          <t>DITAL DE LICITAÇÃO - SISTEMA REGISTRO PREÇOS PREGÃO PRESENCIAL Nº SRP.002.2019.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H107" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO DE MÁQUINAS MULTIFUNCIONAIS E IMPRESSORA MONOCROMÁTICA, COM FORNECIMENTO DE PEÇAS, MANUTENÇÃO PREVENTIVA E CORRETIVA, SUPRIMENTOS E CONSUMÍVEIS, EXCETO PAPEL, PARA ATENDER AS NECESSIDADES DA SECRETARI</t>
+        </is>
+      </c>
+      <c r="M107" s="3" t="inlineStr">
+        <is>
+          <t>30/04/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="108">
+      <c r="A108" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C108" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D108" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E108" s="3" t="inlineStr">
+        <is>
+          <t>155</t>
+        </is>
+      </c>
+      <c r="F108" s="3" t="inlineStr">
+        <is>
+          <t>24/07/2019</t>
+        </is>
+      </c>
+      <c r="G108" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 50/0162018.PP.PMM.SEMED</t>
+        </is>
+      </c>
+      <c r="H108" s="3" t="inlineStr">
+        <is>
+          <t>LOCAÇÃO DE VEÍCULOS DE PEQUENOS, MÉDIO E GRANDE PORTE</t>
+        </is>
+      </c>
+      <c r="M108" s="3" t="inlineStr">
+        <is>
+          <t>24/07/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="109">
+      <c r="A109" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C109" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D109" s="3" t="inlineStr">
+        <is>
+          <t>SEMCAT</t>
+        </is>
+      </c>
+      <c r="E109" s="3" t="inlineStr">
+        <is>
+          <t>060/2021-SEMCAT</t>
+        </is>
+      </c>
+      <c r="F109" s="3" t="inlineStr">
+        <is>
+          <t>24/05/2021</t>
+        </is>
+      </c>
+      <c r="G109" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO-SRP N°. 003/2020-SES</t>
+        </is>
+      </c>
+      <c r="H109" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS TÉCNICOS DE INSTALAÇÃO, MANUTENÇÃO PREVENTIVA E CORRETIVA, COM FORNECIMENTO DE MATERIAIS, EM CENTRAIS DE AR TIPO SPLIT E APARELHOS DE AR-CONDICIONADO</t>
+        </is>
+      </c>
+      <c r="M109" s="3" t="inlineStr">
+        <is>
+          <t>24/05/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="110">
+      <c r="A110" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B110" s="3" t="inlineStr">
+        <is>
+          <t>004</t>
+        </is>
+      </c>
+      <c r="C110" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D110" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E110" s="3" t="inlineStr">
+        <is>
+          <t>4289/2022 - SEMED</t>
+        </is>
+      </c>
+      <c r="F110" s="3" t="inlineStr">
+        <is>
+          <t>29/12/2022</t>
+        </is>
+      </c>
+      <c r="G110" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇO Nº 004/2022.003 PMM - CONTRATO Nº 091/2022 - SEMED</t>
+        </is>
+      </c>
+      <c r="H110" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAIS PERMANENTES TIPO: EQUIPAMENTOS DE SONORIZAÇÃO E AUDIO VISUAL, APARELHOS ELETRÔNICOSE ELETRODOMÉSTICOS, APARELHOS DE REFRIGERAÇÃO, EQUIPAMENTO ELETROPORTÁTEIS, MOBILIÁRIOS E OUTROS EQUIPAMENTOS, A FIM DE ATENDER ÀS NECESSIDADES EDUCA</t>
+        </is>
+      </c>
+      <c r="I110" s="3" t="inlineStr">
+        <is>
+          <t>18/10/2022</t>
+        </is>
+      </c>
+      <c r="J110" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO DE ANANINDEUA - SEMED</t>
+        </is>
+      </c>
+      <c r="K110" s="3" t="inlineStr">
+        <is>
+          <t>Eliete Vieira da Silva (Titular) Gerson de Nazaré Silveira Reis (Suplente)</t>
+        </is>
+      </c>
+      <c r="L110" s="3" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;NESTE SENTIDO, A NECESSIDADE PELA REALIZAÇÃO DA REFERIDA AQUISIÇÃO, SE FAZ NECESSÁRIA E INDISPENSAVÉL PARA SUPRIR AS DEMANDAS DAS ESCOLAS MUNICIPAIS E PRÉDIOS VINCULADOS A ESTA SECRETARIA DE EDUCAÇÃO, VISANDO ATENDER OS ALUNOS E PROFISSIONAIS DA EDUCAÇ</t>
+        </is>
+      </c>
+      <c r="M110" s="3" t="inlineStr">
+        <is>
+          <t>29/12/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="111">
+      <c r="A111" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B111" s="3" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="C111" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D111" s="3" t="inlineStr">
+        <is>
+          <t>FMS</t>
+        </is>
+      </c>
+      <c r="E111" s="3" t="inlineStr">
+        <is>
+          <t>1363</t>
+        </is>
+      </c>
+      <c r="F111" s="3" t="inlineStr">
+        <is>
+          <t>24/04/2023</t>
+        </is>
+      </c>
+      <c r="G111" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL NºSRP Nº11/2022-SEMAD-MARITUBA-PA</t>
+        </is>
+      </c>
+      <c r="H111" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE EXPEDIENTE PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE DE ANANINDEUA</t>
+        </is>
+      </c>
+      <c r="I111" s="3" t="inlineStr">
+        <is>
+          <t>22/03/2023</t>
+        </is>
+      </c>
+      <c r="J111" s="3" t="inlineStr">
+        <is>
+          <t>ENDEREÇO ELETRÔNICO-WWWPORTALDECOMPRASPUBLICAS.COM.BR</t>
+        </is>
+      </c>
+      <c r="K111" s="3" t="inlineStr">
+        <is>
+          <t>RONILDO DA COSTA FREITAS (Titular) ADRIANA ARAÚJO DE LIMA (Suplente)</t>
+        </is>
+      </c>
+      <c r="L111" s="3" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ADESÃO A ATA DE REGISTRO DE PREÇOS Nº011/2022-004-SEMAD-PREFEITURA MUNICIPAL DE SAÚDE DE MARITUBA&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M111" s="3" t="inlineStr">
+        <is>
+          <t>24/04/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="112">
+      <c r="A112" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B112" s="3" t="inlineStr">
+        <is>
+          <t>024</t>
+        </is>
+      </c>
+      <c r="C112" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D112" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E112" s="3" t="inlineStr">
+        <is>
+          <t>13.557/2023</t>
+        </is>
+      </c>
+      <c r="G112" s="3" t="inlineStr">
+        <is>
+          <t>ATA DE REGISTRO DE PREÇOS Nº 024/2023 - PREGÃO ELETRÔNICO N° 105/2022 -A-PMA</t>
+        </is>
+      </c>
+      <c r="H112" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE VIATURA TIPO MOTOCICLETA CARACTERIZADA PARA PATRULHAMENTO OSTENSIVO.</t>
+        </is>
+      </c>
+      <c r="I112" s="3" t="inlineStr">
+        <is>
+          <t>11/10/2023</t>
+        </is>
+      </c>
+      <c r="M112" s="3" t="inlineStr">
+        <is>
+          <t>29/11/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="113">
+      <c r="A113" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C113" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D113" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E113" s="3" t="inlineStr">
+        <is>
+          <t>483/2017-SEMCAT</t>
+        </is>
+      </c>
+      <c r="F113" s="3" t="inlineStr">
+        <is>
+          <t>24/04/2018</t>
+        </is>
+      </c>
+      <c r="G113" s="3" t="inlineStr">
+        <is>
+          <t>SRP.2017.007.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H113" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL GRÁFICO, PARA ATENDER AS NECESSIDADES DA SEMAD</t>
+        </is>
+      </c>
+      <c r="M113" s="3" t="inlineStr">
+        <is>
+          <t>24/04/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="114">
+      <c r="A114" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B114" s="3" t="inlineStr">
+        <is>
+          <t>020</t>
+        </is>
+      </c>
+      <c r="C114" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D114" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E114" s="3" t="inlineStr">
+        <is>
+          <t>780</t>
+        </is>
+      </c>
+      <c r="F114" s="3" t="inlineStr">
+        <is>
+          <t>29/11/2022</t>
+        </is>
+      </c>
+      <c r="G114" s="3" t="inlineStr">
+        <is>
+          <t>ATA DE REGISTRO DE PREÇOS Nº 2021.020/SEMED/PMA</t>
+        </is>
+      </c>
+      <c r="H114" s="3" t="inlineStr">
+        <is>
+          <t>FORNECIMENTO DE MATERIAIS GRÁFICOS</t>
+        </is>
+      </c>
+      <c r="I114" s="3" t="inlineStr">
+        <is>
+          <t>08/06/2022</t>
+        </is>
+      </c>
+      <c r="J114" s="3" t="inlineStr">
+        <is>
+          <t> SECRETARIA MUNICIPAL DE SERVIÇOS URBANOS</t>
+        </is>
+      </c>
+      <c r="K114" s="3" t="inlineStr">
+        <is>
+          <t>Alan Guerreiro da Silva (Titular) Carla Valessa Barbosa de Lima (Titular) Ana Paula Gomes Mendonça (Titular) Ariane Pontes da Silva (Suplente)</t>
+        </is>
+      </c>
+      <c r="M114" s="3" t="inlineStr">
+        <is>
+          <t>29/11/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="115">
+      <c r="A115" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C115" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D115" s="3" t="inlineStr">
+        <is>
+          <t>SEGEF</t>
+        </is>
+      </c>
+      <c r="E115" s="3" t="inlineStr">
+        <is>
+          <t>Nº 2020/06/004652-SEGEF/PMA</t>
+        </is>
+      </c>
+      <c r="F115" s="3" t="inlineStr">
+        <is>
+          <t>29/10/2020</t>
+        </is>
+      </c>
+      <c r="G115" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 003/2020-PMA/SESAU</t>
+        </is>
+      </c>
+      <c r="H115" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇOS CONTÍNUOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA DE MATERIAIS PERMANENTES DE REFRIGERAÇÃO, COM O FORNECIMENTO DE PEÇAS E ELEMENTOS DE MANUTENÇÃO.</t>
+        </is>
+      </c>
+      <c r="M115" s="3" t="inlineStr">
+        <is>
+          <t>29/10/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="116">
+      <c r="A116" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C116" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D116" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E116" s="3" t="inlineStr">
+        <is>
+          <t>PROCESSO Nº 135/2017-SEMCAT</t>
+        </is>
+      </c>
+      <c r="F116" s="3" t="inlineStr">
+        <is>
+          <t>24/04/2018</t>
+        </is>
+      </c>
+      <c r="G116" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL PREGÃO PRESENCIAL PARA REGISTRO DE PREÇOS Nº SRP.2017.001.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H116" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO EMPRESA ESPECIALIZADA EM FORNECIMENTO DE GÁS LIQUEFEITO E ÁGUA MINERAL PARA ATENDER AS NECESSIDADES DA SECRETARIA DE SEGURANÇA E DEFESA SOCIAL, GUARDA CIVIL MUNICIPAL DE ANANINDEUA E SUAS DEPENDÊNCIAS. (PARA UM PERÍODO DE 12 MESES)</t>
+        </is>
+      </c>
+      <c r="M116" s="3" t="inlineStr">
+        <is>
+          <t>24/04/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="117">
+      <c r="A117" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C117" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D117" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E117" s="3" t="inlineStr">
+        <is>
+          <t>SRP.2017.001.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="F117" s="3" t="inlineStr">
+        <is>
+          <t>24/04/2018</t>
+        </is>
+      </c>
+      <c r="H117" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO EMPRESA ESPECIALIZADA EM FORNECIMENTO DE GÁS LIQUEFEITO E ÁGUA MINERAL PARA ATENDER AS NECESSIDADES DA SECRETARIA DE SEGURANÇA E DEFESA SOCIAL, GUARDA CIVIL MUNICIPAL DE ANANINDEUA E SUAS DEPENDÊNCIAS. (PARA UM PERÍODO DE 12 MESES)</t>
+        </is>
+      </c>
+      <c r="M117" s="3" t="inlineStr">
+        <is>
+          <t>24/04/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="118">
+      <c r="A118" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B118" s="3" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="C118" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D118" s="3" t="inlineStr">
+        <is>
+          <t>FMS</t>
+        </is>
+      </c>
+      <c r="E118" s="3" t="inlineStr">
+        <is>
+          <t>11.758</t>
+        </is>
+      </c>
+      <c r="F118" s="3" t="inlineStr">
+        <is>
+          <t>29/09/2022</t>
+        </is>
+      </c>
+      <c r="G118" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL -SRP-23/2022-PMB-SEGEP</t>
+        </is>
+      </c>
+      <c r="H118" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇO DE AGENCIAMENTO DE VIAGENS PARA FORNECIMENTO DE PASSAGENS AÉREAS, NACIONAIS E INTERNACIONAIS,RODOVIÁRIAS.</t>
+        </is>
+      </c>
+      <c r="I118" s="3" t="inlineStr">
+        <is>
+          <t>29/09/2022</t>
+        </is>
+      </c>
+      <c r="J118" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇO Nº15/2022-SEGEP-SECRETARIA MUNICIPAL DE COODERNAÇÃO GERAL DO PLANEJAMENTO E GESTÃO</t>
+        </is>
+      </c>
+      <c r="K118" s="3" t="inlineStr">
+        <is>
+          <t>MARILIA TORRES REIS GALVÃO (Titular) MÔNICA DO SOCORRO WANDERLEY BASTOS (Suplente)</t>
+        </is>
+      </c>
+      <c r="M118" s="3" t="inlineStr">
+        <is>
+          <t>29/09/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="119">
+      <c r="A119" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C119" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D119" s="3" t="inlineStr">
+        <is>
+          <t>CGM</t>
+        </is>
+      </c>
+      <c r="E119" s="3" t="inlineStr">
+        <is>
+          <t>20/2017/ADM/CGM</t>
+        </is>
+      </c>
+      <c r="F119" s="3" t="inlineStr">
+        <is>
+          <t>29/08/2017</t>
+        </is>
+      </c>
+      <c r="G119" s="3" t="inlineStr">
+        <is>
+          <t>2017.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H119" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (EXPEDIENTE)</t>
+        </is>
+      </c>
+      <c r="M119" s="3" t="inlineStr">
+        <is>
+          <t>29/08/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="120">
+      <c r="A120" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C120" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D120" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E120" s="3" t="inlineStr">
+        <is>
+          <t>1307/2020</t>
+        </is>
+      </c>
+      <c r="F120" s="3" t="inlineStr">
+        <is>
+          <t>23/11/2020</t>
+        </is>
+      </c>
+      <c r="G120" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 146/2018. SEMAD</t>
+        </is>
+      </c>
+      <c r="H120" s="3" t="inlineStr">
+        <is>
+          <t>EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS PARA A LOCAÇÃO DE VEÍCULOS MENSAL, COM QUILOMETRAGEM LIVRE, SEM MOTORISTA E SEM FORNECIMENTO DE COMBUSTÍVEL</t>
+        </is>
+      </c>
+      <c r="M120" s="3" t="inlineStr">
+        <is>
+          <t>23/11/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="121">
+      <c r="A121" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C121" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D121" s="3" t="inlineStr">
+        <is>
+          <t>SEHAB</t>
+        </is>
+      </c>
+      <c r="E121" s="3" t="inlineStr">
+        <is>
+          <t>0035/2019/CMA</t>
+        </is>
+      </c>
+      <c r="F121" s="3" t="inlineStr">
+        <is>
+          <t>23/07/2020</t>
+        </is>
+      </c>
+      <c r="G121" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL SRP Nº 2019.001.PMA.CMA</t>
+        </is>
+      </c>
+      <c r="H121" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA VISA A PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO À INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM A VELOCIDADE DE 30 MB SIMÉTRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO-A-PONTO DEDICADO COM TAXA DE TRANSMISSÃO DE 10</t>
+        </is>
+      </c>
+      <c r="M121" s="3" t="inlineStr">
+        <is>
+          <t>23/07/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="122">
+      <c r="A122" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C122" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D122" s="3" t="inlineStr">
+        <is>
+          <t>CGM</t>
+        </is>
+      </c>
+      <c r="E122" s="3" t="inlineStr">
+        <is>
+          <t>21/2017/ADM/CGM</t>
+        </is>
+      </c>
+      <c r="F122" s="3" t="inlineStr">
+        <is>
+          <t>29/08/2017</t>
+        </is>
+      </c>
+      <c r="G122" s="3" t="inlineStr">
+        <is>
+          <t>2017.005.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H122" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (LIMPEZA E HIGIENE)</t>
+        </is>
+      </c>
+      <c r="M122" s="3" t="inlineStr">
+        <is>
+          <t>29/08/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="123">
+      <c r="A123" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C123" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D123" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E123" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL PARA REGISTRO DE PREÇOS Nº SRP.2017.001.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="F123" s="3" t="inlineStr">
+        <is>
+          <t>23/07/2018</t>
+        </is>
+      </c>
+      <c r="H123" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE GÁS LIQUEFEITO E ÁGUA MINERAL.</t>
+        </is>
+      </c>
+      <c r="M123" s="3" t="inlineStr">
+        <is>
+          <t>23/07/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="124">
+      <c r="A124" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B124" s="3" t="inlineStr">
+        <is>
+          <t>007</t>
+        </is>
+      </c>
+      <c r="C124" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D124" s="3" t="inlineStr">
+        <is>
+          <t>FMAS</t>
+        </is>
+      </c>
+      <c r="E124" s="3" t="inlineStr">
+        <is>
+          <t>016/2023-SEMCAT/PMA</t>
+        </is>
+      </c>
+      <c r="F124" s="3" t="inlineStr">
+        <is>
+          <t>29/05/2023</t>
+        </is>
+      </c>
+      <c r="G124" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO N°. 007/2022</t>
+        </is>
+      </c>
+      <c r="H124" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS, PARA ATENDER AS DEMANDAS INSTITUCIONAIS DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT.</t>
+        </is>
+      </c>
+      <c r="I124" s="3" t="inlineStr">
+        <is>
+          <t>14/03/2023</t>
+        </is>
+      </c>
+      <c r="J124" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT.</t>
+        </is>
+      </c>
+      <c r="K124" s="3" t="inlineStr">
+        <is>
+          <t>ALTINEY MARISTELA FERREIRA RODRIGUES (Titular)</t>
+        </is>
+      </c>
+      <c r="M124" s="3" t="inlineStr">
+        <is>
+          <t>29/05/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="125">
+      <c r="A125" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C125" s="3" t="inlineStr">
+        <is>
+          <t>2015</t>
+        </is>
+      </c>
+      <c r="D125" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E125" s="3" t="inlineStr">
+        <is>
+          <t>90161/2015</t>
+        </is>
+      </c>
+      <c r="F125" s="3" t="inlineStr">
+        <is>
+          <t>23/06/2017</t>
+        </is>
+      </c>
+      <c r="G125" s="3" t="inlineStr">
+        <is>
+          <t>104/2016</t>
+        </is>
+      </c>
+      <c r="H125" s="3" t="inlineStr">
+        <is>
+          <t>LOCAÇÃO DE VEÍCULOS MENSAL COM KM LIVRE (SEM MOTORISTA E SEM COMBUSTÍVEL) PARA PRESTAÇÃO DE SERVIÇO DE FORMA CONTINUADA A SEREM UTILIZADOS NA ADMINISTRAÇÃO DIRETA E INDIRETA NO MUNICÍPIO DE BELÉM</t>
+        </is>
+      </c>
+      <c r="M125" s="3" t="inlineStr">
+        <is>
+          <t>23/06/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="126">
+      <c r="A126" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C126" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D126" s="3" t="inlineStr">
+        <is>
+          <t>VICE-PREFEITURA</t>
+        </is>
+      </c>
+      <c r="E126" s="3" t="inlineStr">
+        <is>
+          <t>08-ADM/GAB. VICE PREFEITO</t>
+        </is>
+      </c>
+      <c r="F126" s="3" t="inlineStr">
+        <is>
+          <t>29/05/2019</t>
+        </is>
+      </c>
+      <c r="G126" s="3" t="inlineStr">
+        <is>
+          <t>50/0162018-PP-PMM-SEMED</t>
+        </is>
+      </c>
+      <c r="H126" s="3" t="inlineStr">
+        <is>
+          <t>LOCAÇÃO DE VEÍCULOS DE PEQUENO, MEDIO E GRANDE PORTE</t>
+        </is>
+      </c>
+      <c r="M126" s="3" t="inlineStr">
+        <is>
+          <t>29/05/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="127">
+      <c r="A127" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C127" s="3" t="inlineStr">
+        <is>
+          <t>2015</t>
+        </is>
+      </c>
+      <c r="D127" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E127" s="3" t="inlineStr">
+        <is>
+          <t>90161/2015</t>
+        </is>
+      </c>
+      <c r="F127" s="3" t="inlineStr">
+        <is>
+          <t>23/06/2017</t>
+        </is>
+      </c>
+      <c r="G127" s="3" t="inlineStr">
+        <is>
+          <t>104/2016</t>
+        </is>
+      </c>
+      <c r="H127" s="3" t="inlineStr">
+        <is>
+          <t>LOCAÇÃO DE VEÍCULOS MENSAL DE PASSEIO COM QUILOMETRAGEM LIVRE (SEM MOTORISTA E SEM COMBUSTÍVEL)</t>
+        </is>
+      </c>
+      <c r="M127" s="3" t="inlineStr">
+        <is>
+          <t>23/06/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="128">
+      <c r="A128" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C128" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D128" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E128" s="3" t="inlineStr">
+        <is>
+          <t>2019.03.085.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F128" s="3" t="inlineStr">
+        <is>
+          <t>29/04/2019</t>
+        </is>
+      </c>
+      <c r="G128" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº 001/2018/GAB.VICE-PREFEITO.</t>
+        </is>
+      </c>
+      <c r="H128" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE TICKETS COMBUSTÍVEL, TIPO BILHETE IMPRESSO, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO-SEMUTRAN.</t>
+        </is>
+      </c>
+      <c r="M128" s="3" t="inlineStr">
+        <is>
+          <t>29/04/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="129">
+      <c r="A129" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C129" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D129" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="E129" s="3" t="inlineStr">
+        <is>
+          <t>201</t>
+        </is>
+      </c>
+      <c r="F129" s="3" t="inlineStr">
+        <is>
+          <t>23/03/2021</t>
+        </is>
+      </c>
+      <c r="G129" s="3" t="inlineStr">
+        <is>
+          <t>026/2021 -ASJUR-SESAU</t>
+        </is>
+      </c>
+      <c r="H129" s="3" t="inlineStr">
+        <is>
+          <t>O PRESENTE CONTRATO TEM POR OBJETO A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DO SERVIÇO DE AGENCIAMENTO DE VIAGENS, COMPREENDENDO OS SERVIÇOS DE PESQUISA,RESERVA, EMISSÂO,MARCAÇÃO,REMARCAÇÃO E CANCELAMENTO DE PASSAGEM AÉREA</t>
+        </is>
+      </c>
+      <c r="M129" s="3" t="inlineStr">
+        <is>
+          <t>23/03/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="130">
+      <c r="A130" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B130" s="3" t="inlineStr">
+        <is>
+          <t>012</t>
+        </is>
+      </c>
+      <c r="C130" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D130" s="3" t="inlineStr">
+        <is>
+          <t>FMS</t>
+        </is>
+      </c>
+      <c r="E130" s="3" t="inlineStr">
+        <is>
+          <t>1362</t>
+        </is>
+      </c>
+      <c r="F130" s="3" t="inlineStr">
+        <is>
+          <t>23/03/2023</t>
+        </is>
+      </c>
+      <c r="G130" s="3" t="inlineStr">
+        <is>
+          <t>#EDITAL Nº012.2022-SEMAD-PREFEITURA DE MARITUBA</t>
+        </is>
+      </c>
+      <c r="H130" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL AQUISIÇÃO DE MATERIAL DE HIGIENE E LIMPEZA CONFORME ESPECIFICAÇÕES E QUANTITATIVOS ESTABELECIDOS NO TERMO DE REFERÊNCIA,ANEXO DO EDITAL.</t>
+        </is>
+      </c>
+      <c r="I130" s="3" t="inlineStr">
+        <is>
+          <t>15/03/2023</t>
+        </is>
+      </c>
+      <c r="J130" s="3" t="inlineStr">
+        <is>
+          <t>SRP-Nº12/2022-SEMAD-ENDEREÇO ELETRÔNICO:WWW.PORTALDECPMPRASPUBLICAS.COM.BR PREFEITURA DE MARITUBA/PA</t>
+        </is>
+      </c>
+      <c r="M130" s="3" t="inlineStr">
+        <is>
+          <t>29/03/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="131">
+      <c r="A131" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C131" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D131" s="3" t="inlineStr">
+        <is>
+          <t>CGM</t>
+        </is>
+      </c>
+      <c r="E131" s="3" t="inlineStr">
+        <is>
+          <t>007/2018-ADM.CGM</t>
+        </is>
+      </c>
+      <c r="F131" s="3" t="inlineStr">
+        <is>
+          <t>23/02/2018</t>
+        </is>
+      </c>
+      <c r="G131" s="3" t="inlineStr">
+        <is>
+          <t>PE.SRP.2017.004.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H131" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (CAFÉ, AÇUCAR, LEITE , ADOÇANTE, FILTRO, ÁGUA MINERAL EM COPO DE 200ML, GARRAFA 1,5L, NÉCTAR DE FRUTAS E REFRIGERANTE)</t>
+        </is>
+      </c>
+      <c r="M131" s="3" t="inlineStr">
+        <is>
+          <t>23/02/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="132">
+      <c r="A132" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C132" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D132" s="3" t="inlineStr">
+        <is>
+          <t>SEGOV</t>
+        </is>
+      </c>
+      <c r="E132" s="3" t="inlineStr">
+        <is>
+          <t>043.2019-GAB.SEGOV</t>
+        </is>
+      </c>
+      <c r="F132" s="3" t="inlineStr">
+        <is>
+          <t>28/11/2019</t>
+        </is>
+      </c>
+      <c r="G132" s="3" t="inlineStr">
+        <is>
+          <t>2019.01.028.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="H132" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO SERVIÇO DE FORNECIMENTO DE VALE COMBUSTÍVEL, TIPO IMPRESSO</t>
+        </is>
+      </c>
+      <c r="M132" s="3" t="inlineStr">
+        <is>
+          <t>28/11/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="133">
+      <c r="A133" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B133" s="3" t="inlineStr">
+        <is>
+          <t>022</t>
+        </is>
+      </c>
+      <c r="C133" s="3" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="D133" s="3" t="inlineStr">
+        <is>
+          <t>SML</t>
+        </is>
+      </c>
+      <c r="E133" s="3" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="G133" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO 9/2023.022 SEMED.PMA</t>
+        </is>
+      </c>
+      <c r="H133" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE EXPEDIENTE E ESCRITÓRIO PARA ATENDER AS ATIVIDADES ADMINISTRATIVAS DA SECRETARIA MUNICIPAL DE LICITAÇÃO DE ANANINDEUA/PA.</t>
+        </is>
+      </c>
+      <c r="I133" s="3" t="inlineStr">
+        <is>
+          <t>19/11/2024</t>
+        </is>
+      </c>
+      <c r="J133" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE LICITAÇÃO - SML, AV. MAGALHÃES BARATA, Nº 1515, BR 316, KM 08, BAIRRO CENTRO, ANANINDEUA/PA.</t>
+        </is>
+      </c>
+      <c r="M133" s="3" t="inlineStr">
+        <is>
+          <t>22/11/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="134">
+      <c r="A134" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C134" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D134" s="3" t="inlineStr">
+        <is>
+          <t>SECULT</t>
+        </is>
+      </c>
+      <c r="E134" s="3" t="inlineStr">
+        <is>
+          <t>0163/2018 - SECELJ</t>
+        </is>
+      </c>
+      <c r="F134" s="3" t="inlineStr">
+        <is>
+          <t>28/11/2018</t>
+        </is>
+      </c>
+      <c r="G134" s="3" t="inlineStr">
+        <is>
+          <t>SRP 2018.001.PMA.GAB VICE PREFEITO</t>
+        </is>
+      </c>
+      <c r="H134" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO TICKET COMBUSTIVEL</t>
+        </is>
+      </c>
+      <c r="M134" s="3" t="inlineStr">
+        <is>
+          <t>28/11/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="135">
+      <c r="A135" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C135" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D135" s="3" t="inlineStr">
+        <is>
+          <t>PROGE</t>
+        </is>
+      </c>
+      <c r="E135" s="3" t="inlineStr">
+        <is>
+          <t>2017.001.286</t>
+        </is>
+      </c>
+      <c r="F135" s="3" t="inlineStr">
+        <is>
+          <t>22/11/2017</t>
+        </is>
+      </c>
+      <c r="G135" s="3" t="inlineStr">
+        <is>
+          <t>SRP.2017.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H135" s="3" t="inlineStr">
+        <is>
+          <t>MATERIAL DE CONSUMO (EXPEDIENTE)</t>
+        </is>
+      </c>
+      <c r="M135" s="3" t="inlineStr">
+        <is>
+          <t>22/11/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="136">
+      <c r="A136" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C136" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D136" s="3" t="inlineStr">
+        <is>
+          <t>SECULT</t>
+        </is>
+      </c>
+      <c r="E136" s="3" t="inlineStr">
+        <is>
+          <t>006/2018-SECELJ</t>
+        </is>
+      </c>
+      <c r="F136" s="3" t="inlineStr">
+        <is>
+          <t>28/11/2018</t>
+        </is>
+      </c>
+      <c r="G136" s="3" t="inlineStr">
+        <is>
+          <t>SRP.2017.007/SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H136" s="3" t="inlineStr">
+        <is>
+          <t>MATERIAL GRAFICO</t>
+        </is>
+      </c>
+      <c r="M136" s="3" t="inlineStr">
+        <is>
+          <t>28/11/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="137">
+      <c r="A137" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B137" s="3" t="inlineStr">
+        <is>
+          <t>90007</t>
+        </is>
+      </c>
+      <c r="C137" s="3" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="D137" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E137" s="3" t="inlineStr">
+        <is>
+          <t>17.580/2024</t>
+        </is>
+      </c>
+      <c r="G137" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº 90007/2024 - SANTA IZABEL DO PARÁ</t>
+        </is>
+      </c>
+      <c r="H137" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA O FORNECIMENTO DE GÊNEROS ALIMENTÍCIOS PARA ATENDER AS DEMANDAS DA SECRETARIA MUNICIPAL DE SERVIÇOS URBANOS - SEURB.</t>
+        </is>
+      </c>
+      <c r="I137" s="3" t="inlineStr">
+        <is>
+          <t>23/07/2024</t>
+        </is>
+      </c>
+      <c r="M137" s="3" t="inlineStr">
+        <is>
+          <t>28/08/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="138">
+      <c r="A138" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C138" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D138" s="3" t="inlineStr">
+        <is>
+          <t>SEMA</t>
+        </is>
+      </c>
+      <c r="E138" s="3" t="inlineStr">
+        <is>
+          <t>120/2019-SEMA/PMA</t>
+        </is>
+      </c>
+      <c r="F138" s="3" t="inlineStr">
+        <is>
+          <t>22/10/2019</t>
+        </is>
+      </c>
+      <c r="G138" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATO ADMINISTRATIVO Nº 008/2019-SEMA/PMA</t>
+        </is>
+      </c>
+      <c r="H138" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPACIALIZADA NO FORNECIMENTO DE GÊNEROS ALIMENTÍCIOS</t>
+        </is>
+      </c>
+      <c r="M138" s="3" t="inlineStr">
+        <is>
+          <t>22/10/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="139">
+      <c r="A139" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C139" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D139" s="3" t="inlineStr">
+        <is>
+          <t>SEMA</t>
+        </is>
+      </c>
+      <c r="E139" s="3" t="inlineStr">
+        <is>
+          <t>130/2019-SEMA/PMA</t>
+        </is>
+      </c>
+      <c r="F139" s="3" t="inlineStr">
+        <is>
+          <t>22/10/2019</t>
+        </is>
+      </c>
+      <c r="G139" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATO ADMINISTRATIVO Nº 006/2019-SEMA/PMA</t>
+        </is>
+      </c>
+      <c r="H139" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO SERVIÇO DE FORNECIMENTO DE VALE COMBUSTÍVEL, TIPO IMPRESSO</t>
+        </is>
+      </c>
+      <c r="M139" s="3" t="inlineStr">
+        <is>
+          <t>22/10/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="140">
+      <c r="A140" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B140" s="3" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="C140" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D140" s="3" t="inlineStr">
+        <is>
+          <t>PROGE</t>
+        </is>
+      </c>
+      <c r="E140" s="3" t="inlineStr">
+        <is>
+          <t>21/2017/ADM/CGM</t>
+        </is>
+      </c>
+      <c r="F140" s="3" t="inlineStr">
+        <is>
+          <t>29/08/2017</t>
+        </is>
+      </c>
+      <c r="G140" s="3" t="inlineStr">
+        <is>
+          <t>3971/2017 SRP 2017.005.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H140" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (LIMPEZA E HIGIENE)</t>
+        </is>
+      </c>
+      <c r="I140" s="3" t="inlineStr">
+        <is>
+          <t>18/04/2017</t>
+        </is>
+      </c>
+      <c r="J140" s="3" t="inlineStr">
+        <is>
+          <t>SETOR DE LICITAÇÕES NO PRÉDIO SEDE DA PREFEITURA MUNICIPAL DE ANANINDEUA, AV. MAGALHÃES BARATA (RODOVIA BR 316, KM 08), Nº 1515, CEP: 67000-000, CENTR</t>
+        </is>
+      </c>
+      <c r="M140" s="3" t="inlineStr">
+        <is>
+          <t>28/08/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="141">
+      <c r="A141" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B141" s="3" t="inlineStr">
+        <is>
+          <t>017</t>
+        </is>
+      </c>
+      <c r="C141" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D141" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E141" s="3" t="inlineStr">
+        <is>
+          <t>6.225/2022</t>
+        </is>
+      </c>
+      <c r="F141" s="3" t="inlineStr">
+        <is>
+          <t>22/09/2022</t>
+        </is>
+      </c>
+      <c r="G141" s="3" t="inlineStr">
+        <is>
+          <t>PREGAO ELETRICO SRP 9/2021-017</t>
+        </is>
+      </c>
+      <c r="H141" s="3" t="inlineStr">
+        <is>
+          <t>ADESAO A ATA DE REGISTRO DE PRECO Nº 9/2021-017. SESAU, CUJO OBJETO E A AQUISICAO DE MATERIAL DE LIMPEZA E HIGIENE</t>
+        </is>
+      </c>
+      <c r="I141" s="3" t="inlineStr">
+        <is>
+          <t>19/09/2022</t>
+        </is>
+      </c>
+      <c r="J141" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF - SECRETARIA MUNICIPAL DE PLANEJAMENTO, ORCAMENTO E FINANCAS</t>
+        </is>
+      </c>
+      <c r="M141" s="3" t="inlineStr">
+        <is>
+          <t>22/09/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="142">
+      <c r="A142" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B142" s="3" t="inlineStr">
+        <is>
+          <t>005</t>
+        </is>
+      </c>
+      <c r="C142" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D142" s="3" t="inlineStr">
+        <is>
+          <t>PROGE</t>
+        </is>
+      </c>
+      <c r="E142" s="3" t="inlineStr">
+        <is>
+          <t>2017.001.285</t>
+        </is>
+      </c>
+      <c r="F142" s="3" t="inlineStr">
+        <is>
+          <t>28/08/2017</t>
+        </is>
+      </c>
+      <c r="G142" s="3" t="inlineStr">
+        <is>
+          <t>3971/2017 SRP 2017.005.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H142" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (LIMPEZA E HIGIENE)</t>
+        </is>
+      </c>
+      <c r="I142" s="3" t="inlineStr">
+        <is>
+          <t>18/04/2017</t>
+        </is>
+      </c>
+      <c r="J142" s="3" t="inlineStr">
+        <is>
+          <t>COMISSÃO PERMANENTE DE LICITAÇÃO</t>
+        </is>
+      </c>
+      <c r="M142" s="3" t="inlineStr">
+        <is>
+          <t>28/08/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="143">
+      <c r="A143" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B143" s="3" t="inlineStr">
+        <is>
+          <t>019</t>
+        </is>
+      </c>
+      <c r="C143" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D143" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E143" s="3" t="inlineStr">
+        <is>
+          <t>Nº 6.228/2022</t>
+        </is>
+      </c>
+      <c r="F143" s="3" t="inlineStr">
+        <is>
+          <t>22/09/2022</t>
+        </is>
+      </c>
+      <c r="G143" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÓNICO SRP Nº 9/2021 - 019 SESAU/P.M.A</t>
+        </is>
+      </c>
+      <c r="H143" s="3" t="inlineStr">
+        <is>
+          <t>ADESAO A ATA DE REGISTRO DE PRECO Nº 2021 017 001 SESAU CUJO OBJETO E A AQUISICAO DE MATERIAL DE LIMPEZA E HIGIENE</t>
+        </is>
+      </c>
+      <c r="I143" s="3" t="inlineStr">
+        <is>
+          <t>21/09/2022</t>
+        </is>
+      </c>
+      <c r="J143" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF - SECRETARIA MUNICIPAL DE PLANEJAMENTO ORCAMENTO E FINANCAS</t>
+        </is>
+      </c>
+      <c r="M143" s="3" t="inlineStr">
+        <is>
+          <t>22/09/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="144">
+      <c r="A144" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C144" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D144" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E144" s="3" t="inlineStr">
+        <is>
+          <t>2021.05.080.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F144" s="3" t="inlineStr">
+        <is>
+          <t>28/07/2021</t>
+        </is>
+      </c>
+      <c r="G144" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº 01/2020-DETRAN/PA</t>
+        </is>
+      </c>
+      <c r="H144" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA EXECUÇÃO DOS SERVIÇOS DE IMPLANTAÇÃO, ATIVAÇÃO, MANUTENÇÃO E SUPORTE TÉCNICO DE SOLUÇÕES INTEGRADAS PARA APOIO À FISCALIZAÇÃO E AO MONITORAMENTO DO TRÂNSITO E SEGURANÇA PÚBLICA, INCLUINDO EQUIPAMENTOS</t>
+        </is>
+      </c>
+      <c r="M144" s="3" t="inlineStr">
+        <is>
+          <t>28/07/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="145">
+      <c r="A145" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B145" s="3" t="inlineStr">
+        <is>
+          <t>034</t>
+        </is>
+      </c>
+      <c r="C145" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D145" s="3" t="inlineStr">
+        <is>
+          <t>SECULT</t>
+        </is>
+      </c>
+      <c r="E145" s="3" t="inlineStr">
+        <is>
+          <t> 8.039/2024</t>
+        </is>
+      </c>
+      <c r="G145" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº 9/2023-034.SEMAD/PMA</t>
+        </is>
+      </c>
+      <c r="H145" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE ÁGUA MINERAL NATURAL, PARA ATENDER ÀS NECESSIDADES DA SECULT/PMA, DURANTE UM PERÍODO DE 12 (DOZE) MESES.</t>
+        </is>
+      </c>
+      <c r="I145" s="3" t="inlineStr">
+        <is>
+          <t>24/06/2024</t>
+        </is>
+      </c>
+      <c r="J145" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE CULTURA DE ANANINDEUA-SECULT</t>
+        </is>
+      </c>
+      <c r="M145" s="3" t="inlineStr">
+        <is>
+          <t>28/06/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="146">
+      <c r="A146" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B146" s="3" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
-      <c r="C107" s="3" t="inlineStr">
+      <c r="C146" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D107" s="3" t="inlineStr">
+      <c r="D146" s="3" t="inlineStr">
         <is>
           <t>FMAS</t>
         </is>
       </c>
-      <c r="E107" s="3" t="inlineStr">
+      <c r="E146" s="3" t="inlineStr">
         <is>
           <t>087/2024</t>
         </is>
       </c>
-      <c r="G107" s="3" t="inlineStr">
+      <c r="G146" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO N°. 016/2023-PMSBP</t>
         </is>
       </c>
-      <c r="H107" s="3" t="inlineStr">
+      <c r="H146" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE UTENSÍLIOS DOMÉSTICOS DE COPA E COZINHA, VISANDO AS NECESSIDADES DOS ABRIGOS: 0 A 06 ANOS, 7 A 11 ANOS, 12 A 17, CENTRO POP E ABRIGO DOS IDOSOS._x000d_
 </t>
         </is>
       </c>
-      <c r="I107" s="3" t="inlineStr">
+      <c r="I146" s="3" t="inlineStr">
         <is>
           <t>01/04/2024</t>
         </is>
       </c>
-      <c r="M107" s="3" t="inlineStr">
+      <c r="M146" s="3" t="inlineStr">
         <is>
           <t>22/08/2024</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="108">
-[...5 lines deleted...]
-      <c r="B108" s="3" t="inlineStr">
+    <row outlineLevel="0" r="147">
+      <c r="A147" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B147" s="3" t="inlineStr">
+        <is>
+          <t>000</t>
+        </is>
+      </c>
+      <c r="C147" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D147" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E147" s="3" t="inlineStr">
+        <is>
+          <t>2022.03.013.GP.PMA</t>
+        </is>
+      </c>
+      <c r="G147" s="3" t="inlineStr">
+        <is>
+          <t>SRP 9/2021-017/SESAU/PMA</t>
+        </is>
+      </c>
+      <c r="H147" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE HIGIENE E LIMPEZA PARA ATENDER AS NECESSIDADES DA SEDE DA PREFEITURA MUNICIPAL DE ANANINDEUA._x000d_
+</t>
+        </is>
+      </c>
+      <c r="I147" s="3" t="inlineStr">
+        <is>
+          <t>01/09/2021</t>
+        </is>
+      </c>
+      <c r="J147" s="3" t="inlineStr">
+        <is>
+          <t>WWW.GOV.BR/COMPRAS</t>
+        </is>
+      </c>
+      <c r="M147" s="3" t="inlineStr">
+        <is>
+          <t>28/06/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="148">
+      <c r="A148" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B148" s="3" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>
-      <c r="C108" s="3" t="inlineStr">
+      <c r="C148" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D108" s="3" t="inlineStr">
+      <c r="D148" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E108" s="3" t="inlineStr">
+      <c r="E148" s="3" t="inlineStr">
         <is>
           <t>5198/2023 - SEMED</t>
         </is>
       </c>
-      <c r="F108" s="3" t="inlineStr">
+      <c r="F148" s="3" t="inlineStr">
         <is>
           <t>22/08/2023</t>
         </is>
       </c>
-      <c r="G108" s="3" t="inlineStr">
+      <c r="G148" s="3" t="inlineStr">
         <is>
           <t>#ATA DE REGISTRO DE PREÇOS DE Nº 2022.034 - SEMAD/PMA</t>
         </is>
       </c>
-      <c r="H108" s="3" t="inlineStr">
+      <c r="H148" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECILIZADA NO FORNECIMENTO DE ÁGUA MINERAL NATURAL, PARA OS ORGÃOS E ENTIDADES DO PODER EXECUTIVO MUNICIPAL , SITUADOS NO MUNICIPIO DE ANANINDEUA.</t>
         </is>
       </c>
-      <c r="I108" s="3" t="inlineStr">
+      <c r="I148" s="3" t="inlineStr">
         <is>
           <t>23/02/2023</t>
         </is>
       </c>
-      <c r="J108" s="3" t="inlineStr">
+      <c r="J148" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO DE ANANINDEUA - SEMED</t>
         </is>
       </c>
-      <c r="M108" s="3" t="inlineStr">
+      <c r="M148" s="3" t="inlineStr">
         <is>
           <t>22/08/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="109">
-[...5 lines deleted...]
-      <c r="C109" s="3" t="inlineStr">
+    <row outlineLevel="0" r="149">
+      <c r="A149" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C149" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D149" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E149" s="3" t="inlineStr">
+        <is>
+          <t>2018/396327</t>
+        </is>
+      </c>
+      <c r="F149" s="3" t="inlineStr">
+        <is>
+          <t>28/04/2020</t>
+        </is>
+      </c>
+      <c r="G149" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL - PREGÃO ELETRONICO SRP N°.23/2018-SEGUP/PA</t>
+        </is>
+      </c>
+      <c r="H149" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE COLETES BALÍSTICOS VISANDO ATENDER ÀS NECESSIDADES DA GUARDA CIVIL MUNICIPAL DE ANANINDEUA.</t>
+        </is>
+      </c>
+      <c r="M149" s="3" t="inlineStr">
+        <is>
+          <t>28/04/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="150">
+      <c r="A150" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C150" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D109" s="3" t="inlineStr">
+      <c r="D150" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E109" s="3" t="inlineStr">
+      <c r="E150" s="3" t="inlineStr">
         <is>
           <t>2019.03.043.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="F109" s="3" t="inlineStr">
+      <c r="F150" s="3" t="inlineStr">
         <is>
           <t>22/07/2020</t>
         </is>
       </c>
-      <c r="G109" s="3" t="inlineStr">
+      <c r="G150" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP Nº 11/2019</t>
         </is>
       </c>
-      <c r="H109" s="3" t="inlineStr">
+      <c r="H150" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE SERVIÇO DE MANUTENÇÃO EM VIATURAS OPERACIONAIS E NÃO OPERACIONAIS DA FROTA PERTENCENTE A SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO, COM APLICAÇÃO DE PEÇAS QUE ATENDAM ÀS MESMAS ESPECIFICAÇÕES TÉCNICAS E PADRÕES DE QUALIDADE DAS PEÇ</t>
         </is>
       </c>
-      <c r="M109" s="3" t="inlineStr">
+      <c r="M150" s="3" t="inlineStr">
         <is>
           <t>22/07/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="110">
-[...5 lines deleted...]
-      <c r="C110" s="3" t="inlineStr">
+    <row outlineLevel="0" r="151">
+      <c r="A151" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B151" s="3" t="inlineStr">
+        <is>
+          <t>001</t>
+        </is>
+      </c>
+      <c r="C151" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D110" s="3" t="inlineStr">
+      <c r="D151" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E151" s="3" t="inlineStr">
+        <is>
+          <t>2019.11.236.PMA.GP</t>
+        </is>
+      </c>
+      <c r="F151" s="3" t="inlineStr">
+        <is>
+          <t>11/12/2019</t>
+        </is>
+      </c>
+      <c r="H151" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE VALE COMBUSTÍVEL, TIPO IMPRESSO, PARA ATENDER A FROTA DE VEÍCULOS DO GABINETE DO PREFEITO.</t>
+        </is>
+      </c>
+      <c r="I151" s="3" t="inlineStr">
+        <is>
+          <t>21/08/2019</t>
+        </is>
+      </c>
+      <c r="J151" s="3" t="inlineStr">
+        <is>
+          <t>SALA DE REUNIÕES DA COMISSÃO PERMANENTE DE LICITAÇÃO - CPL, DA PREFEITURA MUNICIPAL DE ANANINDEUA, SITUADA NA AV. MAGALHÃES BARATA (RODOVIA BR 316, KM</t>
+        </is>
+      </c>
+      <c r="M151" s="3" t="inlineStr">
+        <is>
+          <t>28/03/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="152">
+      <c r="A152" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C152" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D152" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E110" s="3" t="inlineStr">
+      <c r="E152" s="3" t="inlineStr">
         <is>
           <t>2019.03.069.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="F110" s="3" t="inlineStr">
+      <c r="F152" s="3" t="inlineStr">
         <is>
           <t>22/04/2019</t>
         </is>
       </c>
-      <c r="G110" s="3" t="inlineStr">
+      <c r="G152" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO - SISTEMA DE REGISTRO DE PREÇOS CPL/DETRAN-PA Nº 02/2018.</t>
         </is>
       </c>
-      <c r="H110" s="3" t="inlineStr">
+      <c r="H152" s="3" t="inlineStr">
         <is>
           <t>O OBJETO DESTE CONTRATO É A CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS TÉCNICOS, ESPECIALIZADOS, CONTINUADOS DE SOLUÇÃO INTEGRADA DE GESTÃO, FISCALIZAÇÃO DE TRÂNSITO E CONTROLE DE RECURSOS DE INFRAÇÕES, CONTEMPLANDO OS APLICATIVOS EMBARCADOS D</t>
         </is>
       </c>
-      <c r="M110" s="3" t="inlineStr">
+      <c r="M152" s="3" t="inlineStr">
         <is>
           <t>22/04/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="111">
-[...5 lines deleted...]
-      <c r="C111" s="3" t="inlineStr">
+    <row outlineLevel="0" r="153">
+      <c r="A153" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B153" s="3" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="C153" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D153" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E153" s="3" t="inlineStr">
+        <is>
+          <t>09</t>
+        </is>
+      </c>
+      <c r="F153" s="3" t="inlineStr">
+        <is>
+          <t>30/08/2021</t>
+        </is>
+      </c>
+      <c r="H153" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇO DE AGENCIAMENTO DE VIAGENS PARA FORNECIMENTO DE PASSAGENS AÉREAS, NACIONAIS E INTERNACIONAIS, RODOVIÁRIAS E FLUVIAIS</t>
+        </is>
+      </c>
+      <c r="I153" s="3" t="inlineStr">
+        <is>
+          <t>15/04/2021</t>
+        </is>
+      </c>
+      <c r="J153" s="3" t="inlineStr">
+        <is>
+          <t>ENDEREÇO ELETRÔNICO. WWW.COMPRASGOVERNAMENTAIS.GOV.BR (UASG):925387 UNIDADE ADMINISTRATIVA DE SERVIÇOS. ADESÃO A ATA DE REGISTRO DE PREÇO Nº049/2020 P</t>
+        </is>
+      </c>
+      <c r="M153" s="3" t="inlineStr">
+        <is>
+          <t>28/03/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="154">
+      <c r="A154" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C154" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D111" s="3" t="inlineStr">
+      <c r="D154" s="3" t="inlineStr">
         <is>
           <t>SEMAD</t>
         </is>
       </c>
-      <c r="E111" s="3" t="inlineStr">
+      <c r="E154" s="3" t="inlineStr">
         <is>
           <t> 136.2018</t>
         </is>
       </c>
-      <c r="F111" s="3" t="inlineStr">
+      <c r="F154" s="3" t="inlineStr">
         <is>
           <t>22/03/2019</t>
         </is>
       </c>
-      <c r="G111" s="3" t="inlineStr">
+      <c r="G154" s="3" t="inlineStr">
         <is>
           <t>Nº 41/2018</t>
         </is>
       </c>
-      <c r="H111" s="3" t="inlineStr">
+      <c r="H154" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE SERVIÇOS DE TELECOMUNICAÇÃO, A SABER: SERVIÇO MÓVEL PESSOAL – SMP – VC1, VC2, VC3, DDI E PACOTE DE DADOS À INTERNET, COM FORNECIMENTO DE APARELHOS CELULARES, EM REGIME DE COMODATO</t>
         </is>
       </c>
-      <c r="M111" s="3" t="inlineStr">
+      <c r="M154" s="3" t="inlineStr">
         <is>
           <t>22/03/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="112">
-[...5 lines deleted...]
-      <c r="C112" s="3" t="inlineStr">
+    <row outlineLevel="0" r="155">
+      <c r="A155" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B155" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="C155" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D155" s="3" t="inlineStr">
+        <is>
+          <t>SEHAB</t>
+        </is>
+      </c>
+      <c r="E155" s="3" t="inlineStr">
+        <is>
+          <t>085</t>
+        </is>
+      </c>
+      <c r="F155" s="3" t="inlineStr">
+        <is>
+          <t>24/03/2022</t>
+        </is>
+      </c>
+      <c r="H155" s="3" t="inlineStr">
+        <is>
+          <t>LOCAÇÃO DE EQUIPAMENTPOS DE INFORMATICA COM PRESTAÇÃO DE SERVIÇOS E MANUTENÇÃO</t>
+        </is>
+      </c>
+      <c r="I155" s="3" t="inlineStr">
+        <is>
+          <t>24/03/2022</t>
+        </is>
+      </c>
+      <c r="J155" s="3" t="inlineStr">
+        <is>
+          <t>SEHAB</t>
+        </is>
+      </c>
+      <c r="M155" s="3" t="inlineStr">
+        <is>
+          <t>28/03/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="156">
+      <c r="A156" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C156" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D112" s="3" t="inlineStr">
+      <c r="D156" s="3" t="inlineStr">
         <is>
           <t>SEMA</t>
         </is>
       </c>
-      <c r="E112" s="3" t="inlineStr">
+      <c r="E156" s="3" t="inlineStr">
         <is>
           <t>008/2019-SEMA/PMA</t>
         </is>
       </c>
-      <c r="F112" s="3" t="inlineStr">
+      <c r="F156" s="3" t="inlineStr">
         <is>
           <t>22/03/2019</t>
         </is>
       </c>
-      <c r="G112" s="3" t="inlineStr">
+      <c r="G156" s="3" t="inlineStr">
         <is>
           <t>SRP 5/20183008-1ARP.PMM.SEMAD</t>
         </is>
       </c>
-      <c r="H112" s="3" t="inlineStr">
+      <c r="H156" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (HIGIENE, LIMPEZA E DESCARTÁVEIS)</t>
         </is>
       </c>
-      <c r="M112" s="3" t="inlineStr">
+      <c r="M156" s="3" t="inlineStr">
         <is>
           <t>22/03/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="113">
-[...5 lines deleted...]
-      <c r="C113" s="3" t="inlineStr">
+    <row outlineLevel="0" r="157">
+      <c r="A157" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C157" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D113" s="3" t="inlineStr">
+      <c r="D157" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E157" s="3" t="inlineStr">
+        <is>
+          <t>2018.12.200.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F157" s="3" t="inlineStr">
+        <is>
+          <t>28/03/2019</t>
+        </is>
+      </c>
+      <c r="G157" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL SISTEMA DE REGISTRO DE PREÇOS Nº 003/2018-CMA. ATA DE REGISTRO DE PREÇOS Nº 007/2018-CMA.</t>
+        </is>
+      </c>
+      <c r="H157" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE CARTUCHOS, TONNER PARA IMPRESSORAS E MATERIAL DE EXPEDIENTE, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO - SEMUTRAN.</t>
+        </is>
+      </c>
+      <c r="M157" s="3" t="inlineStr">
+        <is>
+          <t>28/03/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="158">
+      <c r="A158" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C158" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D158" s="3" t="inlineStr">
         <is>
           <t>SESAU</t>
         </is>
       </c>
-      <c r="E113" s="3" t="inlineStr">
+      <c r="E158" s="3" t="inlineStr">
         <is>
           <t>15699</t>
         </is>
       </c>
-      <c r="F113" s="3" t="inlineStr">
+      <c r="F158" s="3" t="inlineStr">
         <is>
           <t>22/01/2019</t>
         </is>
       </c>
-      <c r="G113" s="3" t="inlineStr">
+      <c r="G158" s="3" t="inlineStr">
         <is>
           <t>ADESÃO A ATA Nº002.2018 (SEMED)</t>
         </is>
       </c>
-      <c r="H113" s="3" t="inlineStr">
+      <c r="H158" s="3" t="inlineStr">
         <is>
           <t>SOLICITAÇÃO DE ADESÃO A ATA DE REGISTRO DE PREÇO Nº002/2018-SEMED PP.008.2017.PMA-SEMED ( CUJO O OBJETO AQUISIÇÃO DE CONDICIONADOS DE AR SPLIT</t>
         </is>
       </c>
-      <c r="M113" s="3" t="inlineStr">
+      <c r="M158" s="3" t="inlineStr">
         <is>
           <t>22/01/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="114">
-[...5 lines deleted...]
-      <c r="C114" s="3" t="inlineStr">
+    <row outlineLevel="0" r="159">
+      <c r="A159" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C159" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D114" s="3" t="inlineStr">
+      <c r="D159" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E159" s="3" t="inlineStr">
+        <is>
+          <t>PROC. N° 003/2018-GAB.PMA</t>
+        </is>
+      </c>
+      <c r="F159" s="3" t="inlineStr">
+        <is>
+          <t>28/03/2018</t>
+        </is>
+      </c>
+      <c r="G159" s="3" t="inlineStr">
+        <is>
+          <t>SRP N° 001/2017.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H159" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE ÁGUA MINERAL E GÁS LIQUEFEITO</t>
+        </is>
+      </c>
+      <c r="M159" s="3" t="inlineStr">
+        <is>
+          <t>28/03/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="160">
+      <c r="A160" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C160" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D160" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E114" s="3" t="inlineStr">
+      <c r="E160" s="3" t="inlineStr">
         <is>
           <t>171/2018</t>
         </is>
       </c>
-      <c r="F114" s="3" t="inlineStr">
+      <c r="F160" s="3" t="inlineStr">
         <is>
           <t>22/01/2018</t>
         </is>
       </c>
-      <c r="G114" s="3" t="inlineStr">
+      <c r="G160" s="3" t="inlineStr">
         <is>
           <t>SRP.2017.007.SEMCAT.PMA</t>
         </is>
       </c>
-      <c r="H114" s="3" t="inlineStr">
+      <c r="H160" s="3" t="inlineStr">
         <is>
           <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº. 2017/007/SEMCAT, PARA AQUISIÇÃO DE MATERIAL GRÁFICO</t>
         </is>
       </c>
-      <c r="M114" s="3" t="inlineStr">
+      <c r="M160" s="3" t="inlineStr">
         <is>
           <t>22/01/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="115">
-[...5 lines deleted...]
-      <c r="B115" s="3" t="inlineStr">
+    <row outlineLevel="0" r="161">
+      <c r="A161" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C161" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D161" s="3" t="inlineStr">
+        <is>
+          <t>PROGE</t>
+        </is>
+      </c>
+      <c r="E161" s="3" t="inlineStr">
+        <is>
+          <t>2020.001.008 PROGE/PMA</t>
+        </is>
+      </c>
+      <c r="F161" s="3" t="inlineStr">
+        <is>
+          <t>28/01/2020</t>
+        </is>
+      </c>
+      <c r="G161" s="3" t="inlineStr">
+        <is>
+          <t>PP 2019.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H161" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS CONTINUADOS DE LOCAÇÃO DE IMPRESSORAS E MULTIFUNCIONAIS PARA ATENDER AS NECESSIDADES DESTA PROGE E DA CPL, COMPREENDENDO A PRESTAÇÃO DE SERVIÇO DE MANUTENÇÃO PREVENTIVA E CORRETIVA, FORNEC</t>
+        </is>
+      </c>
+      <c r="M161" s="3" t="inlineStr">
+        <is>
+          <t>28/01/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="162">
+      <c r="A162" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B162" s="3" t="inlineStr">
         <is>
           <t>003</t>
         </is>
       </c>
-      <c r="C115" s="3" t="inlineStr">
+      <c r="C162" s="3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="D115" s="3" t="inlineStr">
+      <c r="D162" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E115" s="3" t="inlineStr">
+      <c r="E162" s="3" t="inlineStr">
         <is>
           <t>8.629/2024</t>
         </is>
       </c>
-      <c r="G115" s="3" t="inlineStr">
+      <c r="G162" s="3" t="inlineStr">
         <is>
           <t>ATA DE REGISTRO DE PREÇOS DE Nº 003/2024</t>
         </is>
       </c>
-      <c r="H115" s="3" t="inlineStr">
+      <c r="H162" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM FORNENCIMENTO DE MÓVEIS E EQUIPAMENTOS EM GERAL.</t>
         </is>
       </c>
-      <c r="I115" s="3" t="inlineStr">
+      <c r="I162" s="3" t="inlineStr">
         <is>
           <t>21/03/2024</t>
         </is>
       </c>
-      <c r="J115" s="3" t="inlineStr">
+      <c r="J162" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO - SEMED</t>
         </is>
       </c>
-      <c r="L115" s="3" t="inlineStr">
+      <c r="L162" s="3" t="inlineStr">
         <is>
           <t>&lt;p&gt;corringindo a ata anterior devido alguns dados incorretos, conforme orientado pelo atendimento da controladora sra susi da 4ª controladoria.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M115" s="3" t="inlineStr">
+      <c r="M162" s="3" t="inlineStr">
         <is>
           <t>21/11/2024</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="116">
-[...5 lines deleted...]
-      <c r="C116" s="3" t="inlineStr">
+    <row outlineLevel="0" r="163">
+      <c r="A163" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B163" s="3" t="inlineStr">
+        <is>
+          <t>032</t>
+        </is>
+      </c>
+      <c r="C163" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D163" s="3" t="inlineStr">
+        <is>
+          <t>FMAS</t>
+        </is>
+      </c>
+      <c r="E163" s="3" t="inlineStr">
+        <is>
+          <t>065/2022-SEMCAT/PMA</t>
+        </is>
+      </c>
+      <c r="F163" s="3" t="inlineStr">
+        <is>
+          <t>27/12/2022</t>
+        </is>
+      </c>
+      <c r="G163" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP N°. 032/2021- PREF. MUN. DE SANTA IZABEL/PA</t>
+        </is>
+      </c>
+      <c r="H163" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAIS DE CONSUMO DIVERSOS, DO TIPO: PRODUTOS DE LIMPEZA, MATERIAL DESCARTÁVEL, DE EXPEDIENTE E PEDAGÓGICO, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTENCIA SOCIAL E</t>
+        </is>
+      </c>
+      <c r="I163" s="3" t="inlineStr">
+        <is>
+          <t>01/09/2022</t>
+        </is>
+      </c>
+      <c r="J163" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTENCIA SOCIAL E TRABALHO - SEMCAT.</t>
+        </is>
+      </c>
+      <c r="K163" s="3" t="inlineStr">
+        <is>
+          <t>ALTINEY MARISTELA FERREIRA RODRIGUES</t>
+        </is>
+      </c>
+      <c r="M163" s="3" t="inlineStr">
+        <is>
+          <t>27/12/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="164">
+      <c r="A164" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C164" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D116" s="3" t="inlineStr">
+      <c r="D164" s="3" t="inlineStr">
         <is>
           <t>SESDS</t>
         </is>
       </c>
-      <c r="E116" s="3" t="inlineStr">
+      <c r="E164" s="3" t="inlineStr">
         <is>
           <t>2018.03.057.PMA/SEMUTRAN</t>
         </is>
       </c>
-      <c r="F116" s="3" t="inlineStr">
+      <c r="F164" s="3" t="inlineStr">
         <is>
           <t>21/10/2019</t>
         </is>
       </c>
-      <c r="G116" s="3" t="inlineStr">
+      <c r="G164" s="3" t="inlineStr">
         <is>
           <t>EDITAL (PREGÃO PRESENCIAL N°.PP.2018.002.PMA.SEMUTRAN)</t>
         </is>
       </c>
-      <c r="H116" s="3" t="inlineStr">
+      <c r="H164" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA CONFECÇÃO E FORNECIMENTO DE UNIFORMES, EQUIPAMENTOS E ACESSÓRIOS PARA ATENDER AS NECESSIDADES DA GUARDA CIVIL MUNICIPAL DE ANANINDEUA.</t>
         </is>
       </c>
-      <c r="M116" s="3" t="inlineStr">
+      <c r="M164" s="3" t="inlineStr">
         <is>
           <t>21/10/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="117">
-[...5 lines deleted...]
-      <c r="B117" s="3" t="inlineStr">
+    <row outlineLevel="0" r="165">
+      <c r="A165" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C165" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D165" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E165" s="3" t="inlineStr">
+        <is>
+          <t>642/2020</t>
+        </is>
+      </c>
+      <c r="F165" s="3" t="inlineStr">
+        <is>
+          <t>27/11/2020</t>
+        </is>
+      </c>
+      <c r="G165" s="3" t="inlineStr">
+        <is>
+          <t>SRP 2019.001.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="H165" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM FORNECIMENTO DE VALE COMBUSTÍVEL NA FORMA IMPRESSA</t>
+        </is>
+      </c>
+      <c r="M165" s="3" t="inlineStr">
+        <is>
+          <t>27/11/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="166">
+      <c r="A166" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B166" s="3" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
-      <c r="C117" s="3" t="inlineStr">
+      <c r="C166" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D117" s="3" t="inlineStr">
+      <c r="D166" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E117" s="3" t="inlineStr">
+      <c r="E166" s="3" t="inlineStr">
         <is>
           <t>2023.05.040.PMA.SEMUTRAN (1DOC-9.204/2023)</t>
         </is>
       </c>
-      <c r="F117" s="3" t="inlineStr">
+      <c r="F166" s="3" t="inlineStr">
         <is>
           <t>21/08/2023</t>
         </is>
       </c>
-      <c r="G117" s="3" t="inlineStr">
+      <c r="G166" s="3" t="inlineStr">
         <is>
           <t>#PREGÃO ELETRÔNICO SRP Nº2022.011.CÂMARA MUNICIPAL DE ANANINDEUA</t>
         </is>
       </c>
-      <c r="H117" s="3" t="inlineStr">
+      <c r="H166" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE SOLUÇÃO ELETRÔNICA QUE PERMITA GERENCIAR E ORGANIZAR O ATENDIMENTO POR SENHAS, CONTEMPLANDO LOCAÇÃO DE EQUIPAMENTOS E SISTEMAS, COM ASSISTÊNCIA TÉCNICA E MANUTENÇÃO CORRETIVA, PREVENTIVA E ESPECIALIZ</t>
         </is>
       </c>
-      <c r="I117" s="3" t="inlineStr">
+      <c r="I166" s="3" t="inlineStr">
         <is>
           <t>04/05/2023</t>
         </is>
       </c>
-      <c r="J117" s="3" t="inlineStr">
+      <c r="J166" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO-SEMUTRAN.</t>
         </is>
       </c>
-      <c r="M117" s="3" t="inlineStr">
+      <c r="M166" s="3" t="inlineStr">
         <is>
           <t>21/08/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="118">
-[...5 lines deleted...]
-      <c r="C118" s="3" t="inlineStr">
+    <row outlineLevel="0" r="167">
+      <c r="A167" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B167" s="3" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="C167" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D167" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E167" s="3" t="inlineStr">
+        <is>
+          <t> Nº 9233/2023 SESAN/PMA</t>
+        </is>
+      </c>
+      <c r="F167" s="3" t="inlineStr">
+        <is>
+          <t>26/09/2023</t>
+        </is>
+      </c>
+      <c r="G167" s="3" t="inlineStr">
+        <is>
+          <t>#PREGÃO ELETRÔNICO – SRP Nº 02/2023 - MARAPANIM - PMM</t>
+        </is>
+      </c>
+      <c r="H167" s="3" t="inlineStr">
+        <is>
+          <t>REGISTRO DE PREÇO PARA EVENTUAL FORNECIMENTO DE MATERIAL DE EXPEDIENTE PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SANEAMENTO E INFRAESTRUTURA DE ANANINDEUA-SESAN/PMA</t>
+        </is>
+      </c>
+      <c r="I167" s="3" t="inlineStr">
+        <is>
+          <t>12/07/2023</t>
+        </is>
+      </c>
+      <c r="J167" s="3" t="inlineStr">
+        <is>
+          <t> SECRETARIA DE SANEAMENTO E INFRAESTRUTURA TV SN 17, S/N CONJUNTO CIDADE NOVA II</t>
+        </is>
+      </c>
+      <c r="M167" s="3" t="inlineStr">
+        <is>
+          <t>27/09/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="168">
+      <c r="A168" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C168" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D118" s="3" t="inlineStr">
+      <c r="D168" s="3" t="inlineStr">
         <is>
           <t>GABINETE</t>
         </is>
       </c>
-      <c r="E118" s="3" t="inlineStr">
+      <c r="E168" s="3" t="inlineStr">
         <is>
           <t>093.2019.GP.PMA</t>
         </is>
       </c>
-      <c r="F118" s="3" t="inlineStr">
+      <c r="F168" s="3" t="inlineStr">
         <is>
           <t>21/08/2019</t>
         </is>
       </c>
-      <c r="G118" s="3" t="inlineStr">
+      <c r="G168" s="3" t="inlineStr">
         <is>
           <t>SRP N°2018.006.SEMCAT.PMA</t>
         </is>
       </c>
-      <c r="H118" s="3" t="inlineStr">
+      <c r="H168" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE ÁGUA MINERAL E GÁS LIQUEFEITO.</t>
         </is>
       </c>
-      <c r="M118" s="3" t="inlineStr">
+      <c r="M168" s="3" t="inlineStr">
         <is>
           <t>21/08/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="119">
-[...5 lines deleted...]
-      <c r="C119" s="3" t="inlineStr">
+    <row outlineLevel="0" r="169">
+      <c r="A169" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B169" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="C169" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D169" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E169" s="3" t="inlineStr">
+        <is>
+          <t>3619/2022 - SEMED</t>
+        </is>
+      </c>
+      <c r="F169" s="3" t="inlineStr">
+        <is>
+          <t>27/09/2022</t>
+        </is>
+      </c>
+      <c r="G169" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇO 008/009/010/011/2022 - FCP - PREGÃO SRP Nº 007/2021 PE Nº 014/2021</t>
+        </is>
+      </c>
+      <c r="H169" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE ESTRUTURA PARA EVENTOS._x000d_
+</t>
+        </is>
+      </c>
+      <c r="I169" s="3" t="inlineStr">
+        <is>
+          <t>19/01/2022</t>
+        </is>
+      </c>
+      <c r="J169" s="3" t="inlineStr">
+        <is>
+          <t>WWW.GOV.BR</t>
+        </is>
+      </c>
+      <c r="K169" s="3" t="inlineStr">
+        <is>
+          <t>Eliete Vieira da Silva (Titular) Dorvalina Bastos da Silva (Suplente)</t>
+        </is>
+      </c>
+      <c r="L169" s="3" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;PARA ATENDIMENTO DAS NECESSIDADES DO MUNICIPIO DE ANANINDEUA, O OBJETO A SER CONTRATADO SEGUIRA AS ESPECIFICAÇÕES DETALHADAS ABAIXO.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M169" s="3" t="inlineStr">
+        <is>
+          <t>27/09/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="170">
+      <c r="A170" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C170" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D119" s="3" t="inlineStr">
+      <c r="D170" s="3" t="inlineStr">
         <is>
           <t>SEURB</t>
         </is>
       </c>
-      <c r="E119" s="3" t="inlineStr">
+      <c r="E170" s="3" t="inlineStr">
         <is>
           <t>78/2021</t>
         </is>
       </c>
-      <c r="F119" s="3" t="inlineStr">
+      <c r="F170" s="3" t="inlineStr">
         <is>
           <t>21/06/2021</t>
         </is>
       </c>
-      <c r="G119" s="3" t="inlineStr">
+      <c r="G170" s="3" t="inlineStr">
         <is>
           <t>SRP.2020.001-CMA</t>
         </is>
       </c>
-      <c r="H119" s="3" t="inlineStr">
+      <c r="H170" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA PRESTADORA DE SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA DE EQUIPAMENTOS DE REFRIGERAÇÃO DO TIPO SPLIT, CONDICIONADORES ACJ, REFRIGERADORES BEBEDOUROS, INCLUINDO FORNECIMENTO DE PEÇAS, INCLUSIVE COMPRESSORES.</t>
         </is>
       </c>
-      <c r="M119" s="3" t="inlineStr">
+      <c r="M170" s="3" t="inlineStr">
         <is>
           <t>21/06/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="120">
-[...5 lines deleted...]
-      <c r="C120" s="3" t="inlineStr">
+    <row outlineLevel="0" r="171">
+      <c r="A171" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C171" s="3" t="inlineStr">
+        <is>
+          <t>2013</t>
+        </is>
+      </c>
+      <c r="D171" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E171" s="3" t="inlineStr">
+        <is>
+          <t>08770.000081/201</t>
+        </is>
+      </c>
+      <c r="F171" s="3" t="inlineStr">
+        <is>
+          <t>27/08/2015</t>
+        </is>
+      </c>
+      <c r="G171" s="3" t="inlineStr">
+        <is>
+          <t>SRP N°14/2013</t>
+        </is>
+      </c>
+      <c r="H171" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE REFEIÇÕES PRONTAS. (MARMITEX)</t>
+        </is>
+      </c>
+      <c r="M171" s="3" t="inlineStr">
+        <is>
+          <t>27/08/2015</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="172">
+      <c r="A172" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C172" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D120" s="3" t="inlineStr">
+      <c r="D172" s="3" t="inlineStr">
         <is>
           <t>SEDEC</t>
         </is>
       </c>
-      <c r="E120" s="3" t="inlineStr">
+      <c r="E172" s="3" t="inlineStr">
         <is>
           <t>191/2018</t>
         </is>
       </c>
-      <c r="F120" s="3" t="inlineStr">
+      <c r="F172" s="3" t="inlineStr">
         <is>
           <t>21/06/2018</t>
         </is>
       </c>
-      <c r="G120" s="3" t="inlineStr">
+      <c r="G172" s="3" t="inlineStr">
         <is>
           <t>PROC.LIC Nº 3180/2017/SEMED</t>
         </is>
       </c>
-      <c r="H120" s="3" t="inlineStr">
+      <c r="H172" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE AR CONDICIONADO TIPO SPLIT PARA AS ESCOLAS DE REDE MUNICIPAL DE ENSINO.</t>
         </is>
       </c>
-      <c r="M120" s="3" t="inlineStr">
+      <c r="M172" s="3" t="inlineStr">
         <is>
           <t>21/06/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="121">
-[...5 lines deleted...]
-      <c r="C121" s="3" t="inlineStr">
+    <row outlineLevel="0" r="173">
+      <c r="A173" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C173" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D173" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E173" s="3" t="inlineStr">
+        <is>
+          <t>2018.05.073.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F173" s="3" t="inlineStr">
+        <is>
+          <t>27/06/2018</t>
+        </is>
+      </c>
+      <c r="G173" s="3" t="inlineStr">
+        <is>
+          <t>SRP. Nº 2018.001.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H173" s="3" t="inlineStr">
+        <is>
+          <t>FORNECIMENTO DE LANCHES E CAFÉ DA MANHÃ PARA ATENDER OS AGENTES DE TRÂNSITO E TRANSPORTE DURANTE AS OPERAÇÕES NESTE MUNICÍPIO.</t>
+        </is>
+      </c>
+      <c r="M173" s="3" t="inlineStr">
+        <is>
+          <t>27/06/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="174">
+      <c r="A174" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C174" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D121" s="3" t="inlineStr">
+      <c r="D174" s="3" t="inlineStr">
         <is>
           <t>SEPOF</t>
         </is>
       </c>
-      <c r="E121" s="3" t="inlineStr">
+      <c r="E174" s="3" t="inlineStr">
         <is>
           <t>PROC Nº 492/2021</t>
         </is>
       </c>
-      <c r="F121" s="3" t="inlineStr">
+      <c r="F174" s="3" t="inlineStr">
         <is>
           <t>21/05/2021</t>
         </is>
       </c>
-      <c r="G121" s="3" t="inlineStr">
+      <c r="G174" s="3" t="inlineStr">
         <is>
           <t>SRP Nº 010/SESAU/2020</t>
         </is>
       </c>
-      <c r="H121" s="3" t="inlineStr">
+      <c r="H174" s="3" t="inlineStr">
         <is>
           <t>ADESÃO À ATA DE REGISTRO DE PREÇO CUJO OBJETO É AQUISIÇÃO DE MATERIAL DE CONSUMO ( INFORMÁTICA)</t>
         </is>
       </c>
-      <c r="M121" s="3" t="inlineStr">
+      <c r="M174" s="3" t="inlineStr">
         <is>
           <t>21/05/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="122">
-[...5 lines deleted...]
-      <c r="C122" s="3" t="inlineStr">
+    <row outlineLevel="0" r="175">
+      <c r="A175" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C175" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D175" s="3" t="inlineStr">
+        <is>
+          <t>SEHAB</t>
+        </is>
+      </c>
+      <c r="E175" s="3" t="inlineStr">
+        <is>
+          <t>3668/2018/SEMED</t>
+        </is>
+      </c>
+      <c r="F175" s="3" t="inlineStr">
+        <is>
+          <t>27/04/2020</t>
+        </is>
+      </c>
+      <c r="G175" s="3" t="inlineStr">
+        <is>
+          <t>2019.001.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H175" s="3" t="inlineStr">
+        <is>
+          <t>PARA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA O FORNECIMENTO DE MATERIAL DE CONSUMO (ÁGUA MINERAL, NECTAR DE FRUTAS E REFRIGERANTES), PELO PERÍODO DE 10 (DEZ) MESES.</t>
+        </is>
+      </c>
+      <c r="M175" s="3" t="inlineStr">
+        <is>
+          <t>27/04/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="176">
+      <c r="A176" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C176" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D122" s="3" t="inlineStr">
+      <c r="D176" s="3" t="inlineStr">
         <is>
           <t>GABINETE</t>
         </is>
       </c>
-      <c r="E122" s="3" t="inlineStr">
+      <c r="E176" s="3" t="inlineStr">
         <is>
           <t>014.2019</t>
         </is>
       </c>
-      <c r="F122" s="3" t="inlineStr">
+      <c r="F176" s="3" t="inlineStr">
         <is>
           <t>21/05/2019</t>
         </is>
       </c>
-      <c r="G122" s="3" t="inlineStr">
+      <c r="G176" s="3" t="inlineStr">
         <is>
           <t>SRP N° 005.2018-PMA.GP</t>
         </is>
       </c>
-      <c r="H122" s="3" t="inlineStr">
+      <c r="H176" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM FORNECIMENTO DE BUFFET, COFFE BREAK, COQUETEL FINO E LANCHE PARA ATENDER AS DIVERSAS DEMANDAS DE REUNIÕES, EVENTOS, RECEPÇÕES DE AUTORIDADES E DEMAIS NECESSIDADES.</t>
         </is>
       </c>
-      <c r="M122" s="3" t="inlineStr">
+      <c r="M176" s="3" t="inlineStr">
         <is>
           <t>21/05/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="123">
-[...5 lines deleted...]
-      <c r="B123" s="3" t="inlineStr">
+    <row outlineLevel="0" r="177">
+      <c r="A177" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C177" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D177" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="F177" s="3" t="inlineStr">
+        <is>
+          <t>27/04/2018</t>
+        </is>
+      </c>
+      <c r="H177" s="3" t="inlineStr">
+        <is>
+          <t>SOLICITAÇÃO DE ADESÃO A ATA DE Nº001/2017 REFRENTE AO PROCESSO DE Nº 135/2017 SEMCAT CUJO O OBJETO ´É O FORNECIMENTO DE GÁS E COZINHA</t>
+        </is>
+      </c>
+      <c r="M177" s="3" t="inlineStr">
+        <is>
+          <t>27/04/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="178">
+      <c r="A178" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B178" s="3" t="inlineStr">
         <is>
           <t>038</t>
         </is>
       </c>
-      <c r="C123" s="3" t="inlineStr">
+      <c r="C178" s="3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="D123" s="3" t="inlineStr">
+      <c r="D178" s="3" t="inlineStr">
         <is>
           <t>FMAS</t>
         </is>
       </c>
-      <c r="E123" s="3" t="inlineStr">
+      <c r="E178" s="3" t="inlineStr">
         <is>
           <t>062/2024</t>
         </is>
       </c>
-      <c r="G123" s="3" t="inlineStr">
+      <c r="G178" s="3" t="inlineStr">
         <is>
           <t>038/2023</t>
         </is>
       </c>
-      <c r="H123" s="3" t="inlineStr">
+      <c r="H178" s="3" t="inlineStr">
         <is>
           <t>SERVIÇOS FUNERÁRIOS</t>
         </is>
       </c>
-      <c r="I123" s="3" t="inlineStr">
+      <c r="I178" s="3" t="inlineStr">
         <is>
           <t>29/11/2024</t>
         </is>
       </c>
-      <c r="J123" s="3" t="inlineStr">
+      <c r="J178" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE CIDADANIA,ASSISTENCIA SOCIAL E TRABALHO</t>
         </is>
       </c>
-      <c r="M123" s="3" t="inlineStr">
+      <c r="M178" s="3" t="inlineStr">
         <is>
           <t>21/03/2025</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="124">
-[...5 lines deleted...]
-      <c r="C124" s="3" t="inlineStr">
+    <row outlineLevel="0" r="179">
+      <c r="A179" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C179" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D179" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="E179" s="3" t="inlineStr">
+        <is>
+          <t>15699/2018-SESAU</t>
+        </is>
+      </c>
+      <c r="F179" s="3" t="inlineStr">
+        <is>
+          <t>27/02/2019</t>
+        </is>
+      </c>
+      <c r="G179" s="3" t="inlineStr">
+        <is>
+          <t>SRP PE Nº 2017.008.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H179" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE AR CONDICIONADO TIPO SPLIT ATRAVÉS DE ADESÃO A ATA DE REGISTRO DE PREÇO Nº 002/2018.PMA-SEMED, PROVENIENTE DO SRP PREGÃO ELETRÔNICO Nº 2017.008.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="M179" s="3" t="inlineStr">
+        <is>
+          <t>27/02/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="180">
+      <c r="A180" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C180" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D124" s="3" t="inlineStr">
+      <c r="D180" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E124" s="3" t="inlineStr">
+      <c r="E180" s="3" t="inlineStr">
         <is>
           <t>2019.11.273.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="F124" s="3" t="inlineStr">
+      <c r="F180" s="3" t="inlineStr">
         <is>
           <t>21/01/2020</t>
         </is>
       </c>
-      <c r="G124" s="3" t="inlineStr">
+      <c r="G180" s="3" t="inlineStr">
         <is>
           <t>PE.SRP.2019.004.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H124" s="3" t="inlineStr">
+      <c r="H180" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO ( TONNER, CARTUCHO E PERIFÉRICOS), PARA SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO – SEMUTRAN.</t>
         </is>
       </c>
-      <c r="M124" s="3" t="inlineStr">
+      <c r="M180" s="3" t="inlineStr">
         <is>
           <t>21/01/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="125">
-[...5 lines deleted...]
-      <c r="C125" s="3" t="inlineStr">
+    <row outlineLevel="0" r="181">
+      <c r="A181" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C181" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D125" s="3" t="inlineStr">
+      <c r="D181" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="E181" s="3" t="inlineStr">
+        <is>
+          <t>14589</t>
+        </is>
+      </c>
+      <c r="F181" s="3" t="inlineStr">
+        <is>
+          <t>26/12/2019</t>
+        </is>
+      </c>
+      <c r="G181" s="3" t="inlineStr">
+        <is>
+          <t>009/2019</t>
+        </is>
+      </c>
+      <c r="H181" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA CONFECÇÃO DE PLACAS DE SINALIZAÇÃO, PARA ATENDER AS DEMANDAS DA SECRETARIA MUNICIPAL DE ANANINDEUA-PARÁ</t>
+        </is>
+      </c>
+      <c r="M181" s="3" t="inlineStr">
+        <is>
+          <t>26/12/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="182">
+      <c r="A182" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C182" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D182" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E125" s="3" t="inlineStr">
+      <c r="E182" s="3" t="inlineStr">
         <is>
           <t>2019.11.281.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="F125" s="3" t="inlineStr">
+      <c r="F182" s="3" t="inlineStr">
         <is>
           <t>21/01/2020</t>
         </is>
       </c>
-      <c r="G125" s="3" t="inlineStr">
+      <c r="G182" s="3" t="inlineStr">
         <is>
           <t>2019.11.281.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="H125" s="3" t="inlineStr">
+      <c r="H182" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO (EXPEDIENTE)</t>
         </is>
       </c>
-      <c r="M125" s="3" t="inlineStr">
+      <c r="M182" s="3" t="inlineStr">
         <is>
           <t>21/01/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="126">
-[...5 lines deleted...]
-      <c r="C126" s="3" t="inlineStr">
+    <row outlineLevel="0" r="183">
+      <c r="A183" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B183" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="C183" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D183" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E183" s="3" t="inlineStr">
+        <is>
+          <t>2022.04.014.GP.PMA</t>
+        </is>
+      </c>
+      <c r="F183" s="3" t="inlineStr">
+        <is>
+          <t>26/09/2022</t>
+        </is>
+      </c>
+      <c r="G183" s="3" t="inlineStr">
+        <is>
+          <t>ATA DE REGISTRO DE PREÇO Nº 2021.019.001.GP.PMA - SRP Nº 9/2021-019 SESAU/PMA</t>
+        </is>
+      </c>
+      <c r="H183" s="3" t="inlineStr">
+        <is>
+          <t> O presente contrato tem por objeto AQUISIÇÃO DE MATERIAIS DE EXPEDIENTE, pelo período de 12 (doze) meses, para atender às necessidades da sede da_x000d_
+Prefeitura Municipal de Ananindeua, conforme as especificações, condições e exigências estabelecidas no ter</t>
+        </is>
+      </c>
+      <c r="I183" s="3" t="inlineStr">
+        <is>
+          <t>04/08/2021</t>
+        </is>
+      </c>
+      <c r="J183" s="3" t="inlineStr">
+        <is>
+          <t>WWW.PORTALDECOMPRASPUBLICAS.COM.BR</t>
+        </is>
+      </c>
+      <c r="K183" s="3" t="inlineStr">
+        <is>
+          <t>ANANDA DO VALLE MARTINS</t>
+        </is>
+      </c>
+      <c r="M183" s="3" t="inlineStr">
+        <is>
+          <t>26/09/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="184">
+      <c r="A184" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C184" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D126" s="3" t="inlineStr">
+      <c r="D184" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E126" s="3" t="inlineStr">
+      <c r="E184" s="3" t="inlineStr">
         <is>
           <t>2019.11.282.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="F126" s="3" t="inlineStr">
+      <c r="F184" s="3" t="inlineStr">
         <is>
           <t>21/01/2020</t>
         </is>
       </c>
-      <c r="G126" s="3" t="inlineStr">
+      <c r="G184" s="3" t="inlineStr">
         <is>
           <t>PE.SRP.2019.003.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H126" s="3" t="inlineStr">
+      <c r="H184" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO (LIMPEZA E HIGIENE), VISANDO ATENDER A SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO – SEMUTRAN</t>
         </is>
       </c>
-      <c r="M126" s="3" t="inlineStr">
+      <c r="M184" s="3" t="inlineStr">
         <is>
           <t>21/01/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="127">
-[...5 lines deleted...]
-      <c r="C127" s="3" t="inlineStr">
+    <row outlineLevel="0" r="185">
+      <c r="A185" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C185" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D185" s="3" t="inlineStr">
+        <is>
+          <t>SEMES</t>
+        </is>
+      </c>
+      <c r="E185" s="3" t="inlineStr">
+        <is>
+          <t>009/2021</t>
+        </is>
+      </c>
+      <c r="F185" s="3" t="inlineStr">
+        <is>
+          <t>26/08/2021</t>
+        </is>
+      </c>
+      <c r="G185" s="3" t="inlineStr">
+        <is>
+          <t>PE Nº SRP 2021.001.CMA - PL Nº 014/2021-CMA</t>
+        </is>
+      </c>
+      <c r="H185" s="3" t="inlineStr">
+        <is>
+          <t>O OBJETO É A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA LOCAÇÃO DE COMPUTADORES, E PRESTAÇÃO DE SERVIÇO DE MANUTENÇÃO PREVENTIVA E CORRETIVA, SUPORTE TÉCNICO E GARANTIA DE SUBSTITUIÇÃO DO EQUIPAMENTO.</t>
+        </is>
+      </c>
+      <c r="M185" s="3" t="inlineStr">
+        <is>
+          <t>26/08/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="186">
+      <c r="A186" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C186" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D127" s="3" t="inlineStr">
+      <c r="D186" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E127" s="3" t="inlineStr">
+      <c r="E186" s="3" t="inlineStr">
         <is>
           <t>2019.11.282.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="F127" s="3" t="inlineStr">
+      <c r="F186" s="3" t="inlineStr">
         <is>
           <t>21/01/2020</t>
         </is>
       </c>
-      <c r="G127" s="3" t="inlineStr">
+      <c r="G186" s="3" t="inlineStr">
         <is>
           <t>PE.SRP.2019.003.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H127" s="3" t="inlineStr">
+      <c r="H186" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO (LIMPEZA E HIGIENE), VISANDO ATENDER A SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO – SEMUTRAN</t>
         </is>
       </c>
-      <c r="M127" s="3" t="inlineStr">
+      <c r="M186" s="3" t="inlineStr">
         <is>
           <t>21/01/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="128">
-[...5 lines deleted...]
-      <c r="C128" s="3" t="inlineStr">
+    <row outlineLevel="0" r="187">
+      <c r="A187" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B187" s="3" t="inlineStr">
+        <is>
+          <t>024</t>
+        </is>
+      </c>
+      <c r="C187" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D187" s="3" t="inlineStr">
+        <is>
+          <t>FMAS</t>
+        </is>
+      </c>
+      <c r="E187" s="3" t="inlineStr">
+        <is>
+          <t>037/2023-SEMCAT/PMA</t>
+        </is>
+      </c>
+      <c r="F187" s="3" t="inlineStr">
+        <is>
+          <t>27/07/2023</t>
+        </is>
+      </c>
+      <c r="G187" s="3" t="inlineStr">
+        <is>
+          <t>#SRP N°. 024/2022-SEMASC/PMM</t>
+        </is>
+      </c>
+      <c r="H187" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE KITS DE APOIO ALIMENTAR, PARA FAMÍLIAS EM SITUAÇÃO DE VULNERABILIDADE.</t>
+        </is>
+      </c>
+      <c r="I187" s="3" t="inlineStr">
+        <is>
+          <t>30/05/2023</t>
+        </is>
+      </c>
+      <c r="J187" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT</t>
+        </is>
+      </c>
+      <c r="M187" s="3" t="inlineStr">
+        <is>
+          <t>26/07/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="188">
+      <c r="A188" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C188" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D128" s="3" t="inlineStr">
+      <c r="D188" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E128" s="3" t="inlineStr">
+      <c r="E188" s="3" t="inlineStr">
         <is>
           <t>Nº 081/2019 - SESAN</t>
         </is>
       </c>
-      <c r="F128" s="3" t="inlineStr">
+      <c r="F188" s="3" t="inlineStr">
         <is>
           <t>21/01/2020</t>
         </is>
       </c>
-      <c r="G128" s="3" t="inlineStr">
+      <c r="G188" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIAL Nº 001/2019-CMA</t>
         </is>
       </c>
-      <c r="H128" s="3" t="inlineStr">
+      <c r="H188" s="3" t="inlineStr">
         <is>
           <t>PRESTAÇÃO DE SERVIÇO DE ACESSO À INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM VELOCIDADE DE 30MB SIMÉTRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO-A-PONTO COM TRANSMISSÃO DE 10 GB ENTRE 10 PONTOS DESTE MUNICÍPIO (INTERNET EM FIBRA EXCLUSIVA)</t>
         </is>
       </c>
-      <c r="M128" s="3" t="inlineStr">
+      <c r="M188" s="3" t="inlineStr">
         <is>
           <t>21/01/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="129">
-[...5 lines deleted...]
-      <c r="C129" s="3" t="inlineStr">
+    <row outlineLevel="0" r="189">
+      <c r="A189" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B189" s="3" t="inlineStr">
+        <is>
+          <t>209</t>
+        </is>
+      </c>
+      <c r="C189" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D189" s="3" t="inlineStr">
+        <is>
+          <t>FMS</t>
+        </is>
+      </c>
+      <c r="E189" s="3" t="inlineStr">
+        <is>
+          <t>209</t>
+        </is>
+      </c>
+      <c r="F189" s="3" t="inlineStr">
+        <is>
+          <t>26/05/2022</t>
+        </is>
+      </c>
+      <c r="H189" s="3" t="inlineStr">
+        <is>
+          <t>A PRESENTE ATA TEM POR OBJETO O REGISTRO DE PREÇOS PARA A CONTRATAÇÃO DE EMPRESA PARA A EXECUÇÃO DE SERVIÇOS DE ROÇO MECÂNICO, RASTELAMENTO DE CAPINA, CARGA MANUAL DE ENTULHO E TRANSPORTE DE DESCARGA DE MATERIAL DE BOTA FORA, ESPECIFICADO(S) NO(S) ITEM(NS</t>
+        </is>
+      </c>
+      <c r="I189" s="3" t="inlineStr">
+        <is>
+          <t>26/05/2022</t>
+        </is>
+      </c>
+      <c r="J189" s="3" t="inlineStr">
+        <is>
+          <t>SEMED/PMA-SECRETARIA MUNICIPAL DE EDUCAÇÃO-PREFEITURA MUNICIPAL DE ANANINDEUA. ADESÃO A ATA DE REGISTRO DE PREÇO Nº2021-011-Nº 03/2021-SEMED-PMA-SRP</t>
+        </is>
+      </c>
+      <c r="M189" s="3" t="inlineStr">
+        <is>
+          <t>26/05/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="190">
+      <c r="A190" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C190" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D129" s="3" t="inlineStr">
+      <c r="D190" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E129" s="3" t="inlineStr">
+      <c r="E190" s="3" t="inlineStr">
         <is>
           <t>2019.11.280.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="F129" s="3" t="inlineStr">
+      <c r="F190" s="3" t="inlineStr">
         <is>
           <t>21/01/2010</t>
         </is>
       </c>
-      <c r="G129" s="3" t="inlineStr">
+      <c r="G190" s="3" t="inlineStr">
         <is>
           <t>PE.SRP.2019.001.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H129" s="3" t="inlineStr">
+      <c r="H190" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO (CAFÉ, AÇÚCAR, LEITE, ADOÇANTE, FILTRO)</t>
         </is>
       </c>
-      <c r="M129" s="3" t="inlineStr">
+      <c r="M190" s="3" t="inlineStr">
         <is>
           <t>21/01/2010</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="130">
-[...5 lines deleted...]
-      <c r="B130" s="3" t="inlineStr">
+    <row outlineLevel="0" r="191">
+      <c r="A191" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C191" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D191" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E191" s="3" t="inlineStr">
+        <is>
+          <t>2020/262550</t>
+        </is>
+      </c>
+      <c r="F191" s="3" t="inlineStr">
+        <is>
+          <t>26/03/2021</t>
+        </is>
+      </c>
+      <c r="G191" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL DO PREGÃO ELETRÔNICO PARA REGISTRO DE PREÇOS Nº. 012/2020-SEGUP/PA</t>
+        </is>
+      </c>
+      <c r="H191" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE COLETES DE PROTEÇÃO BALÍSTICA</t>
+        </is>
+      </c>
+      <c r="M191" s="3" t="inlineStr">
+        <is>
+          <t>26/03/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="192">
+      <c r="A192" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B192" s="3" t="inlineStr">
         <is>
           <t>002</t>
         </is>
       </c>
-      <c r="C130" s="3" t="inlineStr">
+      <c r="C192" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D130" s="3" t="inlineStr">
+      <c r="D192" s="3" t="inlineStr">
         <is>
           <t>FMAS</t>
         </is>
       </c>
-      <c r="E130" s="3" t="inlineStr">
+      <c r="E192" s="3" t="inlineStr">
         <is>
           <t>069/2023-SEMCAT/PMA</t>
         </is>
       </c>
-      <c r="G130" s="3" t="inlineStr">
+      <c r="G192" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP N°. 9/2023-002-PMVN</t>
         </is>
       </c>
-      <c r="H130" s="3" t="inlineStr">
+      <c r="H192" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAIS DE LIMPEZA, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT E SUAS UNIDADES.</t>
         </is>
       </c>
-      <c r="I130" s="3" t="inlineStr">
+      <c r="I192" s="3" t="inlineStr">
         <is>
           <t>31/08/2023</t>
         </is>
       </c>
-      <c r="M130" s="3" t="inlineStr">
+      <c r="M192" s="3" t="inlineStr">
         <is>
           <t>20/12/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="131">
-[...5 lines deleted...]
-      <c r="C131" s="3" t="inlineStr">
+    <row outlineLevel="0" r="193">
+      <c r="A193" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B193" s="3" t="inlineStr">
+        <is>
+          <t>010</t>
+        </is>
+      </c>
+      <c r="C193" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D193" s="3" t="inlineStr">
+        <is>
+          <t>FMAS</t>
+        </is>
+      </c>
+      <c r="E193" s="3" t="inlineStr">
+        <is>
+          <t>034/2023</t>
+        </is>
+      </c>
+      <c r="G193" s="3" t="inlineStr">
+        <is>
+          <t>SRP N°. 010/2023-PREFEITURA MUNICIPAL DE SANTA IZABEL</t>
+        </is>
+      </c>
+      <c r="H193" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE GÊNEROS ALIMENTÍCIOS, PARA ATENDER AS NECESSIDADES INSTITUCIONAIS DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT, E SUAS UNIDADES._x000d_
+</t>
+        </is>
+      </c>
+      <c r="I193" s="3" t="inlineStr">
+        <is>
+          <t>30/11/2023</t>
+        </is>
+      </c>
+      <c r="M193" s="3" t="inlineStr">
+        <is>
+          <t>26/02/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="194">
+      <c r="A194" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C194" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D131" s="3" t="inlineStr">
+      <c r="D194" s="3" t="inlineStr">
         <is>
           <t>SESAU</t>
         </is>
       </c>
-      <c r="E131" s="3" t="inlineStr">
+      <c r="E194" s="3" t="inlineStr">
         <is>
           <t>13154/2018</t>
         </is>
       </c>
-      <c r="F131" s="3" t="inlineStr">
+      <c r="F194" s="3" t="inlineStr">
         <is>
           <t>20/12/2018</t>
         </is>
       </c>
-      <c r="H131" s="3" t="inlineStr">
+      <c r="H194" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRODUÇÃO, FORNECIMENTO, MANIPULAÇÃO E DISTRIBUIÇÃO DE ALIMENTAÇÃO PRONTA, TIPO QUENTINHA, PARA ATENDER AS DEMANDAS DE CENTRO DE ATENÇÃO PSICOSSOCIAL INFANTOJUVENIL-CAPSI,CAPS II,E URGÊNCIA E EMERGÊNCIA DA SEC</t>
         </is>
       </c>
-      <c r="M131" s="3" t="inlineStr">
+      <c r="M194" s="3" t="inlineStr">
         <is>
           <t>20/12/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="132">
-[...5 lines deleted...]
-      <c r="C132" s="3" t="inlineStr">
+    <row outlineLevel="0" r="195">
+      <c r="A195" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C195" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D132" s="3" t="inlineStr">
+      <c r="D195" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E195" s="3" t="inlineStr">
+        <is>
+          <t>092/2020/SEMCAT</t>
+        </is>
+      </c>
+      <c r="F195" s="3" t="inlineStr">
+        <is>
+          <t>25/11/2020</t>
+        </is>
+      </c>
+      <c r="G195" s="3" t="inlineStr">
+        <is>
+          <t>S.R.P.E.2020.002-SEMCAT/PMA</t>
+        </is>
+      </c>
+      <c r="H195" s="3" t="inlineStr">
+        <is>
+          <t>REALIZAÇÃO DOS PROCEDIMENTOS VISANDO À CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAIS DE CONSUMO – MATERIAL DE LIMPEZA E MATERIAL DE EXPEDIENTE, COM VIGÊNCIA DE 60 (SESSENTA) DIAS E ENTREGA TOTAL E IMEDIATA.</t>
+        </is>
+      </c>
+      <c r="M195" s="3" t="inlineStr">
+        <is>
+          <t>25/11/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="196">
+      <c r="A196" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C196" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D196" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E132" s="3" t="inlineStr">
+      <c r="E196" s="3" t="inlineStr">
         <is>
           <t>Nº 099/2020 - SESAN/PMA</t>
         </is>
       </c>
-      <c r="F132" s="3" t="inlineStr">
+      <c r="F196" s="3" t="inlineStr">
         <is>
           <t>20/11/2020</t>
         </is>
       </c>
-      <c r="G132" s="3" t="inlineStr">
+      <c r="G196" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP Nº 006/2019- PMA/SESAU</t>
         </is>
       </c>
-      <c r="H132" s="3" t="inlineStr">
+      <c r="H196" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SERVIÇO DE ROÇAGEM, LIMPEZA E RETIRADA DE ENTULHOS DAS ÁREAS EXTERNAS DAS UNIDADES E PSF’S NO MUNICÍPIO DE ANANINDEUA.</t>
         </is>
       </c>
-      <c r="M132" s="3" t="inlineStr">
+      <c r="M196" s="3" t="inlineStr">
         <is>
           <t>20/11/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="133">
-[...5 lines deleted...]
-      <c r="C133" s="3" t="inlineStr">
+    <row outlineLevel="0" r="197">
+      <c r="A197" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C197" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D133" s="3" t="inlineStr">
+      <c r="D197" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E197" s="3" t="inlineStr">
+        <is>
+          <t>20190021</t>
+        </is>
+      </c>
+      <c r="F197" s="3" t="inlineStr">
+        <is>
+          <t>25/11/2019</t>
+        </is>
+      </c>
+      <c r="G197" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL DE LICITAÇÃO - PREGÃO PRESENCIAL POR SRP N°.PP-003/2019-PMT</t>
+        </is>
+      </c>
+      <c r="H197" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAR OS SERVIÇOS DE LOCAÇÃO DE EQUIPAMENTOS DE INFORMÁTICA PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SEGURANÇA E DEFESA SOCIAL E DA GUARDA CIVIL MUNICIPAL DE ANANINDEUA.</t>
+        </is>
+      </c>
+      <c r="M197" s="3" t="inlineStr">
+        <is>
+          <t>25/11/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="198">
+      <c r="A198" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C198" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D198" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E133" s="3" t="inlineStr">
+      <c r="E198" s="3" t="inlineStr">
         <is>
           <t>Nº 050/2019 - SESAN</t>
         </is>
       </c>
-      <c r="F133" s="3" t="inlineStr">
+      <c r="F198" s="3" t="inlineStr">
         <is>
           <t>20/11/2019</t>
         </is>
       </c>
-      <c r="G133" s="3" t="inlineStr">
+      <c r="G198" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIAL Nº 11/2019- PMPP. LICITAÇÃO Nº 9/2019-050402</t>
         </is>
       </c>
-      <c r="H133" s="3" t="inlineStr">
+      <c r="H198" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS EM GERAL , DESTINADOS A SUPRIR AS NECESSIDADES BÁSICAS DA SECRETARIA MUNICIPAL DE SANEAMENTO E INFRAESTRUTURA.</t>
         </is>
       </c>
-      <c r="M133" s="3" t="inlineStr">
+      <c r="M198" s="3" t="inlineStr">
         <is>
           <t>20/11/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="134">
-[...5 lines deleted...]
-      <c r="B134" s="3" t="inlineStr">
+    <row outlineLevel="0" r="199">
+      <c r="A199" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C199" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D199" s="3" t="inlineStr">
+        <is>
+          <t>SEHAB</t>
+        </is>
+      </c>
+      <c r="E199" s="3" t="inlineStr">
+        <is>
+          <t>3668.2018.SEMED</t>
+        </is>
+      </c>
+      <c r="F199" s="3" t="inlineStr">
+        <is>
+          <t>25/11/2019</t>
+        </is>
+      </c>
+      <c r="G199" s="3" t="inlineStr">
+        <is>
+          <t>2019.0001.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H199" s="3" t="inlineStr">
+        <is>
+          <t>MATERIAL DE CONSUMO (CAFÉ, AÇÚCAR, LEITE, ADOÇANTE, FILTRO)</t>
+        </is>
+      </c>
+      <c r="M199" s="3" t="inlineStr">
+        <is>
+          <t>25/11/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="200">
+      <c r="A200" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B200" s="3" t="inlineStr">
         <is>
           <t>019</t>
         </is>
       </c>
-      <c r="C134" s="3" t="inlineStr">
+      <c r="C200" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D134" s="3" t="inlineStr">
+      <c r="D200" s="3" t="inlineStr">
         <is>
           <t>SEMAD</t>
         </is>
       </c>
-      <c r="E134" s="3" t="inlineStr">
+      <c r="E200" s="3" t="inlineStr">
         <is>
           <t>Nº 06/2022.DAL.SEMAD</t>
         </is>
       </c>
-      <c r="F134" s="3" t="inlineStr">
+      <c r="F200" s="3" t="inlineStr">
         <is>
           <t>20/09/2022</t>
         </is>
       </c>
-      <c r="G134" s="3" t="inlineStr">
+      <c r="G200" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO – SRP Nº 9/2021-019 SESAU/PMA</t>
         </is>
       </c>
-      <c r="H134" s="3" t="inlineStr">
+      <c r="H200" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAIS DE EXPEDIENTE</t>
         </is>
       </c>
-      <c r="I134" s="3" t="inlineStr">
+      <c r="I200" s="3" t="inlineStr">
         <is>
           <t>19/09/2022</t>
         </is>
       </c>
-      <c r="J134" s="3" t="inlineStr">
+      <c r="J200" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO - SEMAD</t>
         </is>
       </c>
-      <c r="K134" s="3" t="inlineStr">
+      <c r="K200" s="3" t="inlineStr">
         <is>
           <t>JOZIANI ELEM NEVES DE ALMEIDA (Titular) PEDRO AUGUSTO GARCIA CAMPOS (Suplente)</t>
         </is>
       </c>
-      <c r="M134" s="3" t="inlineStr">
+      <c r="M200" s="3" t="inlineStr">
         <is>
           <t>20/09/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="135">
-[...5 lines deleted...]
-      <c r="B135" s="3" t="inlineStr">
+    <row outlineLevel="0" r="201">
+      <c r="A201" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C201" s="3" t="inlineStr">
+        <is>
+          <t>2014</t>
+        </is>
+      </c>
+      <c r="D201" s="3" t="inlineStr">
+        <is>
+          <t>CGM</t>
+        </is>
+      </c>
+      <c r="E201" s="3" t="inlineStr">
+        <is>
+          <t>687/2014/SEMED</t>
+        </is>
+      </c>
+      <c r="F201" s="3" t="inlineStr">
+        <is>
+          <t>25/11/2014</t>
+        </is>
+      </c>
+      <c r="G201" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 2014.005.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H201" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NOS SERVIÇOS TÉCNICOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA EM CENTRAIS DE AR TIPO SPLIT E APARELHOS DE AR CONDICIONADOS TIPO ACJ</t>
+        </is>
+      </c>
+      <c r="M201" s="3" t="inlineStr">
+        <is>
+          <t>25/11/2014</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="202">
+      <c r="A202" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B202" s="3" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>
-      <c r="C135" s="3" t="inlineStr">
+      <c r="C202" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D135" s="3" t="inlineStr">
+      <c r="D202" s="3" t="inlineStr">
         <is>
           <t>SEMMU</t>
         </is>
       </c>
-      <c r="E135" s="3" t="inlineStr">
+      <c r="E202" s="3" t="inlineStr">
         <is>
           <t>7.374/2022</t>
         </is>
       </c>
-      <c r="F135" s="3" t="inlineStr">
+      <c r="F202" s="3" t="inlineStr">
         <is>
           <t>20/09/2022</t>
         </is>
       </c>
-      <c r="G135" s="3" t="inlineStr">
+      <c r="G202" s="3" t="inlineStr">
         <is>
           <t>034/2022 - FUNDAÇÃO SANTA CASA DE MISERICÓRDIA DO PARÁ</t>
         </is>
       </c>
-      <c r="H135" s="3" t="inlineStr">
+      <c r="H202" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SERVIÇOS COMUNS À EVENTOS</t>
         </is>
       </c>
-      <c r="I135" s="3" t="inlineStr">
+      <c r="I202" s="3" t="inlineStr">
         <is>
           <t>20/09/2022</t>
         </is>
       </c>
-      <c r="J135" s="3" t="inlineStr">
+      <c r="J202" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DA MULHER</t>
         </is>
       </c>
-      <c r="K135" s="3" t="inlineStr">
+      <c r="K202" s="3" t="inlineStr">
         <is>
           <t>MARCOS VENICIUS DUARTE SOUZA (Titular) PATRICK ROCHA ARAUJO (Suplente)</t>
         </is>
       </c>
-      <c r="M135" s="3" t="inlineStr">
+      <c r="M202" s="3" t="inlineStr">
         <is>
           <t>20/09/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="136">
-[...5 lines deleted...]
-      <c r="C136" s="3" t="inlineStr">
+    <row outlineLevel="0" r="203">
+      <c r="A203" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C203" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D136" s="3" t="inlineStr">
+      <c r="D203" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E203" s="3" t="inlineStr">
+        <is>
+          <t>188</t>
+        </is>
+      </c>
+      <c r="F203" s="3" t="inlineStr">
+        <is>
+          <t>25/09/2019</t>
+        </is>
+      </c>
+      <c r="G203" s="3" t="inlineStr">
+        <is>
+          <t>SRP.2019.003.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H203" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE LIMPEZA</t>
+        </is>
+      </c>
+      <c r="M203" s="3" t="inlineStr">
+        <is>
+          <t>25/09/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="204">
+      <c r="A204" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C204" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D204" s="3" t="inlineStr">
         <is>
           <t>SEMAD</t>
         </is>
       </c>
-      <c r="E136" s="3" t="inlineStr">
+      <c r="E204" s="3" t="inlineStr">
         <is>
           <t>083.2019</t>
         </is>
       </c>
-      <c r="F136" s="3" t="inlineStr">
+      <c r="F204" s="3" t="inlineStr">
         <is>
           <t>20/09/2019</t>
         </is>
       </c>
-      <c r="G136" s="3" t="inlineStr">
+      <c r="G204" s="3" t="inlineStr">
         <is>
           <t>SRP.2019.001.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H136" s="3" t="inlineStr">
+      <c r="H204" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (CAFÉ, AÇÚCAR, LEITE, ADOÇANTE E FILTRO DE PAPEL PARA CAFÉ)</t>
         </is>
       </c>
-      <c r="M136" s="3" t="inlineStr">
+      <c r="M204" s="3" t="inlineStr">
         <is>
           <t>20/09/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="137">
-[...5 lines deleted...]
-      <c r="C137" s="3" t="inlineStr">
+    <row outlineLevel="0" r="205">
+      <c r="A205" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C205" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D205" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E205" s="3" t="inlineStr">
+        <is>
+          <t>189</t>
+        </is>
+      </c>
+      <c r="F205" s="3" t="inlineStr">
+        <is>
+          <t>25/09/2019</t>
+        </is>
+      </c>
+      <c r="G205" s="3" t="inlineStr">
+        <is>
+          <t>SRP.2019.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H205" s="3" t="inlineStr">
+        <is>
+          <t>AQUSIÇÃO DE MATERIAL DE EXPEDIENTE</t>
+        </is>
+      </c>
+      <c r="M205" s="3" t="inlineStr">
+        <is>
+          <t>25/09/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="206">
+      <c r="A206" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C206" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D137" s="3" t="inlineStr">
+      <c r="D206" s="3" t="inlineStr">
         <is>
           <t>SEMA</t>
         </is>
       </c>
-      <c r="E137" s="3" t="inlineStr">
+      <c r="E206" s="3" t="inlineStr">
         <is>
           <t>058/2018-SEMA/PMA</t>
         </is>
       </c>
-      <c r="F137" s="3" t="inlineStr">
+      <c r="F206" s="3" t="inlineStr">
         <is>
           <t>20/08/2018</t>
         </is>
       </c>
-      <c r="G137" s="3" t="inlineStr">
+      <c r="G206" s="3" t="inlineStr">
         <is>
           <t>SRP Nº 2017.001.SEMCAT.PMA</t>
         </is>
       </c>
-      <c r="H137" s="3" t="inlineStr">
+      <c r="H206" s="3" t="inlineStr">
         <is>
           <t>FORNECIMENTO DE ÁGUA MINERAL DE 20 LITROS E GÁS LIQUEFEITO ENVASADO EM BOTIJÃO DE 13KG</t>
         </is>
       </c>
-      <c r="M137" s="3" t="inlineStr">
+      <c r="M206" s="3" t="inlineStr">
         <is>
           <t>20/08/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="138">
-[...5 lines deleted...]
-      <c r="B138" s="3" t="inlineStr">
+    <row outlineLevel="0" r="207">
+      <c r="A207" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C207" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D207" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E207" s="3" t="inlineStr">
+        <is>
+          <t>156</t>
+        </is>
+      </c>
+      <c r="F207" s="3" t="inlineStr">
+        <is>
+          <t>25/09/2019</t>
+        </is>
+      </c>
+      <c r="G207" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº9/20191103-01ARP-PMM-SEIDUR</t>
+        </is>
+      </c>
+      <c r="H207" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE TUBOS DE CONCRETO ARMADO EM DIVERSOS TAMANHOS DE DIAMETROS</t>
+        </is>
+      </c>
+      <c r="M207" s="3" t="inlineStr">
+        <is>
+          <t>25/09/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="208">
+      <c r="A208" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B208" s="3" t="inlineStr">
         <is>
           <t>003</t>
         </is>
       </c>
-      <c r="C138" s="3" t="inlineStr">
+      <c r="C208" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D138" s="3" t="inlineStr">
+      <c r="D208" s="3" t="inlineStr">
         <is>
           <t>PROGE</t>
         </is>
       </c>
-      <c r="E138" s="3" t="inlineStr">
+      <c r="E208" s="3" t="inlineStr">
         <is>
           <t>2021.001.034 e 2021.001.035</t>
         </is>
       </c>
-      <c r="F138" s="3" t="inlineStr">
+      <c r="F208" s="3" t="inlineStr">
         <is>
           <t>20/07/2021</t>
         </is>
       </c>
-      <c r="G138" s="3" t="inlineStr">
+      <c r="G208" s="3" t="inlineStr">
         <is>
           <t>#4/2021-003 PROGE/PMA</t>
         </is>
       </c>
-      <c r="H138" s="3" t="inlineStr">
+      <c r="H208" s="3" t="inlineStr">
         <is>
           <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº 2020/02 SEMCAT/PMA PARA AQUISIÇÃO DE MATERIAL DE HIGIENE E LIMPEZA.</t>
         </is>
       </c>
-      <c r="I138" s="3" t="inlineStr">
+      <c r="I208" s="3" t="inlineStr">
         <is>
           <t>27/05/2021</t>
         </is>
       </c>
-      <c r="J138" s="3" t="inlineStr">
+      <c r="J208" s="3" t="inlineStr">
         <is>
           <t>ALA DA COMISSÃO PERMANENTE DE LICITAÇÃO, SITO À RODOVIA BR 316, KM 08, AV. MAGALHÃES BARATA, 1515, CENTRO, ANANINDEUA-PA.</t>
         </is>
       </c>
-      <c r="M138" s="3" t="inlineStr">
+      <c r="M208" s="3" t="inlineStr">
         <is>
           <t>20/07/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="139">
-[...5 lines deleted...]
-      <c r="C139" s="3" t="inlineStr">
+    <row outlineLevel="0" r="209">
+      <c r="A209" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B209" s="3" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="C209" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D209" s="3" t="inlineStr">
+        <is>
+          <t>PROGE</t>
+        </is>
+      </c>
+      <c r="E209" s="3" t="inlineStr">
+        <is>
+          <t>2019.001.105</t>
+        </is>
+      </c>
+      <c r="F209" s="3" t="inlineStr">
+        <is>
+          <t>25/09/2019</t>
+        </is>
+      </c>
+      <c r="G209" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 003/2019-PMT</t>
+        </is>
+      </c>
+      <c r="H209" s="3" t="inlineStr">
+        <is>
+          <t>SERVIÇO DE LOCAÇÃO DE EQUIPAMENTOS DE INFORMÁTICA (COMPUTADORES)</t>
+        </is>
+      </c>
+      <c r="I209" s="3" t="inlineStr">
+        <is>
+          <t>06/08/2019</t>
+        </is>
+      </c>
+      <c r="J209" s="3" t="inlineStr">
+        <is>
+          <t>SALA DE LICITAÇÃO NA SEDE DA PREFEITURA</t>
+        </is>
+      </c>
+      <c r="M209" s="3" t="inlineStr">
+        <is>
+          <t>25/09/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="210">
+      <c r="A210" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C210" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D139" s="3" t="inlineStr">
+      <c r="D210" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E139" s="3" t="inlineStr">
+      <c r="E210" s="3" t="inlineStr">
         <is>
           <t>#PREGÃO ELETRÔNICO SRP Nº 012/2020-SEGUP/PA</t>
         </is>
       </c>
-      <c r="F139" s="3" t="inlineStr">
+      <c r="F210" s="3" t="inlineStr">
         <is>
           <t>20/07/2021</t>
         </is>
       </c>
-      <c r="G139" s="3" t="inlineStr">
+      <c r="G210" s="3" t="inlineStr">
         <is>
           <t>#PREGÃO ELETRÔNICO SRP Nº 012/2020-SEGUP/PA</t>
         </is>
       </c>
-      <c r="H139" s="3" t="inlineStr">
+      <c r="H210" s="3" t="inlineStr">
         <is>
           <t>CONSTITUI OBJETO DO PRESENTE CONTRATO, A AQUISIÇÃO DE COLETES DE PROTEÇÃO BALÍSTICA PARA A SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO, DE ACORDO COM AS ESPECIFICAÇÕES E QUANTITATIVOS PREVISTOS NO TERMO DE REFERÊNCIA.</t>
         </is>
       </c>
-      <c r="M139" s="3" t="inlineStr">
+      <c r="M210" s="3" t="inlineStr">
         <is>
           <t>20/07/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="140">
-[...5 lines deleted...]
-      <c r="B140" s="3" t="inlineStr">
+    <row outlineLevel="0" r="211">
+      <c r="A211" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C211" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D211" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E211" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº11/2019</t>
+        </is>
+      </c>
+      <c r="F211" s="3" t="inlineStr">
+        <is>
+          <t>25/07/2019</t>
+        </is>
+      </c>
+      <c r="G211" s="3" t="inlineStr">
+        <is>
+          <t>146</t>
+        </is>
+      </c>
+      <c r="H211" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS</t>
+        </is>
+      </c>
+      <c r="M211" s="3" t="inlineStr">
+        <is>
+          <t>25/07/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="212">
+      <c r="A212" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B212" s="3" t="inlineStr">
         <is>
           <t>0023</t>
         </is>
       </c>
-      <c r="C140" s="3" t="inlineStr">
+      <c r="C212" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D140" s="3" t="inlineStr">
+      <c r="D212" s="3" t="inlineStr">
         <is>
           <t>FMAS</t>
         </is>
       </c>
-      <c r="E140" s="3" t="inlineStr">
+      <c r="E212" s="3" t="inlineStr">
         <is>
           <t>005/2024</t>
         </is>
       </c>
-      <c r="G140" s="3" t="inlineStr">
+      <c r="G212" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO N°. 0023/2023-SANTA BÁRBARA DO PARÁ</t>
         </is>
       </c>
-      <c r="H140" s="3" t="inlineStr">
+      <c r="H212" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE CARTUCHOS E TONERS FOTOCROMÁTICOS, KIT REFIL DE TINTA E UNIDADES DE IMAGEM, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT._x000d_
 </t>
         </is>
       </c>
-      <c r="I140" s="3" t="inlineStr">
+      <c r="I212" s="3" t="inlineStr">
         <is>
           <t>15/02/2024</t>
         </is>
       </c>
-      <c r="M140" s="3" t="inlineStr">
+      <c r="M212" s="3" t="inlineStr">
         <is>
           <t>20/06/2024</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="141">
-[...5 lines deleted...]
-      <c r="B141" s="3" t="inlineStr">
+    <row outlineLevel="0" r="213">
+      <c r="A213" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C213" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D213" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E213" s="3" t="inlineStr">
+        <is>
+          <t>146</t>
+        </is>
+      </c>
+      <c r="F213" s="3" t="inlineStr">
+        <is>
+          <t>25/07/2019</t>
+        </is>
+      </c>
+      <c r="G213" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº11/2019</t>
+        </is>
+      </c>
+      <c r="H213" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS</t>
+        </is>
+      </c>
+      <c r="M213" s="3" t="inlineStr">
+        <is>
+          <t>25/07/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="214">
+      <c r="A214" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B214" s="3" t="inlineStr">
         <is>
           <t>047</t>
         </is>
       </c>
-      <c r="C141" s="3" t="inlineStr">
+      <c r="C214" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D141" s="3" t="inlineStr">
+      <c r="D214" s="3" t="inlineStr">
         <is>
           <t>FMAS</t>
         </is>
       </c>
-      <c r="E141" s="3" t="inlineStr">
+      <c r="E214" s="3" t="inlineStr">
         <is>
           <t>002/2022-SEMCAT/PMA</t>
         </is>
       </c>
-      <c r="F141" s="3" t="inlineStr">
+      <c r="F214" s="3" t="inlineStr">
         <is>
           <t>20/04/2022</t>
         </is>
       </c>
-      <c r="G141" s="3" t="inlineStr">
+      <c r="G214" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP N°. 047/2021-SEMED/PMM</t>
         </is>
       </c>
-      <c r="H141" s="3" t="inlineStr">
+      <c r="H214" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE APARELHOS DE REFRIGERAÇÃO, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT.</t>
         </is>
       </c>
-      <c r="I141" s="3" t="inlineStr">
+      <c r="I214" s="3" t="inlineStr">
         <is>
           <t>24/01/2022</t>
         </is>
       </c>
-      <c r="J141" s="3" t="inlineStr">
+      <c r="J214" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT.</t>
         </is>
       </c>
-      <c r="K141" s="3" t="inlineStr">
+      <c r="K214" s="3" t="inlineStr">
         <is>
           <t>MARINILDE SILVA SOUZA</t>
         </is>
       </c>
-      <c r="M141" s="3" t="inlineStr">
+      <c r="M214" s="3" t="inlineStr">
         <is>
           <t>20/04/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="142">
-[...5 lines deleted...]
-      <c r="B142" s="3" t="inlineStr">
+    <row outlineLevel="0" r="215">
+      <c r="A215" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C215" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D215" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E215" s="3" t="inlineStr">
+        <is>
+          <t>2020.01.017.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F215" s="3" t="inlineStr">
+        <is>
+          <t>25/06/2020</t>
+        </is>
+      </c>
+      <c r="G215" s="3" t="inlineStr">
+        <is>
+          <t>PP.SRP.Nº 001/2019/CMA</t>
+        </is>
+      </c>
+      <c r="H215" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇOS, REFERENTE A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO À INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM A VELOCIDADE DE 30MB SIMÉTRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO-A-P</t>
+        </is>
+      </c>
+      <c r="M215" s="3" t="inlineStr">
+        <is>
+          <t>25/06/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="216">
+      <c r="A216" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B216" s="3" t="inlineStr">
         <is>
           <t>019</t>
         </is>
       </c>
-      <c r="C142" s="3" t="inlineStr">
+      <c r="C216" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D142" s="3" t="inlineStr">
+      <c r="D216" s="3" t="inlineStr">
         <is>
           <t>SEPOF</t>
         </is>
       </c>
-      <c r="E142" s="3" t="inlineStr">
+      <c r="E216" s="3" t="inlineStr">
         <is>
           <t>Nº 12/2022</t>
         </is>
       </c>
-      <c r="F142" s="3" t="inlineStr">
+      <c r="F216" s="3" t="inlineStr">
         <is>
           <t>13/04/2022</t>
         </is>
       </c>
-      <c r="H142" s="3" t="inlineStr">
+      <c r="H216" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP Nº 9/2021 - 019 SESAU/P.M.A - MATERIAL DE CONSUMO</t>
         </is>
       </c>
-      <c r="I142" s="3" t="inlineStr">
+      <c r="I216" s="3" t="inlineStr">
         <is>
           <t>13/04/2022</t>
         </is>
       </c>
-      <c r="J142" s="3" t="inlineStr">
+      <c r="J216" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE PALNEJAMENTO, ORÇAMENTO E FINAÇAS - SEPOF</t>
         </is>
       </c>
-      <c r="M142" s="3" t="inlineStr">
+      <c r="M216" s="3" t="inlineStr">
         <is>
           <t>20/04/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="143">
-[...5 lines deleted...]
-      <c r="C143" s="3" t="inlineStr">
+    <row outlineLevel="0" r="217">
+      <c r="A217" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C217" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D217" s="3" t="inlineStr">
+        <is>
+          <t>SEGOV</t>
+        </is>
+      </c>
+      <c r="E217" s="3" t="inlineStr">
+        <is>
+          <t>019/2018</t>
+        </is>
+      </c>
+      <c r="F217" s="3" t="inlineStr">
+        <is>
+          <t>25/06/2018</t>
+        </is>
+      </c>
+      <c r="G217" s="3" t="inlineStr">
+        <is>
+          <t>SRP.2017.005.SEMED.PMA</t>
+        </is>
+      </c>
+      <c r="H217" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL DE CONSUMO ( LIMPEZA) PARA ATENDER AS NECESSIDADES DA SEGOV E IEGA</t>
+        </is>
+      </c>
+      <c r="M217" s="3" t="inlineStr">
+        <is>
+          <t>25/06/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="218">
+      <c r="A218" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C218" s="3" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="D143" s="3" t="inlineStr">
+      <c r="D218" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E143" s="3" t="inlineStr">
+      <c r="E218" s="3" t="inlineStr">
         <is>
           <t>108/2016</t>
         </is>
       </c>
-      <c r="F143" s="3" t="inlineStr">
+      <c r="F218" s="3" t="inlineStr">
         <is>
           <t>20/04/2017</t>
         </is>
       </c>
-      <c r="G143" s="3" t="inlineStr">
+      <c r="G218" s="3" t="inlineStr">
         <is>
           <t>MEMO Nº 385/2016</t>
         </is>
       </c>
-      <c r="H143" s="3" t="inlineStr">
+      <c r="H218" s="3" t="inlineStr">
         <is>
           <t>5 SESAN - AQUISIÇÃO DE MATERIAL DE CONSUMO (LIMPEZA)</t>
         </is>
       </c>
-      <c r="M143" s="3" t="inlineStr">
+      <c r="M218" s="3" t="inlineStr">
         <is>
           <t>20/04/2017</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="144">
-[...5 lines deleted...]
-      <c r="B144" s="3" t="inlineStr">
+    <row outlineLevel="0" r="219">
+      <c r="A219" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B219" s="3" t="inlineStr">
+        <is>
+          <t>014</t>
+        </is>
+      </c>
+      <c r="C219" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D219" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E219" s="3" t="inlineStr">
+        <is>
+          <t>2021/775402</t>
+        </is>
+      </c>
+      <c r="F219" s="3" t="inlineStr">
+        <is>
+          <t>25/05/2023</t>
+        </is>
+      </c>
+      <c r="G219" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO 014/2021 SRP Nº 007/2021-FCP</t>
+        </is>
+      </c>
+      <c r="H219" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS QUE COMPREENDE OS SEGUINTES LOTES: IV- ESTRUTURA, V - ESTRUTURA MÓVEL; E VI - REFRIGERAÇÃO/CLIMATIZAÇÃO PARA ATENDER AS NECESSIDADES DOS EVENTOS, AÇÕES E PROJETOS DESENVOLVIDOS PELO GABINETE DO</t>
+        </is>
+      </c>
+      <c r="I219" s="3" t="inlineStr">
+        <is>
+          <t>07/01/2022</t>
+        </is>
+      </c>
+      <c r="J219" s="3" t="inlineStr">
+        <is>
+          <t>WWW.GOV.BR UASG 925489</t>
+        </is>
+      </c>
+      <c r="K219" s="3" t="inlineStr">
+        <is>
+          <t>ANANDA DO VALLE MARTINS</t>
+        </is>
+      </c>
+      <c r="M219" s="3" t="inlineStr">
+        <is>
+          <t>25/05/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="220">
+      <c r="A220" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B220" s="3" t="inlineStr">
         <is>
           <t>021</t>
         </is>
       </c>
-      <c r="C144" s="3" t="inlineStr">
+      <c r="C220" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D144" s="3" t="inlineStr">
+      <c r="D220" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E144" s="3" t="inlineStr">
+      <c r="E220" s="3" t="inlineStr">
         <is>
           <t>2023.09.088.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="G144" s="3" t="inlineStr">
+      <c r="G220" s="3" t="inlineStr">
         <is>
           <t>Nº CP.SRP Nº 3/2022-021-SEMED/PMA</t>
         </is>
       </c>
-      <c r="H144" s="3" t="inlineStr">
+      <c r="H220" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA DAS INSTALAÇÕES, COMPREENDENDO O FORNECIMENTO DE MÃO-DE-OBRA, VISANDO ATENDER AS NECESSIDADES DA SEDE DA SECRETARIA MUNICIPAL DE TRANSPARECER JURÍDICOPORTE E TRÂNSITO –</t>
         </is>
       </c>
-      <c r="I144" s="3" t="inlineStr">
+      <c r="I220" s="3" t="inlineStr">
         <is>
           <t>25/09/2023</t>
         </is>
       </c>
-      <c r="M144" s="3" t="inlineStr">
+      <c r="M220" s="3" t="inlineStr">
         <is>
           <t>20/03/2024</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="145">
-[...5 lines deleted...]
-      <c r="B145" s="3" t="inlineStr">
+    <row outlineLevel="0" r="221">
+      <c r="A221" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B221" s="3" t="inlineStr">
+        <is>
+          <t>018</t>
+        </is>
+      </c>
+      <c r="C221" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D221" s="3" t="inlineStr">
+        <is>
+          <t>SEHAB</t>
+        </is>
+      </c>
+      <c r="E221" s="3" t="inlineStr">
+        <is>
+          <t>459/2022</t>
+        </is>
+      </c>
+      <c r="F221" s="3" t="inlineStr">
+        <is>
+          <t>22/04/2022</t>
+        </is>
+      </c>
+      <c r="H221" s="3" t="inlineStr">
+        <is>
+          <t>FORNECIMENTO DE EQUIPAMENTOS DE INFORMÁTICA COM PRESTAÇÃO DE SERVIÇOS DE MANUTENÇÃO, SUPORTE TÉCNICO E GARANTIA DE SUBSTITUIÇÃO DO EQUIPAMENTO QUANDO NECESSÁRIO</t>
+        </is>
+      </c>
+      <c r="I221" s="3" t="inlineStr">
+        <is>
+          <t>18/04/2022</t>
+        </is>
+      </c>
+      <c r="J221" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE HABITAÇÃO</t>
+        </is>
+      </c>
+      <c r="M221" s="3" t="inlineStr">
+        <is>
+          <t>25/04/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="222">
+      <c r="A222" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B222" s="3" t="inlineStr">
         <is>
           <t>06</t>
         </is>
       </c>
-      <c r="C145" s="3" t="inlineStr">
+      <c r="C222" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D145" s="3" t="inlineStr">
+      <c r="D222" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E145" s="3" t="inlineStr">
+      <c r="E222" s="3" t="inlineStr">
         <is>
           <t>4109/2022 - SEMED -</t>
         </is>
       </c>
-      <c r="F145" s="3" t="inlineStr">
+      <c r="F222" s="3" t="inlineStr">
         <is>
           <t>20/03/2023</t>
         </is>
       </c>
-      <c r="G145" s="3" t="inlineStr">
+      <c r="G222" s="3" t="inlineStr">
         <is>
           <t>#EDITAL DE PREGÃO ELETRONICO Nº 06/2021 - CONTRATO Nº 072/2022 - SEMED</t>
         </is>
       </c>
-      <c r="H145" s="3" t="inlineStr">
+      <c r="H222" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE VEICULOS DE TRANSPORTE ESCOLAR DIÁRIO DE ESTUDANTES, DENOMINADO DE ÔNIBUS RURAL ESCOLAR (ORE) E ÔNIBUS URBANO ESCOLAR ACESSÍVEL (ONUREA), EM ATENDIMENTO ÀS ENTIDADES EDUCACIONAIS DAS REDES PÚBLICAS DE ENSINO NOS ESTADOS, DISTRITO FEDERAL E MU</t>
         </is>
       </c>
-      <c r="I145" s="3" t="inlineStr">
+      <c r="I222" s="3" t="inlineStr">
         <is>
           <t>12/08/2022</t>
         </is>
       </c>
-      <c r="J145" s="3" t="inlineStr">
+      <c r="J222" s="3" t="inlineStr">
         <is>
           <t> SECRETARIA MUNICIPAL DE ANANINDEUA</t>
         </is>
       </c>
-      <c r="M145" s="3" t="inlineStr">
+      <c r="M222" s="3" t="inlineStr">
         <is>
           <t>20/03/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="146">
-[...5 lines deleted...]
-      <c r="C146" s="3" t="inlineStr">
+    <row outlineLevel="0" r="223">
+      <c r="A223" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C223" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D146" s="3" t="inlineStr">
+      <c r="D223" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E223" s="3" t="inlineStr">
+        <is>
+          <t>4005/2018</t>
+        </is>
+      </c>
+      <c r="F223" s="3" t="inlineStr">
+        <is>
+          <t>25/04/2019</t>
+        </is>
+      </c>
+      <c r="G223" s="3" t="inlineStr">
+        <is>
+          <t>MEMO N° 27/2018</t>
+        </is>
+      </c>
+      <c r="H223" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE KITS DE APOIO DIDÁTICO DE LÍNGUA PORTUGUESA E MATEMÁTICA.</t>
+        </is>
+      </c>
+      <c r="M223" s="3" t="inlineStr">
+        <is>
+          <t>25/04/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="224">
+      <c r="A224" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C224" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D224" s="3" t="inlineStr">
         <is>
           <t>CGM</t>
         </is>
       </c>
-      <c r="E146" s="3" t="inlineStr">
+      <c r="E224" s="3" t="inlineStr">
         <is>
           <t>006/2018-ADM.CGM</t>
         </is>
       </c>
-      <c r="F146" s="3" t="inlineStr">
+      <c r="F224" s="3" t="inlineStr">
         <is>
           <t>20/02/2018</t>
         </is>
       </c>
-      <c r="G146" s="3" t="inlineStr">
+      <c r="G224" s="3" t="inlineStr">
         <is>
           <t>PE.SRP.2017.002.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H146" s="3" t="inlineStr">
+      <c r="H224" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (EXPEDIENTE)</t>
         </is>
       </c>
-      <c r="M146" s="3" t="inlineStr">
+      <c r="M224" s="3" t="inlineStr">
         <is>
           <t>20/02/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="147">
-[...5 lines deleted...]
-      <c r="C147" s="3" t="inlineStr">
+    <row outlineLevel="0" r="225">
+      <c r="A225" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C225" s="3" t="inlineStr">
+        <is>
+          <t>2015</t>
+        </is>
+      </c>
+      <c r="D225" s="3" t="inlineStr">
+        <is>
+          <t>VICE-PREFEITURA</t>
+        </is>
+      </c>
+      <c r="E225" s="3" t="inlineStr">
+        <is>
+          <t>10/2015</t>
+        </is>
+      </c>
+      <c r="F225" s="3" t="inlineStr">
+        <is>
+          <t>25/02/2016</t>
+        </is>
+      </c>
+      <c r="G225" s="3" t="inlineStr">
+        <is>
+          <t>SRP.PP.2015.001.PMA.SEURB</t>
+        </is>
+      </c>
+      <c r="H225" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA O FORNECIMENTO DE VALE COMBUSTIVEL, NA FORMA IMPRESSA EM PAPEL E CARTAO MAGNETICO/CHIP, INTEGRADO COM SERVIÇO DE GERENCIAMENTO DE ABASTECIMENTO DE COMBUSTIVEIS DE VEICULO, POR MEIO DA IMPLANTAÇÃO E OPERAÇÃO D</t>
+        </is>
+      </c>
+      <c r="M225" s="3" t="inlineStr">
+        <is>
+          <t>25/02/2016</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="226">
+      <c r="A226" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C226" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D147" s="3" t="inlineStr">
+      <c r="D226" s="3" t="inlineStr">
         <is>
           <t>CGM</t>
         </is>
       </c>
-      <c r="E147" s="3" t="inlineStr">
+      <c r="E226" s="3" t="inlineStr">
         <is>
           <t>005/2018-ADM.CGM</t>
         </is>
       </c>
-      <c r="F147" s="3" t="inlineStr">
+      <c r="F226" s="3" t="inlineStr">
         <is>
           <t>20/02/2018</t>
         </is>
       </c>
-      <c r="G147" s="3" t="inlineStr">
+      <c r="G226" s="3" t="inlineStr">
         <is>
           <t>PE.SRP2017.005.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H147" s="3" t="inlineStr">
+      <c r="H226" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (LIMPEZA E HIGIENE)</t>
         </is>
       </c>
-      <c r="M147" s="3" t="inlineStr">
+      <c r="M226" s="3" t="inlineStr">
         <is>
           <t>20/02/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="148">
-[...5 lines deleted...]
-      <c r="B148" s="3" t="inlineStr">
+    <row outlineLevel="0" r="227">
+      <c r="A227" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C227" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D227" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E227" s="3" t="inlineStr">
+        <is>
+          <t>3282/2020</t>
+        </is>
+      </c>
+      <c r="F227" s="3" t="inlineStr">
+        <is>
+          <t>25/01/2021</t>
+        </is>
+      </c>
+      <c r="G227" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 001/2019. CMA. PMA</t>
+        </is>
+      </c>
+      <c r="H227" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO Á INTERNET CORPORATIVA VIA FIBRA OPTICA COM VELOCIDADE DE 30 MB SIMÉTRICOE LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO A PONTO DEDICADO, COM TAXA DE TRANSMISSÃO DE 10 GB</t>
+        </is>
+      </c>
+      <c r="M227" s="3" t="inlineStr">
+        <is>
+          <t>25/01/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="228">
+      <c r="A228" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B228" s="3" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="C148" s="3" t="inlineStr">
+      <c r="C228" s="3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="D148" s="3" t="inlineStr">
+      <c r="D228" s="3" t="inlineStr">
         <is>
           <t>SEPOF</t>
         </is>
       </c>
-      <c r="E148" s="3" t="inlineStr">
+      <c r="E228" s="3" t="inlineStr">
         <is>
           <t>PROCESSO Nº18.926/2024</t>
         </is>
       </c>
-      <c r="G148" s="3" t="inlineStr">
+      <c r="G228" s="3" t="inlineStr">
         <is>
           <t>SRP Nº 9/2023 SEMED -PA</t>
         </is>
       </c>
-      <c r="H148" s="3" t="inlineStr">
+      <c r="H228" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM FORNECIMENTO DE MATERIAL DE EXPEDIENTE_x000d_
 </t>
         </is>
       </c>
-      <c r="I148" s="3" t="inlineStr">
+      <c r="I228" s="3" t="inlineStr">
         <is>
           <t>10/12/2024</t>
         </is>
       </c>
-      <c r="J148" s="3" t="inlineStr">
+      <c r="J228" s="3" t="inlineStr">
         <is>
           <t>SEPOF - SECRETARIA MUNICIPAL DE PLANEJAMENTO , ORÇAMENTO E FINANÇAS</t>
         </is>
       </c>
-      <c r="M148" s="3" t="inlineStr">
+      <c r="M228" s="3" t="inlineStr">
         <is>
           <t>19/12/2024</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="149">
-[...5 lines deleted...]
-      <c r="B149" s="3" t="inlineStr">
+    <row outlineLevel="0" r="229">
+      <c r="A229" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C229" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D229" s="3" t="inlineStr">
+        <is>
+          <t>SEDEC</t>
+        </is>
+      </c>
+      <c r="E229" s="3" t="inlineStr">
+        <is>
+          <t>049/2019-SEMUPA</t>
+        </is>
+      </c>
+      <c r="F229" s="3" t="inlineStr">
+        <is>
+          <t>24/12/2020</t>
+        </is>
+      </c>
+      <c r="G229" s="3" t="inlineStr">
+        <is>
+          <t>SRP.PP.2019.001.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="H229" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº SRP.PP.2019.001.PMA.SEMUTRAN - PARA PRESTAÇÃO DE SERVIÇOS DE FORNECIMENTO DE VALE COMBUSTÍVEL, TIPO IMPRESSO.</t>
+        </is>
+      </c>
+      <c r="M229" s="3" t="inlineStr">
+        <is>
+          <t>24/12/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="230">
+      <c r="A230" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B230" s="3" t="inlineStr">
         <is>
           <t>09093</t>
         </is>
       </c>
-      <c r="C149" s="3" t="inlineStr">
+      <c r="C230" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D149" s="3" t="inlineStr">
+      <c r="D230" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E149" s="3" t="inlineStr">
+      <c r="E230" s="3" t="inlineStr">
         <is>
           <t>16.572/2023</t>
         </is>
       </c>
-      <c r="G149" s="3" t="inlineStr">
+      <c r="G230" s="3" t="inlineStr">
         <is>
           <t>Nº 2023.09.093.PMA.SEMUTRAN- ATA DE REGISTRO DE PREÇOS Nº 2022.060.SESAU.PMA</t>
         </is>
       </c>
-      <c r="H149" s="3" t="inlineStr">
+      <c r="H230" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE MATERIAL PERMANENTE – MOBILIÁRIO GERAL, PARA ATENDER A SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO.</t>
         </is>
       </c>
-      <c r="I149" s="3" t="inlineStr">
+      <c r="I230" s="3" t="inlineStr">
         <is>
           <t>28/09/2023</t>
         </is>
       </c>
-      <c r="M149" s="3" t="inlineStr">
+      <c r="M230" s="3" t="inlineStr">
         <is>
           <t>19/12/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="150">
-[...5 lines deleted...]
-      <c r="C150" s="3" t="inlineStr">
+    <row outlineLevel="0" r="231">
+      <c r="A231" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B231" s="3" t="inlineStr">
+        <is>
+          <t>011</t>
+        </is>
+      </c>
+      <c r="C231" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D231" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E231" s="3" t="inlineStr">
+        <is>
+          <t>13.725/2023</t>
+        </is>
+      </c>
+      <c r="G231" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL DO PREGÂO ELETRÔNICO SRP Nº 2022.011.CMA</t>
+        </is>
+      </c>
+      <c r="H231" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE SOLUÇÃO ELETRÔNICA QUE PERMITA GERENCIAR E ORGANIZAR O ATENDIMENTO POR SENHAS, CONTEMPLANDO LOCAÇÃO DE EQUIPAMENTOS E SISTEMAS, COM ASSISTÊNCIA TÉCNICA E MANUTENÇÃO CORRETIVA, PREVENTIVA E ESPECIALIZ</t>
+        </is>
+      </c>
+      <c r="I231" s="3" t="inlineStr">
+        <is>
+          <t>24/11/2023</t>
+        </is>
+      </c>
+      <c r="M231" s="3" t="inlineStr">
+        <is>
+          <t>24/11/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="232">
+      <c r="A232" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C232" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D150" s="3" t="inlineStr">
+      <c r="D232" s="3" t="inlineStr">
         <is>
           <t>SEPOF</t>
         </is>
       </c>
-      <c r="E150" s="3" t="inlineStr">
+      <c r="E232" s="3" t="inlineStr">
         <is>
           <t>115/2020</t>
         </is>
       </c>
-      <c r="F150" s="3" t="inlineStr">
+      <c r="F232" s="3" t="inlineStr">
         <is>
           <t>19/11/2020</t>
         </is>
       </c>
-      <c r="G150" s="3" t="inlineStr">
+      <c r="G232" s="3" t="inlineStr">
         <is>
           <t>SRP Nº 2019.004.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H150" s="3" t="inlineStr">
+      <c r="H232" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO ( TONNER, CARTUCHO E PERIFÉRICOS )</t>
         </is>
       </c>
-      <c r="M150" s="3" t="inlineStr">
+      <c r="M232" s="3" t="inlineStr">
         <is>
           <t>19/11/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="151">
-[...5 lines deleted...]
-      <c r="C151" s="3" t="inlineStr">
+    <row outlineLevel="0" r="233">
+      <c r="A233" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B233" s="3" t="inlineStr">
+        <is>
+          <t>013</t>
+        </is>
+      </c>
+      <c r="C233" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D233" s="3" t="inlineStr">
+        <is>
+          <t>FMAS</t>
+        </is>
+      </c>
+      <c r="E233" s="3" t="inlineStr">
+        <is>
+          <t>007/2023-SEMCAT/PMA</t>
+        </is>
+      </c>
+      <c r="F233" s="3" t="inlineStr">
+        <is>
+          <t>24/08/2023</t>
+        </is>
+      </c>
+      <c r="G233" s="3" t="inlineStr">
+        <is>
+          <t>#SRP N°. 013/2022- PREFEITURA DE SANTA IZABEL</t>
+        </is>
+      </c>
+      <c r="H233" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSTRUÇÃO, HIDRÁULICO E DE PINTURA PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT.</t>
+        </is>
+      </c>
+      <c r="I233" s="3" t="inlineStr">
+        <is>
+          <t>10/03/2023</t>
+        </is>
+      </c>
+      <c r="J233" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT</t>
+        </is>
+      </c>
+      <c r="M233" s="3" t="inlineStr">
+        <is>
+          <t>24/08/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="234">
+      <c r="A234" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C234" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D151" s="3" t="inlineStr">
+      <c r="D234" s="3" t="inlineStr">
         <is>
           <t>SESDS</t>
         </is>
       </c>
-      <c r="E151" s="3" t="inlineStr">
+      <c r="E234" s="3" t="inlineStr">
         <is>
           <t>EDITAL - SISTEMA DE REGISTRO DE PREÇOS PREGÃO ELETRÔNICO N°.2019.003.PMA.SEMED</t>
         </is>
       </c>
-      <c r="F151" s="3" t="inlineStr">
+      <c r="F234" s="3" t="inlineStr">
         <is>
           <t>19/11/2019</t>
         </is>
       </c>
-      <c r="G151" s="3" t="inlineStr">
+      <c r="G234" s="3" t="inlineStr">
         <is>
           <t>3671/2018/SEMED</t>
         </is>
       </c>
-      <c r="H151" s="3" t="inlineStr">
+      <c r="H234" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (LIMPEZA E HIGIENE) PARA ATENDER AS NECESSIDADES DA SECRETARIA DE SEGURANÇA E DO COMANDO DA GUARDA CIVIL MUNICIPAL DE ANANINDEUA.</t>
         </is>
       </c>
-      <c r="M151" s="3" t="inlineStr">
+      <c r="M234" s="3" t="inlineStr">
         <is>
           <t>19/11/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="152">
-[...5 lines deleted...]
-      <c r="C152" s="3" t="inlineStr">
+    <row outlineLevel="0" r="235">
+      <c r="A235" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B235" s="3" t="inlineStr">
+        <is>
+          <t>13332</t>
+        </is>
+      </c>
+      <c r="C235" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D235" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E235" s="3" t="inlineStr">
+        <is>
+          <t>5464/2023</t>
+        </is>
+      </c>
+      <c r="F235" s="3" t="inlineStr">
+        <is>
+          <t>24/08/2023</t>
+        </is>
+      </c>
+      <c r="G235" s="3" t="inlineStr">
+        <is>
+          <t>#ADESÃO A ATA DE REGISTRO DE PREÇO - LICITAWEB Nº2022/13332</t>
+        </is>
+      </c>
+      <c r="H235" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA AQUISIÇÃO E INSTALAÇÃO DE APARELHOS DE AR CONDICIONADO, PARA ATENDER ÁS NECESSIDADES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DE ANANINDEUA</t>
+        </is>
+      </c>
+      <c r="I235" s="3" t="inlineStr">
+        <is>
+          <t>10/04/2023</t>
+        </is>
+      </c>
+      <c r="J235" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO - SEMED</t>
+        </is>
+      </c>
+      <c r="M235" s="3" t="inlineStr">
+        <is>
+          <t>24/08/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="236">
+      <c r="A236" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C236" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D152" s="3" t="inlineStr">
+      <c r="D236" s="3" t="inlineStr">
         <is>
           <t>SESDS</t>
         </is>
       </c>
-      <c r="E152" s="3" t="inlineStr">
+      <c r="E236" s="3" t="inlineStr">
         <is>
           <t>008/2018-CMA</t>
         </is>
       </c>
-      <c r="F152" s="3" t="inlineStr">
+      <c r="F236" s="3" t="inlineStr">
         <is>
           <t>19/11/2018</t>
         </is>
       </c>
-      <c r="G152" s="3" t="inlineStr">
+      <c r="G236" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIAL SISTEMA DE REGISTRO DE PREÇOS N°003/2018-CMA.</t>
         </is>
       </c>
-      <c r="H152" s="3" t="inlineStr">
+      <c r="H236" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA PARA O FORNECIMENTO DE CARTUCHOS, TONER PARA IMPRESSORA E MATERIAL DE EXPEDIENTE, PARA PERÍODO DE 12 (DOZE) MESES.</t>
         </is>
       </c>
-      <c r="M152" s="3" t="inlineStr">
+      <c r="M236" s="3" t="inlineStr">
         <is>
           <t>19/11/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="153">
-[...5 lines deleted...]
-      <c r="C153" s="3" t="inlineStr">
+    <row outlineLevel="0" r="237">
+      <c r="A237" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C237" s="3" t="inlineStr">
+        <is>
+          <t>2015</t>
+        </is>
+      </c>
+      <c r="D237" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E237" s="3" t="inlineStr">
+        <is>
+          <t>PP SRP Nº 2015.001.PMA.SEMAD</t>
+        </is>
+      </c>
+      <c r="F237" s="3" t="inlineStr">
+        <is>
+          <t>24/08/2016</t>
+        </is>
+      </c>
+      <c r="H237" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO À INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM A VELOCIDADE DE 10 MB SIMÉTRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO-A-PONTO DEDICADO COM TAXA DE TRANSMISSÃO DE 100</t>
+        </is>
+      </c>
+      <c r="M237" s="3" t="inlineStr">
+        <is>
+          <t>24/08/2016</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="238">
+      <c r="A238" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C238" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D153" s="3" t="inlineStr">
+      <c r="D238" s="3" t="inlineStr">
         <is>
           <t>SESAU</t>
         </is>
       </c>
-      <c r="E153" s="3" t="inlineStr">
+      <c r="E238" s="3" t="inlineStr">
         <is>
           <t>3668</t>
         </is>
       </c>
-      <c r="F153" s="3" t="inlineStr">
+      <c r="F238" s="3" t="inlineStr">
         <is>
           <t>19/09/2019</t>
         </is>
       </c>
-      <c r="G153" s="3" t="inlineStr">
+      <c r="G238" s="3" t="inlineStr">
         <is>
           <t>10001</t>
         </is>
       </c>
-      <c r="H153" s="3" t="inlineStr">
+      <c r="H238" s="3" t="inlineStr">
         <is>
           <t>SOLICITAÇÃO DE AQUISIÇÃO DE MATERIAL DE CONSUMO (CAFÉ, AÇÚCAR, LEITE ,ADOCANTE,FILTRO) ATRAVÉS DA ATA DE REGISTRO DE PREÇO Nº001.2019.PMA-SEMED</t>
         </is>
       </c>
-      <c r="M153" s="3" t="inlineStr">
+      <c r="M238" s="3" t="inlineStr">
         <is>
           <t>19/09/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="154">
-[...5 lines deleted...]
-      <c r="C154" s="3" t="inlineStr">
+    <row outlineLevel="0" r="239">
+      <c r="A239" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C239" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D239" s="3" t="inlineStr">
+        <is>
+          <t>SEMA</t>
+        </is>
+      </c>
+      <c r="E239" s="3" t="inlineStr">
+        <is>
+          <t>066/2020</t>
+        </is>
+      </c>
+      <c r="F239" s="3" t="inlineStr">
+        <is>
+          <t>24/07/2020</t>
+        </is>
+      </c>
+      <c r="G239" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATO ADMINISTRATIVO Nº 003/2020-SEMA/PMA</t>
+        </is>
+      </c>
+      <c r="H239" s="3" t="inlineStr">
+        <is>
+          <t>LOCAÇÃO DE VEÍCULO UTILITÁRIO, COM QUILOMETRAGEM LIVRE, COM MANUTENÇÃO, SEM MOTORISTA E SEM COMBUSTÍVEL</t>
+        </is>
+      </c>
+      <c r="M239" s="3" t="inlineStr">
+        <is>
+          <t>24/07/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="240">
+      <c r="A240" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C240" s="3" t="inlineStr">
         <is>
           <t>1994</t>
         </is>
       </c>
-      <c r="D154" s="3" t="inlineStr">
+      <c r="D240" s="3" t="inlineStr">
         <is>
           <t>SESAU</t>
         </is>
       </c>
-      <c r="E154" s="3" t="inlineStr">
+      <c r="E240" s="3" t="inlineStr">
         <is>
           <t>3668</t>
         </is>
       </c>
-      <c r="F154" s="3" t="inlineStr">
+      <c r="F240" s="3" t="inlineStr">
         <is>
           <t>19/09/1994</t>
         </is>
       </c>
-      <c r="G154" s="3" t="inlineStr">
+      <c r="G240" s="3" t="inlineStr">
         <is>
           <t>10001</t>
         </is>
       </c>
-      <c r="H154" s="3" t="inlineStr">
+      <c r="H240" s="3" t="inlineStr">
         <is>
           <t>SOLICITAÇÃO DE AQUISIÇÃO DE MATERIAL DE CONSUMO (CAFÉ, AÇÚCAR, LEITE ,ADOCANTE,FILTRO) ATRAVÉS DA ATA DE REGISTRO DE PREÇO Nº001.2019.PMA-SEMED</t>
         </is>
       </c>
-      <c r="M154" s="3" t="inlineStr">
+      <c r="M240" s="3" t="inlineStr">
         <is>
           <t>19/09/1994</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="155">
-[...5 lines deleted...]
-      <c r="B155" s="3" t="inlineStr">
+    <row outlineLevel="0" r="241">
+      <c r="A241" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C241" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D241" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E241" s="3" t="inlineStr">
+        <is>
+          <t>155</t>
+        </is>
+      </c>
+      <c r="F241" s="3" t="inlineStr">
+        <is>
+          <t>24/07/2019</t>
+        </is>
+      </c>
+      <c r="G241" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 50/0162018.PP.PMM.SEMED</t>
+        </is>
+      </c>
+      <c r="H241" s="3" t="inlineStr">
+        <is>
+          <t>LOCAÇÃO DE VEÍCULOS DE PEQUENOS, MÉDIO E GRANDE PORTE</t>
+        </is>
+      </c>
+      <c r="M241" s="3" t="inlineStr">
+        <is>
+          <t>24/07/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="242">
+      <c r="A242" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B242" s="3" t="inlineStr">
         <is>
           <t>00024</t>
         </is>
       </c>
-      <c r="C155" s="3" t="inlineStr">
+      <c r="C242" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D155" s="3" t="inlineStr">
+      <c r="D242" s="3" t="inlineStr">
         <is>
           <t>SEDEC</t>
         </is>
       </c>
-      <c r="E155" s="3" t="inlineStr">
+      <c r="E242" s="3" t="inlineStr">
         <is>
           <t>00024/2023</t>
         </is>
       </c>
-      <c r="G155" s="3" t="inlineStr">
+      <c r="G242" s="3" t="inlineStr">
         <is>
           <t>9/2023-00024-SRP/PMMR</t>
         </is>
       </c>
-      <c r="H155" s="3" t="inlineStr">
+      <c r="H242" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SERVIÇOS DE MALHARIA</t>
         </is>
       </c>
-      <c r="I155" s="3" t="inlineStr">
+      <c r="I242" s="3" t="inlineStr">
         <is>
           <t>18/07/2024</t>
         </is>
       </c>
-      <c r="M155" s="3" t="inlineStr">
+      <c r="M242" s="3" t="inlineStr">
         <is>
           <t>19/07/2024</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="156">
-[...5 lines deleted...]
-      <c r="B156" s="3" t="inlineStr">
+    <row outlineLevel="0" r="243">
+      <c r="A243" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C243" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D243" s="3" t="inlineStr">
+        <is>
+          <t>SEMCAT</t>
+        </is>
+      </c>
+      <c r="E243" s="3" t="inlineStr">
+        <is>
+          <t>060/2021-SEMCAT</t>
+        </is>
+      </c>
+      <c r="F243" s="3" t="inlineStr">
+        <is>
+          <t>24/05/2021</t>
+        </is>
+      </c>
+      <c r="G243" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO-SRP N°. 003/2020-SES</t>
+        </is>
+      </c>
+      <c r="H243" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS TÉCNICOS DE INSTALAÇÃO, MANUTENÇÃO PREVENTIVA E CORRETIVA, COM FORNECIMENTO DE MATERIAIS, EM CENTRAIS DE AR TIPO SPLIT E APARELHOS DE AR-CONDICIONADO</t>
+        </is>
+      </c>
+      <c r="M243" s="3" t="inlineStr">
+        <is>
+          <t>24/05/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="244">
+      <c r="A244" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B244" s="3" t="inlineStr">
         <is>
           <t>007</t>
         </is>
       </c>
-      <c r="C156" s="3" t="inlineStr">
+      <c r="C244" s="3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="D156" s="3" t="inlineStr">
+      <c r="D244" s="3" t="inlineStr">
         <is>
           <t>SEDEC</t>
         </is>
       </c>
-      <c r="E156" s="3" t="inlineStr">
+      <c r="E244" s="3" t="inlineStr">
         <is>
           <t>11.113/2024</t>
         </is>
       </c>
-      <c r="G156" s="3" t="inlineStr">
+      <c r="G244" s="3" t="inlineStr">
         <is>
           <t>007/2024-SEDEC</t>
         </is>
       </c>
-      <c r="H156" s="3" t="inlineStr">
+      <c r="H244" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM CONFECÇÃO DE UNICFORMES PARA ATENDER DEMANDA DA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO ECONOMICO -SEDEC</t>
         </is>
       </c>
-      <c r="I156" s="3" t="inlineStr">
+      <c r="I244" s="3" t="inlineStr">
         <is>
           <t>10/07/2024</t>
         </is>
       </c>
-      <c r="M156" s="3" t="inlineStr">
+      <c r="M244" s="3" t="inlineStr">
         <is>
           <t>19/07/2024</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="157">
-[...5 lines deleted...]
-      <c r="C157" s="3" t="inlineStr">
+    <row outlineLevel="0" r="245">
+      <c r="A245" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B245" s="3" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="C245" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D245" s="3" t="inlineStr">
+        <is>
+          <t>FMS</t>
+        </is>
+      </c>
+      <c r="E245" s="3" t="inlineStr">
+        <is>
+          <t>1363</t>
+        </is>
+      </c>
+      <c r="F245" s="3" t="inlineStr">
+        <is>
+          <t>24/04/2023</t>
+        </is>
+      </c>
+      <c r="G245" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL NºSRP Nº11/2022-SEMAD-MARITUBA-PA</t>
+        </is>
+      </c>
+      <c r="H245" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE EXPEDIENTE PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE DE ANANINDEUA</t>
+        </is>
+      </c>
+      <c r="I245" s="3" t="inlineStr">
+        <is>
+          <t>22/03/2023</t>
+        </is>
+      </c>
+      <c r="J245" s="3" t="inlineStr">
+        <is>
+          <t>ENDEREÇO ELETRÔNICO-WWWPORTALDECOMPRASPUBLICAS.COM.BR</t>
+        </is>
+      </c>
+      <c r="K245" s="3" t="inlineStr">
+        <is>
+          <t>RONILDO DA COSTA FREITAS (Titular) ADRIANA ARAÚJO DE LIMA (Suplente)</t>
+        </is>
+      </c>
+      <c r="L245" s="3" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ADESÃO A ATA DE REGISTRO DE PREÇOS Nº011/2022-004-SEMAD-PREFEITURA MUNICIPAL DE SAÚDE DE MARITUBA&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M245" s="3" t="inlineStr">
+        <is>
+          <t>24/04/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="246">
+      <c r="A246" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C246" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D157" s="3" t="inlineStr">
+      <c r="D246" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E157" s="3" t="inlineStr">
+      <c r="E246" s="3" t="inlineStr">
         <is>
           <t>2031/2019</t>
         </is>
       </c>
-      <c r="F157" s="3" t="inlineStr">
+      <c r="F246" s="3" t="inlineStr">
         <is>
           <t>19/07/2019</t>
         </is>
       </c>
-      <c r="G157" s="3" t="inlineStr">
+      <c r="G246" s="3" t="inlineStr">
         <is>
           <t>MEMO N° 550/2019</t>
         </is>
       </c>
-      <c r="H157" s="3" t="inlineStr">
+      <c r="H246" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSTRUÇÃO PARA ATENDER AS NECESSIDADES DAS ESCOLAS DA REDE MUNICIPAL DE ENSINO DE ANANINDEUA E DA SEMED</t>
         </is>
       </c>
-      <c r="M157" s="3" t="inlineStr">
+      <c r="M246" s="3" t="inlineStr">
         <is>
           <t>19/07/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="158">
-[...5 lines deleted...]
-      <c r="C158" s="3" t="inlineStr">
+    <row outlineLevel="0" r="247">
+      <c r="A247" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C247" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D247" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E247" s="3" t="inlineStr">
+        <is>
+          <t>483/2017-SEMCAT</t>
+        </is>
+      </c>
+      <c r="F247" s="3" t="inlineStr">
+        <is>
+          <t>24/04/2018</t>
+        </is>
+      </c>
+      <c r="G247" s="3" t="inlineStr">
+        <is>
+          <t>SRP.2017.007.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H247" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL GRÁFICO, PARA ATENDER AS NECESSIDADES DA SEMAD</t>
+        </is>
+      </c>
+      <c r="M247" s="3" t="inlineStr">
+        <is>
+          <t>24/04/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="248">
+      <c r="A248" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C248" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D158" s="3" t="inlineStr">
+      <c r="D248" s="3" t="inlineStr">
         <is>
           <t>SESAU</t>
         </is>
       </c>
-      <c r="E158" s="3" t="inlineStr">
+      <c r="E248" s="3" t="inlineStr">
         <is>
           <t>9756</t>
         </is>
       </c>
-      <c r="F158" s="3" t="inlineStr">
+      <c r="F248" s="3" t="inlineStr">
         <is>
           <t>19/06/2020</t>
         </is>
       </c>
-      <c r="G158" s="3" t="inlineStr">
+      <c r="G248" s="3" t="inlineStr">
         <is>
           <t>9756</t>
         </is>
       </c>
-      <c r="H158" s="3" t="inlineStr">
+      <c r="H248" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE LOCAÇÃO DE EQUIPAMENTOS DE INFORMÁTICA, DESTINADOS A ATENDER AS NECESSIDADES DA REDE MUNICIPAL DE SAÚDE DE ANANINDEUA.</t>
         </is>
       </c>
-      <c r="M158" s="3" t="inlineStr">
+      <c r="M248" s="3" t="inlineStr">
         <is>
           <t>19/06/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="159">
-[...5 lines deleted...]
-      <c r="B159" s="3" t="inlineStr">
+    <row outlineLevel="0" r="249">
+      <c r="A249" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C249" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D249" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E249" s="3" t="inlineStr">
+        <is>
+          <t>PROCESSO Nº 135/2017-SEMCAT</t>
+        </is>
+      </c>
+      <c r="F249" s="3" t="inlineStr">
+        <is>
+          <t>24/04/2018</t>
+        </is>
+      </c>
+      <c r="G249" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL PREGÃO PRESENCIAL PARA REGISTRO DE PREÇOS Nº SRP.2017.001.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H249" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO EMPRESA ESPECIALIZADA EM FORNECIMENTO DE GÁS LIQUEFEITO E ÁGUA MINERAL PARA ATENDER AS NECESSIDADES DA SECRETARIA DE SEGURANÇA E DEFESA SOCIAL, GUARDA CIVIL MUNICIPAL DE ANANINDEUA E SUAS DEPENDÊNCIAS. (PARA UM PERÍODO DE 12 MESES)</t>
+        </is>
+      </c>
+      <c r="M249" s="3" t="inlineStr">
+        <is>
+          <t>24/04/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="250">
+      <c r="A250" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C250" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D250" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E250" s="3" t="inlineStr">
+        <is>
+          <t>SRP.2017.001.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="F250" s="3" t="inlineStr">
+        <is>
+          <t>24/04/2018</t>
+        </is>
+      </c>
+      <c r="H250" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO EMPRESA ESPECIALIZADA EM FORNECIMENTO DE GÁS LIQUEFEITO E ÁGUA MINERAL PARA ATENDER AS NECESSIDADES DA SECRETARIA DE SEGURANÇA E DEFESA SOCIAL, GUARDA CIVIL MUNICIPAL DE ANANINDEUA E SUAS DEPENDÊNCIAS. (PARA UM PERÍODO DE 12 MESES)</t>
+        </is>
+      </c>
+      <c r="M250" s="3" t="inlineStr">
+        <is>
+          <t>24/04/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="251">
+      <c r="A251" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B251" s="3" t="inlineStr">
         <is>
           <t>002</t>
         </is>
       </c>
-      <c r="C159" s="3" t="inlineStr">
+      <c r="C251" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D159" s="3" t="inlineStr">
+      <c r="D251" s="3" t="inlineStr">
         <is>
           <t>GABINETE</t>
         </is>
       </c>
-      <c r="E159" s="3" t="inlineStr">
+      <c r="E251" s="3" t="inlineStr">
         <is>
           <t>2020.02.013.GP.PMA</t>
         </is>
       </c>
-      <c r="F159" s="3" t="inlineStr">
+      <c r="F251" s="3" t="inlineStr">
         <is>
           <t>19/06/2020</t>
         </is>
       </c>
-      <c r="G159" s="3" t="inlineStr">
+      <c r="G251" s="3" t="inlineStr">
         <is>
           <t>SRP Nº 2019.002.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H159" s="3" t="inlineStr">
+      <c r="H251" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO DE MÁQUINAS MULTIFUNCIONAIS E IMPRESSORA MONOCROMÁTICA, COM FORNECIMENTO DE PEÇAS, MANUTENÇÃO PREVENTIVA E CORRETIVA, SUPRIMENTOS E CONSUMÍVEIS, EXCETO PAPEL.</t>
         </is>
       </c>
-      <c r="I159" s="3" t="inlineStr">
+      <c r="I251" s="3" t="inlineStr">
         <is>
           <t>03/12/2019</t>
         </is>
       </c>
-      <c r="J159" s="3" t="inlineStr">
+      <c r="J251" s="3" t="inlineStr">
         <is>
           <t>SALA DE REUNIÕES DA COMISSÃO PERMANENTE DE LICITAÇÃO, LOCALIZADA NA SEDE DA PREFEITURA MUNICIPAL DE ANANINDEUA/PMA, SITUADA À AVENIDA MAGALHÃES BARATA</t>
         </is>
       </c>
-      <c r="M159" s="3" t="inlineStr">
+      <c r="M251" s="3" t="inlineStr">
         <is>
           <t>19/06/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="160">
-[...5 lines deleted...]
-      <c r="B160" s="3" t="inlineStr">
+    <row outlineLevel="0" r="252">
+      <c r="A252" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B252" s="3" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
-      <c r="C160" s="3" t="inlineStr">
+      <c r="C252" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D160" s="3" t="inlineStr">
+      <c r="D252" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E160" s="3" t="inlineStr">
+      <c r="E252" s="3" t="inlineStr">
         <is>
           <t>5132/2023</t>
         </is>
       </c>
-      <c r="F160" s="3" t="inlineStr">
+      <c r="F252" s="3" t="inlineStr">
         <is>
           <t>19/05/2023</t>
         </is>
       </c>
-      <c r="G160" s="3" t="inlineStr">
+      <c r="G252" s="3" t="inlineStr">
         <is>
           <t>ATA DE REGISTRO DE PREÇOS DE Nº 012/2022-001 - CONT. 09/2023 - SEMED</t>
         </is>
       </c>
-      <c r="H160" s="3" t="inlineStr">
+      <c r="H252" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAIS DE LIMPEZA PARA ATENDER AS NECESSIDADES DA REDE MUNICIPAL DE EDUCAÇÃO - RME DO MUNICIPIO DE ENSINO DE ANANINDEUA - SEMED,</t>
         </is>
       </c>
-      <c r="I160" s="3" t="inlineStr">
+      <c r="I252" s="3" t="inlineStr">
         <is>
           <t>06/02/2023</t>
         </is>
       </c>
-      <c r="J160" s="3" t="inlineStr">
+      <c r="J252" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO - SEMED</t>
         </is>
       </c>
-      <c r="K160" s="3" t="inlineStr">
+      <c r="K252" s="3" t="inlineStr">
         <is>
           <t>ELIETE VIEIRA DA SILVA (Titular) GERSON DE NAZARÉ SILVEIRA REIS (Suplente)</t>
         </is>
       </c>
-      <c r="M160" s="3" t="inlineStr">
+      <c r="M252" s="3" t="inlineStr">
         <is>
           <t>19/05/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="161">
-[...5 lines deleted...]
-      <c r="B161" s="3" t="inlineStr">
+    <row outlineLevel="0" r="253">
+      <c r="A253" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C253" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D253" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E253" s="3" t="inlineStr">
+        <is>
+          <t>1307/2020</t>
+        </is>
+      </c>
+      <c r="F253" s="3" t="inlineStr">
+        <is>
+          <t>23/11/2020</t>
+        </is>
+      </c>
+      <c r="G253" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 146/2018. SEMAD</t>
+        </is>
+      </c>
+      <c r="H253" s="3" t="inlineStr">
+        <is>
+          <t>EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS PARA A LOCAÇÃO DE VEÍCULOS MENSAL, COM QUILOMETRAGEM LIVRE, SEM MOTORISTA E SEM FORNECIMENTO DE COMBUSTÍVEL</t>
+        </is>
+      </c>
+      <c r="M253" s="3" t="inlineStr">
+        <is>
+          <t>23/11/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="254">
+      <c r="A254" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B254" s="3" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
-      <c r="C161" s="3" t="inlineStr">
+      <c r="C254" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D161" s="3" t="inlineStr">
+      <c r="D254" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E161" s="3" t="inlineStr">
+      <c r="E254" s="3" t="inlineStr">
         <is>
           <t>5131/2023</t>
         </is>
       </c>
-      <c r="F161" s="3" t="inlineStr">
+      <c r="F254" s="3" t="inlineStr">
         <is>
           <t>19/05/2023</t>
         </is>
       </c>
-      <c r="G161" s="3" t="inlineStr">
+      <c r="G254" s="3" t="inlineStr">
         <is>
           <t>ATA DE REGISTRO DE PREÇOS DE Nº 011/2022 - CONT. 010/2023 - SEMED</t>
         </is>
       </c>
-      <c r="H161" s="3" t="inlineStr">
+      <c r="H254" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE EXPEDIENTE E ESCRITÓRIO PARA ATENDER A NECESSIDADE DA SECRETÁRIA MUNICIPAL DE EDUCAÇÃO DE ANANINDEUA - SEMED,</t>
         </is>
       </c>
-      <c r="I161" s="3" t="inlineStr">
+      <c r="I254" s="3" t="inlineStr">
         <is>
           <t>06/02/2023</t>
         </is>
       </c>
-      <c r="J161" s="3" t="inlineStr">
+      <c r="J254" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO - SEMED</t>
         </is>
       </c>
-      <c r="K161" s="3" t="inlineStr">
+      <c r="K254" s="3" t="inlineStr">
         <is>
           <t>ELIETE VIEIRA DA SILVA (Titular) GERSON DE NAZARÉ SILVEIRA REIS (Suplente)</t>
         </is>
       </c>
-      <c r="M161" s="3" t="inlineStr">
+      <c r="M254" s="3" t="inlineStr">
         <is>
           <t>19/05/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="162">
-[...5 lines deleted...]
-      <c r="C162" s="3" t="inlineStr">
+    <row outlineLevel="0" r="255">
+      <c r="A255" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C255" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D162" s="3" t="inlineStr">
+      <c r="D255" s="3" t="inlineStr">
         <is>
           <t>SESDS</t>
         </is>
       </c>
-      <c r="E162" s="3" t="inlineStr">
+      <c r="E255" s="3" t="inlineStr">
         <is>
           <t>251/2018</t>
         </is>
       </c>
-      <c r="F162" s="3" t="inlineStr">
+      <c r="F255" s="3" t="inlineStr">
         <is>
           <t>19/04/2018</t>
         </is>
       </c>
-      <c r="G162" s="3" t="inlineStr">
+      <c r="G255" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIAL 002/2017 - CMA</t>
         </is>
       </c>
-      <c r="H162" s="3" t="inlineStr">
+      <c r="H255" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A PRESTAÇÃO DE SERVIÇOS CONTINUADO, COM DEDICAÇÃO EXCLUSICA DE MÃO DE OBRA, DE MANUTENÇÃO PREVENTIVA E CORRETIVA DO SISTEMA DE AR REFRIGERADO DE JANELA E SPLIT</t>
         </is>
       </c>
-      <c r="M162" s="3" t="inlineStr">
+      <c r="M255" s="3" t="inlineStr">
         <is>
           <t>19/04/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="163">
-[...5 lines deleted...]
-      <c r="C163" s="3" t="inlineStr">
+    <row outlineLevel="0" r="256">
+      <c r="A256" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C256" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D256" s="3" t="inlineStr">
+        <is>
+          <t>SEHAB</t>
+        </is>
+      </c>
+      <c r="E256" s="3" t="inlineStr">
+        <is>
+          <t>0035/2019/CMA</t>
+        </is>
+      </c>
+      <c r="F256" s="3" t="inlineStr">
+        <is>
+          <t>23/07/2020</t>
+        </is>
+      </c>
+      <c r="G256" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL SRP Nº 2019.001.PMA.CMA</t>
+        </is>
+      </c>
+      <c r="H256" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA VISA A PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO À INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM A VELOCIDADE DE 30 MB SIMÉTRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO-A-PONTO DEDICADO COM TAXA DE TRANSMISSÃO DE 10</t>
+        </is>
+      </c>
+      <c r="M256" s="3" t="inlineStr">
+        <is>
+          <t>23/07/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="257">
+      <c r="A257" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C257" s="3" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="D163" s="3" t="inlineStr">
+      <c r="D257" s="3" t="inlineStr">
         <is>
           <t>CGM</t>
         </is>
       </c>
-      <c r="E163" s="3" t="inlineStr">
+      <c r="E257" s="3" t="inlineStr">
         <is>
           <t>018</t>
         </is>
       </c>
-      <c r="F163" s="3" t="inlineStr">
+      <c r="F257" s="3" t="inlineStr">
         <is>
           <t>19/04/2017</t>
         </is>
       </c>
-      <c r="G163" s="3" t="inlineStr">
+      <c r="G257" s="3" t="inlineStr">
         <is>
           <t>SRP Nº 2015.001.PMA.SEMAD</t>
         </is>
       </c>
-      <c r="H163" s="3" t="inlineStr">
+      <c r="H257" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO À INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM VELOCIDADE DE 10MB SIMÉTRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO – A PONTO DEDICADO COM TAXA DE TRANSMISSÃO DE 100MB</t>
         </is>
       </c>
-      <c r="M163" s="3" t="inlineStr">
+      <c r="M257" s="3" t="inlineStr">
         <is>
           <t>19/04/2017</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="164">
-[...5 lines deleted...]
-      <c r="B164" s="3" t="inlineStr">
+    <row outlineLevel="0" r="258">
+      <c r="A258" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C258" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D258" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E258" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL PARA REGISTRO DE PREÇOS Nº SRP.2017.001.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="F258" s="3" t="inlineStr">
+        <is>
+          <t>23/07/2018</t>
+        </is>
+      </c>
+      <c r="H258" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE GÁS LIQUEFEITO E ÁGUA MINERAL.</t>
+        </is>
+      </c>
+      <c r="M258" s="3" t="inlineStr">
+        <is>
+          <t>23/07/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="259">
+      <c r="A259" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B259" s="3" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
-      <c r="C164" s="3" t="inlineStr">
+      <c r="C259" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D164" s="3" t="inlineStr">
+      <c r="D259" s="3" t="inlineStr">
         <is>
           <t>SEMMU</t>
         </is>
       </c>
-      <c r="E164" s="3" t="inlineStr">
+      <c r="E259" s="3" t="inlineStr">
         <is>
           <t>6.118/2022</t>
         </is>
       </c>
-      <c r="F164" s="3" t="inlineStr">
+      <c r="F259" s="3" t="inlineStr">
         <is>
           <t>18/11/2022</t>
         </is>
       </c>
-      <c r="G164" s="3" t="inlineStr">
+      <c r="G259" s="3" t="inlineStr">
         <is>
           <t>2022.014 SEMAD/PMA</t>
         </is>
       </c>
-      <c r="H164" s="3" t="inlineStr">
+      <c r="H259" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SERVIÇOS DE LOCAÇÃO DE VEÍCULOS AUTOMOTORES TERRESTRES.</t>
         </is>
       </c>
-      <c r="I164" s="3" t="inlineStr">
+      <c r="I259" s="3" t="inlineStr">
         <is>
           <t>18/11/2022</t>
         </is>
       </c>
-      <c r="J164" s="3" t="inlineStr">
+      <c r="J259" s="3" t="inlineStr">
         <is>
           <t>ANANINDEUA</t>
         </is>
       </c>
-      <c r="M164" s="3" t="inlineStr">
+      <c r="M259" s="3" t="inlineStr">
         <is>
           <t>18/11/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="165">
-[...5 lines deleted...]
-      <c r="C165" s="3" t="inlineStr">
+    <row outlineLevel="0" r="260">
+      <c r="A260" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C260" s="3" t="inlineStr">
+        <is>
+          <t>2015</t>
+        </is>
+      </c>
+      <c r="D260" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E260" s="3" t="inlineStr">
+        <is>
+          <t>90161/2015</t>
+        </is>
+      </c>
+      <c r="F260" s="3" t="inlineStr">
+        <is>
+          <t>23/06/2017</t>
+        </is>
+      </c>
+      <c r="G260" s="3" t="inlineStr">
+        <is>
+          <t>104/2016</t>
+        </is>
+      </c>
+      <c r="H260" s="3" t="inlineStr">
+        <is>
+          <t>LOCAÇÃO DE VEÍCULOS MENSAL COM KM LIVRE (SEM MOTORISTA E SEM COMBUSTÍVEL) PARA PRESTAÇÃO DE SERVIÇO DE FORMA CONTINUADA A SEREM UTILIZADOS NA ADMINISTRAÇÃO DIRETA E INDIRETA NO MUNICÍPIO DE BELÉM</t>
+        </is>
+      </c>
+      <c r="M260" s="3" t="inlineStr">
+        <is>
+          <t>23/06/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="261">
+      <c r="A261" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C261" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D165" s="3" t="inlineStr">
+      <c r="D261" s="3" t="inlineStr">
         <is>
           <t>SEPOF</t>
         </is>
       </c>
-      <c r="E165" s="3" t="inlineStr">
+      <c r="E261" s="3" t="inlineStr">
         <is>
           <t>06/2020</t>
         </is>
       </c>
-      <c r="F165" s="3" t="inlineStr">
+      <c r="F261" s="3" t="inlineStr">
         <is>
           <t>18/11/2020</t>
         </is>
       </c>
-      <c r="G165" s="3" t="inlineStr">
+      <c r="G261" s="3" t="inlineStr">
         <is>
           <t>SRP.002.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H165" s="3" t="inlineStr">
+      <c r="H261" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO DE MÁQUINAS MULTIFUNCIONAIS E MONOCROMÁTICAS, COM FORNECIMENTO DEPEÇAS, MANUTENÇÃO PREVENTIVA E CORRETIVA</t>
         </is>
       </c>
-      <c r="M165" s="3" t="inlineStr">
+      <c r="M261" s="3" t="inlineStr">
         <is>
           <t>18/11/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="166">
-[...5 lines deleted...]
-      <c r="C166" s="3" t="inlineStr">
+    <row outlineLevel="0" r="262">
+      <c r="A262" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C262" s="3" t="inlineStr">
+        <is>
+          <t>2015</t>
+        </is>
+      </c>
+      <c r="D262" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E262" s="3" t="inlineStr">
+        <is>
+          <t>90161/2015</t>
+        </is>
+      </c>
+      <c r="F262" s="3" t="inlineStr">
+        <is>
+          <t>23/06/2017</t>
+        </is>
+      </c>
+      <c r="G262" s="3" t="inlineStr">
+        <is>
+          <t>104/2016</t>
+        </is>
+      </c>
+      <c r="H262" s="3" t="inlineStr">
+        <is>
+          <t>LOCAÇÃO DE VEÍCULOS MENSAL DE PASSEIO COM QUILOMETRAGEM LIVRE (SEM MOTORISTA E SEM COMBUSTÍVEL)</t>
+        </is>
+      </c>
+      <c r="M262" s="3" t="inlineStr">
+        <is>
+          <t>23/06/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="263">
+      <c r="A263" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C263" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D166" s="3" t="inlineStr">
+      <c r="D263" s="3" t="inlineStr">
         <is>
           <t>SEPOF</t>
         </is>
       </c>
-      <c r="E166" s="3" t="inlineStr">
+      <c r="E263" s="3" t="inlineStr">
         <is>
           <t>112/2020</t>
         </is>
       </c>
-      <c r="F166" s="3" t="inlineStr">
+      <c r="F263" s="3" t="inlineStr">
         <is>
           <t>18/11/2020</t>
         </is>
       </c>
-      <c r="G166" s="3" t="inlineStr">
+      <c r="G263" s="3" t="inlineStr">
         <is>
           <t>2019.001.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H166" s="3" t="inlineStr">
+      <c r="H263" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO ( CAFÉ, AÇÚCAR, LEITE , ADOÇANTE E FILTRO)</t>
         </is>
       </c>
-      <c r="M166" s="3" t="inlineStr">
+      <c r="M263" s="3" t="inlineStr">
         <is>
           <t>18/11/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="167">
-[...5 lines deleted...]
-      <c r="C167" s="3" t="inlineStr">
+    <row outlineLevel="0" r="264">
+      <c r="A264" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C264" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D264" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="E264" s="3" t="inlineStr">
+        <is>
+          <t>201</t>
+        </is>
+      </c>
+      <c r="F264" s="3" t="inlineStr">
+        <is>
+          <t>23/03/2021</t>
+        </is>
+      </c>
+      <c r="G264" s="3" t="inlineStr">
+        <is>
+          <t>026/2021 -ASJUR-SESAU</t>
+        </is>
+      </c>
+      <c r="H264" s="3" t="inlineStr">
+        <is>
+          <t>O PRESENTE CONTRATO TEM POR OBJETO A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DO SERVIÇO DE AGENCIAMENTO DE VIAGENS, COMPREENDENDO OS SERVIÇOS DE PESQUISA,RESERVA, EMISSÂO,MARCAÇÃO,REMARCAÇÃO E CANCELAMENTO DE PASSAGEM AÉREA</t>
+        </is>
+      </c>
+      <c r="M264" s="3" t="inlineStr">
+        <is>
+          <t>23/03/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="265">
+      <c r="A265" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C265" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D167" s="3" t="inlineStr">
+      <c r="D265" s="3" t="inlineStr">
         <is>
           <t>SEPOF</t>
         </is>
       </c>
-      <c r="E167" s="3" t="inlineStr">
+      <c r="E265" s="3" t="inlineStr">
         <is>
           <t>113/2020</t>
         </is>
       </c>
-      <c r="F167" s="3" t="inlineStr">
+      <c r="F265" s="3" t="inlineStr">
         <is>
           <t>18/11/2020</t>
         </is>
       </c>
-      <c r="G167" s="3" t="inlineStr">
+      <c r="G265" s="3" t="inlineStr">
         <is>
           <t>SRP Nº 2019.002.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H167" s="3" t="inlineStr">
+      <c r="H265" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (EXPEDIENTE)</t>
         </is>
       </c>
-      <c r="M167" s="3" t="inlineStr">
+      <c r="M265" s="3" t="inlineStr">
         <is>
           <t>18/11/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="168">
-[...5 lines deleted...]
-      <c r="C168" s="3" t="inlineStr">
+    <row outlineLevel="0" r="266">
+      <c r="A266" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C266" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D266" s="3" t="inlineStr">
+        <is>
+          <t>CGM</t>
+        </is>
+      </c>
+      <c r="E266" s="3" t="inlineStr">
+        <is>
+          <t>007/2018-ADM.CGM</t>
+        </is>
+      </c>
+      <c r="F266" s="3" t="inlineStr">
+        <is>
+          <t>23/02/2018</t>
+        </is>
+      </c>
+      <c r="G266" s="3" t="inlineStr">
+        <is>
+          <t>PE.SRP.2017.004.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H266" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (CAFÉ, AÇUCAR, LEITE , ADOÇANTE, FILTRO, ÁGUA MINERAL EM COPO DE 200ML, GARRAFA 1,5L, NÉCTAR DE FRUTAS E REFRIGERANTE)</t>
+        </is>
+      </c>
+      <c r="M266" s="3" t="inlineStr">
+        <is>
+          <t>23/02/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="267">
+      <c r="A267" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C267" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D168" s="3" t="inlineStr">
+      <c r="D267" s="3" t="inlineStr">
         <is>
           <t>SEPOF</t>
         </is>
       </c>
-      <c r="E168" s="3" t="inlineStr">
+      <c r="E267" s="3" t="inlineStr">
         <is>
           <t>114/2020</t>
         </is>
       </c>
-      <c r="F168" s="3" t="inlineStr">
+      <c r="F267" s="3" t="inlineStr">
         <is>
           <t>18/11/2020</t>
         </is>
       </c>
-      <c r="G168" s="3" t="inlineStr">
+      <c r="G267" s="3" t="inlineStr">
         <is>
           <t>SRP. 2019.003.SEMED.PMA</t>
         </is>
       </c>
-      <c r="H168" s="3" t="inlineStr">
+      <c r="H267" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO ( LIMPEZA E HIGIENE)</t>
         </is>
       </c>
-      <c r="M168" s="3" t="inlineStr">
+      <c r="M267" s="3" t="inlineStr">
         <is>
           <t>18/11/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="169">
-[...5 lines deleted...]
-      <c r="C169" s="3" t="inlineStr">
+    <row outlineLevel="0" r="268">
+      <c r="A268" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B268" s="3" t="inlineStr">
+        <is>
+          <t>022</t>
+        </is>
+      </c>
+      <c r="C268" s="3" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="D268" s="3" t="inlineStr">
+        <is>
+          <t>SML</t>
+        </is>
+      </c>
+      <c r="E268" s="3" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="G268" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO 9/2023.022 SEMED.PMA</t>
+        </is>
+      </c>
+      <c r="H268" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE EXPEDIENTE E ESCRITÓRIO PARA ATENDER AS ATIVIDADES ADMINISTRATIVAS DA SECRETARIA MUNICIPAL DE LICITAÇÃO DE ANANINDEUA/PA.</t>
+        </is>
+      </c>
+      <c r="I268" s="3" t="inlineStr">
+        <is>
+          <t>19/11/2024</t>
+        </is>
+      </c>
+      <c r="J268" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE LICITAÇÃO - SML, AV. MAGALHÃES BARATA, Nº 1515, BR 316, KM 08, BAIRRO CENTRO, ANANINDEUA/PA.</t>
+        </is>
+      </c>
+      <c r="M268" s="3" t="inlineStr">
+        <is>
+          <t>22/11/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="269">
+      <c r="A269" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C269" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D269" s="3" t="inlineStr">
+        <is>
+          <t>PROGE</t>
+        </is>
+      </c>
+      <c r="E269" s="3" t="inlineStr">
+        <is>
+          <t>2017.001.286</t>
+        </is>
+      </c>
+      <c r="F269" s="3" t="inlineStr">
+        <is>
+          <t>22/11/2017</t>
+        </is>
+      </c>
+      <c r="G269" s="3" t="inlineStr">
+        <is>
+          <t>SRP.2017.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H269" s="3" t="inlineStr">
+        <is>
+          <t>MATERIAL DE CONSUMO (EXPEDIENTE)</t>
+        </is>
+      </c>
+      <c r="M269" s="3" t="inlineStr">
+        <is>
+          <t>22/11/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="270">
+      <c r="A270" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C270" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D270" s="3" t="inlineStr">
+        <is>
+          <t>SEMA</t>
+        </is>
+      </c>
+      <c r="E270" s="3" t="inlineStr">
+        <is>
+          <t>120/2019-SEMA/PMA</t>
+        </is>
+      </c>
+      <c r="F270" s="3" t="inlineStr">
+        <is>
+          <t>22/10/2019</t>
+        </is>
+      </c>
+      <c r="G270" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATO ADMINISTRATIVO Nº 008/2019-SEMA/PMA</t>
+        </is>
+      </c>
+      <c r="H270" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPACIALIZADA NO FORNECIMENTO DE GÊNEROS ALIMENTÍCIOS</t>
+        </is>
+      </c>
+      <c r="M270" s="3" t="inlineStr">
+        <is>
+          <t>22/10/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="271">
+      <c r="A271" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C271" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D169" s="3" t="inlineStr">
+      <c r="D271" s="3" t="inlineStr">
         <is>
           <t>SEHAB</t>
         </is>
       </c>
-      <c r="E169" s="3" t="inlineStr">
+      <c r="E271" s="3" t="inlineStr">
         <is>
           <t>3671/2018/SEMED</t>
         </is>
       </c>
-      <c r="F169" s="3" t="inlineStr">
+      <c r="F271" s="3" t="inlineStr">
         <is>
           <t>18/11/2019</t>
         </is>
       </c>
-      <c r="G169" s="3" t="inlineStr">
+      <c r="G271" s="3" t="inlineStr">
         <is>
           <t>2019.003.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H169" s="3" t="inlineStr">
+      <c r="H271" s="3" t="inlineStr">
         <is>
           <t>MATERIAL DE CONSUMO (LIMPEZA E HIGIENE)</t>
         </is>
       </c>
-      <c r="M169" s="3" t="inlineStr">
+      <c r="M271" s="3" t="inlineStr">
         <is>
           <t>18/11/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="170">
-[...5 lines deleted...]
-      <c r="C170" s="3" t="inlineStr">
+    <row outlineLevel="0" r="272">
+      <c r="A272" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C272" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D272" s="3" t="inlineStr">
+        <is>
+          <t>SEMA</t>
+        </is>
+      </c>
+      <c r="E272" s="3" t="inlineStr">
+        <is>
+          <t>130/2019-SEMA/PMA</t>
+        </is>
+      </c>
+      <c r="F272" s="3" t="inlineStr">
+        <is>
+          <t>22/10/2019</t>
+        </is>
+      </c>
+      <c r="G272" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATO ADMINISTRATIVO Nº 006/2019-SEMA/PMA</t>
+        </is>
+      </c>
+      <c r="H272" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO SERVIÇO DE FORNECIMENTO DE VALE COMBUSTÍVEL, TIPO IMPRESSO</t>
+        </is>
+      </c>
+      <c r="M272" s="3" t="inlineStr">
+        <is>
+          <t>22/10/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="273">
+      <c r="A273" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C273" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D170" s="3" t="inlineStr">
+      <c r="D273" s="3" t="inlineStr">
         <is>
           <t>SEHAB</t>
         </is>
       </c>
-      <c r="E170" s="3" t="inlineStr">
+      <c r="E273" s="3" t="inlineStr">
         <is>
           <t>3670/2018/SEMED</t>
         </is>
       </c>
-      <c r="F170" s="3" t="inlineStr">
+      <c r="F273" s="3" t="inlineStr">
         <is>
           <t>18/11/2019</t>
         </is>
       </c>
-      <c r="G170" s="3" t="inlineStr">
+      <c r="G273" s="3" t="inlineStr">
         <is>
           <t>PE Nº 2019.004.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H170" s="3" t="inlineStr">
+      <c r="H273" s="3" t="inlineStr">
         <is>
           <t>MATERIAIS DE CONSUMO (PERIFÉRICOS)</t>
         </is>
       </c>
-      <c r="M170" s="3" t="inlineStr">
+      <c r="M273" s="3" t="inlineStr">
         <is>
           <t>18/11/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="171">
-[...5 lines deleted...]
-      <c r="B171" s="3" t="inlineStr">
+    <row outlineLevel="0" r="274">
+      <c r="A274" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B274" s="3" t="inlineStr">
+        <is>
+          <t>017</t>
+        </is>
+      </c>
+      <c r="C274" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D274" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E274" s="3" t="inlineStr">
+        <is>
+          <t>6.225/2022</t>
+        </is>
+      </c>
+      <c r="F274" s="3" t="inlineStr">
+        <is>
+          <t>22/09/2022</t>
+        </is>
+      </c>
+      <c r="G274" s="3" t="inlineStr">
+        <is>
+          <t>PREGAO ELETRICO SRP 9/2021-017</t>
+        </is>
+      </c>
+      <c r="H274" s="3" t="inlineStr">
+        <is>
+          <t>ADESAO A ATA DE REGISTRO DE PRECO Nº 9/2021-017. SESAU, CUJO OBJETO E A AQUISICAO DE MATERIAL DE LIMPEZA E HIGIENE</t>
+        </is>
+      </c>
+      <c r="I274" s="3" t="inlineStr">
+        <is>
+          <t>19/09/2022</t>
+        </is>
+      </c>
+      <c r="J274" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF - SECRETARIA MUNICIPAL DE PLANEJAMENTO, ORCAMENTO E FINANCAS</t>
+        </is>
+      </c>
+      <c r="M274" s="3" t="inlineStr">
+        <is>
+          <t>22/09/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="275">
+      <c r="A275" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B275" s="3" t="inlineStr">
         <is>
           <t>004</t>
         </is>
       </c>
-      <c r="C171" s="3" t="inlineStr">
+      <c r="C275" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D171" s="3" t="inlineStr">
+      <c r="D275" s="3" t="inlineStr">
         <is>
           <t>FMAS</t>
         </is>
       </c>
-      <c r="E171" s="3" t="inlineStr">
+      <c r="E275" s="3" t="inlineStr">
         <is>
           <t>5.463/2022-SEMCAT</t>
         </is>
       </c>
-      <c r="F171" s="3" t="inlineStr">
+      <c r="F275" s="3" t="inlineStr">
         <is>
           <t>18/10/2022</t>
         </is>
       </c>
-      <c r="G171" s="3" t="inlineStr">
+      <c r="G275" s="3" t="inlineStr">
         <is>
           <t>SRP N°. 004/2022 - SANTA IZABEL/PA.</t>
         </is>
       </c>
-      <c r="H171" s="3" t="inlineStr">
+      <c r="H275" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE GÊNEROS ALIMENTÍCIOS, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E TRABALHO DO MUNICÍPIO DE ANANINDEUA E SUAS UNIDADES</t>
         </is>
       </c>
-      <c r="I171" s="3" t="inlineStr">
+      <c r="I275" s="3" t="inlineStr">
         <is>
           <t>30/06/2022</t>
         </is>
       </c>
-      <c r="J171" s="3" t="inlineStr">
+      <c r="J275" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTENCIA SOCIAL E TRABALHO - SEMCAT.</t>
         </is>
       </c>
-      <c r="K171" s="3" t="inlineStr">
+      <c r="K275" s="3" t="inlineStr">
         <is>
           <t>Jose Martiniano Oliveira Neto</t>
         </is>
       </c>
-      <c r="M171" s="3" t="inlineStr">
+      <c r="M275" s="3" t="inlineStr">
         <is>
           <t>18/10/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="172">
-[...5 lines deleted...]
-      <c r="C172" s="3" t="inlineStr">
+    <row outlineLevel="0" r="276">
+      <c r="A276" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B276" s="3" t="inlineStr">
+        <is>
+          <t>019</t>
+        </is>
+      </c>
+      <c r="C276" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D276" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E276" s="3" t="inlineStr">
+        <is>
+          <t>Nº 6.228/2022</t>
+        </is>
+      </c>
+      <c r="F276" s="3" t="inlineStr">
+        <is>
+          <t>22/09/2022</t>
+        </is>
+      </c>
+      <c r="G276" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÓNICO SRP Nº 9/2021 - 019 SESAU/P.M.A</t>
+        </is>
+      </c>
+      <c r="H276" s="3" t="inlineStr">
+        <is>
+          <t>ADESAO A ATA DE REGISTRO DE PRECO Nº 2021 017 001 SESAU CUJO OBJETO E A AQUISICAO DE MATERIAL DE LIMPEZA E HIGIENE</t>
+        </is>
+      </c>
+      <c r="I276" s="3" t="inlineStr">
+        <is>
+          <t>21/09/2022</t>
+        </is>
+      </c>
+      <c r="J276" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF - SECRETARIA MUNICIPAL DE PLANEJAMENTO ORCAMENTO E FINANCAS</t>
+        </is>
+      </c>
+      <c r="M276" s="3" t="inlineStr">
+        <is>
+          <t>22/09/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="277">
+      <c r="A277" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B277" s="3" t="inlineStr">
+        <is>
+          <t>016</t>
+        </is>
+      </c>
+      <c r="C277" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D277" s="3" t="inlineStr">
+        <is>
+          <t>FMAS</t>
+        </is>
+      </c>
+      <c r="E277" s="3" t="inlineStr">
+        <is>
+          <t>087/2024</t>
+        </is>
+      </c>
+      <c r="G277" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO N°. 016/2023-PMSBP</t>
+        </is>
+      </c>
+      <c r="H277" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE UTENSÍLIOS DOMÉSTICOS DE COPA E COZINHA, VISANDO AS NECESSIDADES DOS ABRIGOS: 0 A 06 ANOS, 7 A 11 ANOS, 12 A 17, CENTRO POP E ABRIGO DOS IDOSOS._x000d_
+</t>
+        </is>
+      </c>
+      <c r="I277" s="3" t="inlineStr">
+        <is>
+          <t>01/04/2024</t>
+        </is>
+      </c>
+      <c r="M277" s="3" t="inlineStr">
+        <is>
+          <t>22/08/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="278">
+      <c r="A278" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B278" s="3" t="inlineStr">
+        <is>
+          <t>034</t>
+        </is>
+      </c>
+      <c r="C278" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D278" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E278" s="3" t="inlineStr">
+        <is>
+          <t>5198/2023 - SEMED</t>
+        </is>
+      </c>
+      <c r="F278" s="3" t="inlineStr">
+        <is>
+          <t>22/08/2023</t>
+        </is>
+      </c>
+      <c r="G278" s="3" t="inlineStr">
+        <is>
+          <t>#ATA DE REGISTRO DE PREÇOS DE Nº 2022.034 - SEMAD/PMA</t>
+        </is>
+      </c>
+      <c r="H278" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECILIZADA NO FORNECIMENTO DE ÁGUA MINERAL NATURAL, PARA OS ORGÃOS E ENTIDADES DO PODER EXECUTIVO MUNICIPAL , SITUADOS NO MUNICIPIO DE ANANINDEUA.</t>
+        </is>
+      </c>
+      <c r="I278" s="3" t="inlineStr">
+        <is>
+          <t>23/02/2023</t>
+        </is>
+      </c>
+      <c r="J278" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO DE ANANINDEUA - SEMED</t>
+        </is>
+      </c>
+      <c r="M278" s="3" t="inlineStr">
+        <is>
+          <t>22/08/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="279">
+      <c r="A279" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C279" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D279" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E279" s="3" t="inlineStr">
+        <is>
+          <t>2019.03.043.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F279" s="3" t="inlineStr">
+        <is>
+          <t>22/07/2020</t>
+        </is>
+      </c>
+      <c r="G279" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº 11/2019</t>
+        </is>
+      </c>
+      <c r="H279" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE SERVIÇO DE MANUTENÇÃO EM VIATURAS OPERACIONAIS E NÃO OPERACIONAIS DA FROTA PERTENCENTE A SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO, COM APLICAÇÃO DE PEÇAS QUE ATENDAM ÀS MESMAS ESPECIFICAÇÕES TÉCNICAS E PADRÕES DE QUALIDADE DAS PEÇ</t>
+        </is>
+      </c>
+      <c r="M279" s="3" t="inlineStr">
+        <is>
+          <t>22/07/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="280">
+      <c r="A280" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C280" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D172" s="3" t="inlineStr">
+      <c r="D280" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E172" s="3" t="inlineStr">
+      <c r="E280" s="3" t="inlineStr">
         <is>
           <t>2570/2020</t>
         </is>
       </c>
-      <c r="F172" s="3" t="inlineStr">
+      <c r="F280" s="3" t="inlineStr">
         <is>
           <t>18/08/2020</t>
         </is>
       </c>
-      <c r="G172" s="3" t="inlineStr">
+      <c r="G280" s="3" t="inlineStr">
         <is>
           <t>MEMO 205/2020</t>
         </is>
       </c>
-      <c r="H172" s="3" t="inlineStr">
+      <c r="H280" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS CONTÍNUOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA DE MATERIAIS PERMANENTES DE REFRIGERAÇÃO( AR CONDICIONADO TIPO SPLIT, CONVENCIONAL (ACJ), REFRIGERADORES, BEBEDOUROS E FRIGOBARES COM FORNECI</t>
         </is>
       </c>
-      <c r="M172" s="3" t="inlineStr">
+      <c r="M280" s="3" t="inlineStr">
         <is>
           <t>18/08/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="173">
-[...5 lines deleted...]
-      <c r="B173" s="3" t="inlineStr">
+    <row outlineLevel="0" r="281">
+      <c r="A281" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B281" s="3" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
-      <c r="C173" s="3" t="inlineStr">
+      <c r="C281" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D173" s="3" t="inlineStr">
+      <c r="D281" s="3" t="inlineStr">
         <is>
           <t>FMAS</t>
         </is>
       </c>
-      <c r="E173" s="3" t="inlineStr">
+      <c r="E281" s="3" t="inlineStr">
         <is>
           <t>5.920/2022-SEMCAT/PMA</t>
         </is>
       </c>
-      <c r="F173" s="3" t="inlineStr">
+      <c r="F281" s="3" t="inlineStr">
         <is>
           <t>18/07/2022</t>
         </is>
       </c>
-      <c r="G173" s="3" t="inlineStr">
+      <c r="G281" s="3" t="inlineStr">
         <is>
           <t>SRP 013/2021/SESMA-PMB</t>
         </is>
       </c>
-      <c r="H173" s="3" t="inlineStr">
+      <c r="H281" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL DE INFORMATICA.</t>
         </is>
       </c>
-      <c r="I173" s="3" t="inlineStr">
+      <c r="I281" s="3" t="inlineStr">
         <is>
           <t>10/02/2022</t>
         </is>
       </c>
-      <c r="J173" s="3" t="inlineStr">
+      <c r="J281" s="3" t="inlineStr">
         <is>
           <t> SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT.   Observação: NÃO INFORMADA</t>
         </is>
       </c>
-      <c r="K173" s="3" t="inlineStr">
+      <c r="K281" s="3" t="inlineStr">
         <is>
           <t>Jose Martiniano Oliveira Neto</t>
         </is>
       </c>
-      <c r="M173" s="3" t="inlineStr">
+      <c r="M281" s="3" t="inlineStr">
         <is>
           <t>18/07/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="174">
-[...5 lines deleted...]
-      <c r="C174" s="3" t="inlineStr">
+    <row outlineLevel="0" r="282">
+      <c r="A282" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C282" s="3" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="D174" s="3" t="inlineStr">
+      <c r="D282" s="3" t="inlineStr">
         <is>
           <t>SEMAD</t>
         </is>
       </c>
-      <c r="E174" s="3" t="inlineStr">
+      <c r="E282" s="3" t="inlineStr">
         <is>
           <t>2017/07/10429</t>
         </is>
       </c>
-      <c r="F174" s="3" t="inlineStr">
+      <c r="F282" s="3" t="inlineStr">
         <is>
           <t>18/07/2017</t>
         </is>
       </c>
-      <c r="G174" s="3" t="inlineStr">
+      <c r="G282" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIAL Nº 005/2017 - CMA</t>
         </is>
       </c>
-      <c r="H174" s="3" t="inlineStr">
+      <c r="H282" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIMENTO DE CARTUCHOS E TONNER PARA IMPRESSORA E MATERIAL DE EXPEDIENTE. PARA ATENDER AS NECESSIDADES DESTA SEMAD PELO PERÍODO DE 12 (DOZE) MESES</t>
         </is>
       </c>
-      <c r="M174" s="3" t="inlineStr">
+      <c r="M282" s="3" t="inlineStr">
         <is>
           <t>18/07/2017</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="175">
-[...5 lines deleted...]
-      <c r="C175" s="3" t="inlineStr">
+    <row outlineLevel="0" r="283">
+      <c r="A283" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C283" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D175" s="3" t="inlineStr">
+      <c r="D283" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E175" s="3" t="inlineStr">
+      <c r="E283" s="3" t="inlineStr">
         <is>
           <t>057/2020</t>
         </is>
       </c>
-      <c r="F175" s="3" t="inlineStr">
+      <c r="F283" s="3" t="inlineStr">
         <is>
           <t>18/06/2020</t>
         </is>
       </c>
-      <c r="G175" s="3" t="inlineStr">
+      <c r="G283" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIAL SRP Nº 2019.002.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H175" s="3" t="inlineStr">
+      <c r="H283" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO DE MÁQUINAS MULTIFUNCIONAIS, COM FORNECIMENTO DE PEÇAS, MANUTENÇÃO PREVENTIVA E CORRETIVA, SUPRIMENTOS E CONSUMÍVEIS, EXCETO PAPEL.</t>
         </is>
       </c>
-      <c r="M175" s="3" t="inlineStr">
+      <c r="M283" s="3" t="inlineStr">
         <is>
           <t>18/06/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="176">
-[...5 lines deleted...]
-      <c r="C176" s="3" t="inlineStr">
+    <row outlineLevel="0" r="284">
+      <c r="A284" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C284" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D176" s="3" t="inlineStr">
+      <c r="D284" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E176" s="3" t="inlineStr">
+      <c r="E284" s="3" t="inlineStr">
         <is>
           <t>2031/2019</t>
         </is>
       </c>
-      <c r="F176" s="3" t="inlineStr">
+      <c r="F284" s="3" t="inlineStr">
         <is>
           <t>18/06/2019</t>
         </is>
       </c>
-      <c r="G176" s="3" t="inlineStr">
+      <c r="G284" s="3" t="inlineStr">
         <is>
           <t>MEMO N° 550/2019</t>
         </is>
       </c>
-      <c r="H176" s="3" t="inlineStr">
+      <c r="H284" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSTRUÇÃO PARA ATENDER AS NECESSIDADES DAS ESCOLAS DA REDE MUNICIPAL DE ENSINO DE ANANINDEUA E DA SEMED</t>
         </is>
       </c>
-      <c r="M176" s="3" t="inlineStr">
+      <c r="M284" s="3" t="inlineStr">
         <is>
           <t>18/06/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="177">
-[...5 lines deleted...]
-      <c r="C177" s="3" t="inlineStr">
+    <row outlineLevel="0" r="285">
+      <c r="A285" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C285" s="3" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="D177" s="3" t="inlineStr">
+      <c r="D285" s="3" t="inlineStr">
         <is>
           <t>SEHAB</t>
         </is>
       </c>
-      <c r="E177" s="3" t="inlineStr">
+      <c r="E285" s="3" t="inlineStr">
         <is>
           <t>135/2017-SEMCAT</t>
         </is>
       </c>
-      <c r="F177" s="3" t="inlineStr">
+      <c r="F285" s="3" t="inlineStr">
         <is>
           <t>18/06/2018</t>
         </is>
       </c>
-      <c r="G177" s="3" t="inlineStr">
+      <c r="G285" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIAL PARA REGISTRO DE PREÇOS Nº SRP.2017.001.SEMCAT.PMA</t>
         </is>
       </c>
-      <c r="H177" s="3" t="inlineStr">
+      <c r="H285" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE GÁS E ÁGUA MINERAL</t>
         </is>
       </c>
-      <c r="M177" s="3" t="inlineStr">
+      <c r="M285" s="3" t="inlineStr">
         <is>
           <t>18/06/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="178">
-[...5 lines deleted...]
-      <c r="B178" s="3" t="inlineStr">
+    <row outlineLevel="0" r="286">
+      <c r="A286" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B286" s="3" t="inlineStr">
         <is>
           <t>01</t>
         </is>
       </c>
-      <c r="C178" s="3" t="inlineStr">
+      <c r="C286" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D178" s="3" t="inlineStr">
+      <c r="D286" s="3" t="inlineStr">
         <is>
           <t>SECULT</t>
         </is>
       </c>
-      <c r="E178" s="3" t="inlineStr">
+      <c r="E286" s="3" t="inlineStr">
         <is>
           <t> 209/2019</t>
         </is>
       </c>
-      <c r="F178" s="3" t="inlineStr">
+      <c r="F286" s="3" t="inlineStr">
         <is>
           <t>18/05/2020</t>
         </is>
       </c>
-      <c r="G178" s="3" t="inlineStr">
+      <c r="G286" s="3" t="inlineStr">
         <is>
           <t>SRP N 01/2019/CMA</t>
         </is>
       </c>
-      <c r="H178" s="3" t="inlineStr">
+      <c r="H286" s="3" t="inlineStr">
         <is>
           <t>PRESTAÇÃO DE SERVIÇO DE ACESSO A INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM VELOCIDADE DE 30MB.</t>
         </is>
       </c>
-      <c r="I178" s="3" t="inlineStr">
+      <c r="I286" s="3" t="inlineStr">
         <is>
           <t>15/04/2020</t>
         </is>
       </c>
-      <c r="J178" s="3" t="inlineStr">
+      <c r="J286" s="3" t="inlineStr">
         <is>
           <t>SECELJ</t>
         </is>
       </c>
-      <c r="M178" s="3" t="inlineStr">
+      <c r="M286" s="3" t="inlineStr">
         <is>
           <t>18/05/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="179">
-[...5 lines deleted...]
-      <c r="B179" s="3" t="inlineStr">
+    <row outlineLevel="0" r="287">
+      <c r="A287" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B287" s="3" t="inlineStr">
         <is>
           <t>019</t>
         </is>
       </c>
-      <c r="C179" s="3" t="inlineStr">
+      <c r="C287" s="3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="D179" s="3" t="inlineStr">
+      <c r="D287" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E179" s="3" t="inlineStr">
+      <c r="E287" s="3" t="inlineStr">
         <is>
           <t>12-4.312/2024</t>
         </is>
       </c>
-      <c r="G179" s="3" t="inlineStr">
+      <c r="G287" s="3" t="inlineStr">
         <is>
           <t>ATA DE REGISTRO DE PREÇOS DE Nº 019/2023</t>
         </is>
       </c>
-      <c r="H179" s="3" t="inlineStr">
+      <c r="H287" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MOBILIÁRIO ESCOLAR, PARA ATENDER AS DEMANDAS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DE ANANINDEUA SEMED/PMA.</t>
         </is>
       </c>
-      <c r="I179" s="3" t="inlineStr">
+      <c r="I287" s="3" t="inlineStr">
         <is>
           <t>15/02/2024</t>
         </is>
       </c>
-      <c r="K179" s="3" t="inlineStr">
+      <c r="K287" s="3" t="inlineStr">
         <is>
           <t>ELIZABETH BRITO DE ALMEIDA</t>
         </is>
       </c>
-      <c r="M179" s="3" t="inlineStr">
+      <c r="M287" s="3" t="inlineStr">
         <is>
           <t>18/04/2024</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="180">
-[...5 lines deleted...]
-      <c r="B180" s="3" t="inlineStr">
+    <row outlineLevel="0" r="288">
+      <c r="A288" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B288" s="3" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="C180" s="3" t="inlineStr">
+      <c r="C288" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D180" s="3" t="inlineStr">
+      <c r="D288" s="3" t="inlineStr">
         <is>
           <t>SEGEF</t>
         </is>
       </c>
-      <c r="E180" s="3" t="inlineStr">
+      <c r="E288" s="3" t="inlineStr">
         <is>
           <t>3.939/2023</t>
         </is>
       </c>
-      <c r="F180" s="3" t="inlineStr">
+      <c r="F288" s="3" t="inlineStr">
         <is>
           <t>18/04/2023</t>
         </is>
       </c>
-      <c r="G180" s="3" t="inlineStr">
+      <c r="G288" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO Nº PE.SRP.2022.11.CMA</t>
         </is>
       </c>
-      <c r="H180" s="3" t="inlineStr">
+      <c r="H288" s="3" t="inlineStr">
         <is>
           <t>FORNECIMENTO DE SOLUÇÃO ELETRÔNICA QUE PERMITA GERENCIAR E ORGANIZAR O ATENDIMENTO POR SENHAS, CONTEMPLANDO LOCAÇÃO DE EQUIPAMENTOS E SISTEMAS, COM ASSISTÊNCIA TÉCNICA E MANUTENÇÃO CORRETIVA, PREVENTIVA E ESPECIALIZADA, REPOSIÇÃO DE PEÇAS E INSUMOS DESTIN</t>
         </is>
       </c>
-      <c r="I180" s="3" t="inlineStr">
+      <c r="I288" s="3" t="inlineStr">
         <is>
           <t>24/03/2023</t>
         </is>
       </c>
-      <c r="J180" s="3" t="inlineStr">
+      <c r="J288" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE GESTÃO FAZENDÁRIA</t>
         </is>
       </c>
-      <c r="K180" s="3" t="inlineStr">
+      <c r="K288" s="3" t="inlineStr">
         <is>
           <t>TIAGO MACEDO COSTA DA SILVA (Titular)</t>
         </is>
       </c>
-      <c r="M180" s="3" t="inlineStr">
+      <c r="M288" s="3" t="inlineStr">
         <is>
           <t>18/04/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="181">
-[...5 lines deleted...]
-      <c r="C181" s="3" t="inlineStr">
+    <row outlineLevel="0" r="289">
+      <c r="A289" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C289" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D181" s="3" t="inlineStr">
+      <c r="D289" s="3" t="inlineStr">
         <is>
           <t>SEURB</t>
         </is>
       </c>
-      <c r="E181" s="3" t="inlineStr">
+      <c r="E289" s="3" t="inlineStr">
         <is>
           <t>50/2018</t>
         </is>
       </c>
-      <c r="F181" s="3" t="inlineStr">
+      <c r="F289" s="3" t="inlineStr">
         <is>
           <t>18/04/2018</t>
         </is>
       </c>
-      <c r="G181" s="3" t="inlineStr">
+      <c r="G289" s="3" t="inlineStr">
         <is>
           <t>SRP.2017.001.SEMCAT.PMA</t>
         </is>
       </c>
-      <c r="H181" s="3" t="inlineStr">
+      <c r="H289" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE GÁS LIQUEFEITO E ÁGUA MINERAL</t>
         </is>
       </c>
-      <c r="M181" s="3" t="inlineStr">
+      <c r="M289" s="3" t="inlineStr">
         <is>
           <t>18/04/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="182">
-[...5 lines deleted...]
-      <c r="C182" s="3" t="inlineStr">
+    <row outlineLevel="0" r="290">
+      <c r="A290" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C290" s="3" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="D182" s="3" t="inlineStr">
+      <c r="D290" s="3" t="inlineStr">
         <is>
           <t>VICE-PREFEITURA</t>
         </is>
       </c>
-      <c r="E182" s="3" t="inlineStr">
+      <c r="E290" s="3" t="inlineStr">
         <is>
           <t>8931/2015/SESAU</t>
         </is>
       </c>
-      <c r="F182" s="3" t="inlineStr">
+      <c r="F290" s="3" t="inlineStr">
         <is>
           <t>18/04/2016</t>
         </is>
       </c>
-      <c r="G182" s="3" t="inlineStr">
+      <c r="G290" s="3" t="inlineStr">
         <is>
           <t>PPRP.005.2015.PMA.SESAU</t>
         </is>
       </c>
-      <c r="H182" s="3" t="inlineStr">
+      <c r="H290" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA LOCAÇÃO DE VEÍCULOS AUTOMOTORES PARA ATENDER AS NECESSIDADES DO GABINETE DO VICE-PREFEITO.</t>
         </is>
       </c>
-      <c r="M182" s="3" t="inlineStr">
+      <c r="M290" s="3" t="inlineStr">
         <is>
           <t>18/04/2016</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="183">
-[...5 lines deleted...]
-      <c r="C183" s="3" t="inlineStr">
+    <row outlineLevel="0" r="291">
+      <c r="A291" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C291" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D183" s="3" t="inlineStr">
+      <c r="D291" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E183" s="3" t="inlineStr">
+      <c r="E291" s="3" t="inlineStr">
         <is>
           <t>2018.05.087.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="F183" s="3" t="inlineStr">
+      <c r="F291" s="3" t="inlineStr">
         <is>
           <t>18/03/2019</t>
         </is>
       </c>
-      <c r="G183" s="3" t="inlineStr">
+      <c r="G291" s="3" t="inlineStr">
         <is>
           <t>ATA DE REGISTRO DE PREÇOS Nº 001/2018-CMA. PREGÃO PRESENCIAL Nº 006.2017.CMA.  000008 - ANANINDEUA   008501 - SEC. MUN.</t>
         </is>
       </c>
-      <c r="H183" s="3" t="inlineStr">
+      <c r="H291" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO E INSTALAÇÃO DE EQUIPAMENTOS PARA IMPLANTAÇÃO DE SISTEMA DE SEGURANÇA ELETRÔNICA COM ACESSO REMOTO PARA A SEDE SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO-SEMUTRAN.</t>
         </is>
       </c>
-      <c r="M183" s="3" t="inlineStr">
+      <c r="M291" s="3" t="inlineStr">
         <is>
           <t>18/03/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="184">
-[...5 lines deleted...]
-      <c r="C184" s="3" t="inlineStr">
+    <row outlineLevel="0" r="292">
+      <c r="A292" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C292" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D184" s="3" t="inlineStr">
+      <c r="D292" s="3" t="inlineStr">
         <is>
           <t>SESAU</t>
         </is>
       </c>
-      <c r="E184" s="3" t="inlineStr">
+      <c r="E292" s="3" t="inlineStr">
         <is>
           <t>17414</t>
         </is>
       </c>
-      <c r="F184" s="3" t="inlineStr">
+      <c r="F292" s="3" t="inlineStr">
         <is>
           <t>17/12/2019</t>
         </is>
       </c>
-      <c r="G184" s="3" t="inlineStr">
+      <c r="G292" s="3" t="inlineStr">
         <is>
           <t>108/2019</t>
         </is>
       </c>
-      <c r="H184" s="3" t="inlineStr">
+      <c r="H292" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA CONTRATAÇÃO DE SERVIÇOS DE PRESTAÇÃO DE SERVIÇOS DE RESERVA DE PASSAGENS AÉREAS NA FORMA DE BILHETE PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE DE ANANINDEU-NÍVEL CENTRAL,CMS, FORMAÇÃO DE RE</t>
         </is>
       </c>
-      <c r="M184" s="3" t="inlineStr">
+      <c r="M292" s="3" t="inlineStr">
         <is>
           <t>17/12/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="185">
-[...5 lines deleted...]
-      <c r="C185" s="3" t="inlineStr">
+    <row outlineLevel="0" r="293">
+      <c r="A293" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C293" s="3" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="D185" s="3" t="inlineStr">
+      <c r="D293" s="3" t="inlineStr">
         <is>
           <t>SEPOF</t>
         </is>
       </c>
-      <c r="E185" s="3" t="inlineStr">
+      <c r="E293" s="3" t="inlineStr">
         <is>
           <t>2017.004.PMA.SEMED	 ADES</t>
         </is>
       </c>
-      <c r="F185" s="3" t="inlineStr">
+      <c r="F293" s="3" t="inlineStr">
         <is>
           <t>17/12/2017</t>
         </is>
       </c>
-      <c r="H185" s="3" t="inlineStr">
+      <c r="H293" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (CAFÉ, AÇUCAR, LEITE , ADOÇANTE, FILTRO, ÁGUA MINERAL EM COPO DE 200ML, GARRAFA 1,5L, NÉCTAR DE FRUTAS E REFRIGERANTE), PARA ATENDER AS NECESSIDADES DA PREFITURA DE ANANINDEUA.</t>
         </is>
       </c>
-      <c r="M185" s="3" t="inlineStr">
+      <c r="M293" s="3" t="inlineStr">
         <is>
           <t>17/12/2017</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="186">
-[...5 lines deleted...]
-      <c r="B186" s="3" t="inlineStr">
+    <row outlineLevel="0" r="294">
+      <c r="A294" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C294" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D294" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E294" s="3" t="inlineStr">
+        <is>
+          <t>2019.03.069.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F294" s="3" t="inlineStr">
+        <is>
+          <t>22/04/2019</t>
+        </is>
+      </c>
+      <c r="G294" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO - SISTEMA DE REGISTRO DE PREÇOS CPL/DETRAN-PA Nº 02/2018.</t>
+        </is>
+      </c>
+      <c r="H294" s="3" t="inlineStr">
+        <is>
+          <t>O OBJETO DESTE CONTRATO É A CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS TÉCNICOS, ESPECIALIZADOS, CONTINUADOS DE SOLUÇÃO INTEGRADA DE GESTÃO, FISCALIZAÇÃO DE TRÂNSITO E CONTROLE DE RECURSOS DE INFRAÇÕES, CONTEMPLANDO OS APLICATIVOS EMBARCADOS D</t>
+        </is>
+      </c>
+      <c r="M294" s="3" t="inlineStr">
+        <is>
+          <t>22/04/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="295">
+      <c r="A295" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C295" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D295" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E295" s="3" t="inlineStr">
+        <is>
+          <t> 136.2018</t>
+        </is>
+      </c>
+      <c r="F295" s="3" t="inlineStr">
+        <is>
+          <t>22/03/2019</t>
+        </is>
+      </c>
+      <c r="G295" s="3" t="inlineStr">
+        <is>
+          <t>Nº 41/2018</t>
+        </is>
+      </c>
+      <c r="H295" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE SERVIÇOS DE TELECOMUNICAÇÃO, A SABER: SERVIÇO MÓVEL PESSOAL – SMP – VC1, VC2, VC3, DDI E PACOTE DE DADOS À INTERNET, COM FORNECIMENTO DE APARELHOS CELULARES, EM REGIME DE COMODATO</t>
+        </is>
+      </c>
+      <c r="M295" s="3" t="inlineStr">
+        <is>
+          <t>22/03/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="296">
+      <c r="A296" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C296" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D296" s="3" t="inlineStr">
+        <is>
+          <t>SEMA</t>
+        </is>
+      </c>
+      <c r="E296" s="3" t="inlineStr">
+        <is>
+          <t>008/2019-SEMA/PMA</t>
+        </is>
+      </c>
+      <c r="F296" s="3" t="inlineStr">
+        <is>
+          <t>22/03/2019</t>
+        </is>
+      </c>
+      <c r="G296" s="3" t="inlineStr">
+        <is>
+          <t>SRP 5/20183008-1ARP.PMM.SEMAD</t>
+        </is>
+      </c>
+      <c r="H296" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (HIGIENE, LIMPEZA E DESCARTÁVEIS)</t>
+        </is>
+      </c>
+      <c r="M296" s="3" t="inlineStr">
+        <is>
+          <t>22/03/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="297">
+      <c r="A297" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C297" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D297" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="E297" s="3" t="inlineStr">
+        <is>
+          <t>15699</t>
+        </is>
+      </c>
+      <c r="F297" s="3" t="inlineStr">
+        <is>
+          <t>22/01/2019</t>
+        </is>
+      </c>
+      <c r="G297" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA Nº002.2018 (SEMED)</t>
+        </is>
+      </c>
+      <c r="H297" s="3" t="inlineStr">
+        <is>
+          <t>SOLICITAÇÃO DE ADESÃO A ATA DE REGISTRO DE PREÇO Nº002/2018-SEMED PP.008.2017.PMA-SEMED ( CUJO O OBJETO AQUISIÇÃO DE CONDICIONADOS DE AR SPLIT</t>
+        </is>
+      </c>
+      <c r="M297" s="3" t="inlineStr">
+        <is>
+          <t>22/01/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="298">
+      <c r="A298" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C298" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D298" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E298" s="3" t="inlineStr">
+        <is>
+          <t>171/2018</t>
+        </is>
+      </c>
+      <c r="F298" s="3" t="inlineStr">
+        <is>
+          <t>22/01/2018</t>
+        </is>
+      </c>
+      <c r="G298" s="3" t="inlineStr">
+        <is>
+          <t>SRP.2017.007.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H298" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº. 2017/007/SEMCAT, PARA AQUISIÇÃO DE MATERIAL GRÁFICO</t>
+        </is>
+      </c>
+      <c r="M298" s="3" t="inlineStr">
+        <is>
+          <t>22/01/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="299">
+      <c r="A299" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B299" s="3" t="inlineStr">
         <is>
           <t>003</t>
         </is>
       </c>
-      <c r="C186" s="3" t="inlineStr">
+      <c r="C299" s="3" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="D299" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E299" s="3" t="inlineStr">
+        <is>
+          <t>8.629/2024</t>
+        </is>
+      </c>
+      <c r="G299" s="3" t="inlineStr">
+        <is>
+          <t>ATA DE REGISTRO DE PREÇOS DE Nº 003/2024</t>
+        </is>
+      </c>
+      <c r="H299" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM FORNENCIMENTO DE MÓVEIS E EQUIPAMENTOS EM GERAL.</t>
+        </is>
+      </c>
+      <c r="I299" s="3" t="inlineStr">
+        <is>
+          <t>21/03/2024</t>
+        </is>
+      </c>
+      <c r="J299" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO - SEMED</t>
+        </is>
+      </c>
+      <c r="L299" s="3" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;corringindo a ata anterior devido alguns dados incorretos, conforme orientado pelo atendimento da controladora sra susi da 4ª controladoria.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M299" s="3" t="inlineStr">
+        <is>
+          <t>21/11/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="300">
+      <c r="A300" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C300" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D300" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E300" s="3" t="inlineStr">
+        <is>
+          <t>2018.03.057.PMA/SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F300" s="3" t="inlineStr">
+        <is>
+          <t>21/10/2019</t>
+        </is>
+      </c>
+      <c r="G300" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL (PREGÃO PRESENCIAL N°.PP.2018.002.PMA.SEMUTRAN)</t>
+        </is>
+      </c>
+      <c r="H300" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA CONFECÇÃO E FORNECIMENTO DE UNIFORMES, EQUIPAMENTOS E ACESSÓRIOS PARA ATENDER AS NECESSIDADES DA GUARDA CIVIL MUNICIPAL DE ANANINDEUA.</t>
+        </is>
+      </c>
+      <c r="M300" s="3" t="inlineStr">
+        <is>
+          <t>21/10/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="301">
+      <c r="A301" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B301" s="3" t="inlineStr">
+        <is>
+          <t>011</t>
+        </is>
+      </c>
+      <c r="C301" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D301" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E301" s="3" t="inlineStr">
+        <is>
+          <t>2023.05.040.PMA.SEMUTRAN (1DOC-9.204/2023)</t>
+        </is>
+      </c>
+      <c r="F301" s="3" t="inlineStr">
+        <is>
+          <t>21/08/2023</t>
+        </is>
+      </c>
+      <c r="G301" s="3" t="inlineStr">
+        <is>
+          <t>#PREGÃO ELETRÔNICO SRP Nº2022.011.CÂMARA MUNICIPAL DE ANANINDEUA</t>
+        </is>
+      </c>
+      <c r="H301" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE SOLUÇÃO ELETRÔNICA QUE PERMITA GERENCIAR E ORGANIZAR O ATENDIMENTO POR SENHAS, CONTEMPLANDO LOCAÇÃO DE EQUIPAMENTOS E SISTEMAS, COM ASSISTÊNCIA TÉCNICA E MANUTENÇÃO CORRETIVA, PREVENTIVA E ESPECIALIZ</t>
+        </is>
+      </c>
+      <c r="I301" s="3" t="inlineStr">
+        <is>
+          <t>04/05/2023</t>
+        </is>
+      </c>
+      <c r="J301" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO-SEMUTRAN.</t>
+        </is>
+      </c>
+      <c r="M301" s="3" t="inlineStr">
+        <is>
+          <t>21/08/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="302">
+      <c r="A302" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C302" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D302" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E302" s="3" t="inlineStr">
+        <is>
+          <t>093.2019.GP.PMA</t>
+        </is>
+      </c>
+      <c r="F302" s="3" t="inlineStr">
+        <is>
+          <t>21/08/2019</t>
+        </is>
+      </c>
+      <c r="G302" s="3" t="inlineStr">
+        <is>
+          <t>SRP N°2018.006.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H302" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE ÁGUA MINERAL E GÁS LIQUEFEITO.</t>
+        </is>
+      </c>
+      <c r="M302" s="3" t="inlineStr">
+        <is>
+          <t>21/08/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="303">
+      <c r="A303" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C303" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D303" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E303" s="3" t="inlineStr">
+        <is>
+          <t>78/2021</t>
+        </is>
+      </c>
+      <c r="F303" s="3" t="inlineStr">
+        <is>
+          <t>21/06/2021</t>
+        </is>
+      </c>
+      <c r="G303" s="3" t="inlineStr">
+        <is>
+          <t>SRP.2020.001-CMA</t>
+        </is>
+      </c>
+      <c r="H303" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA PRESTADORA DE SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA DE EQUIPAMENTOS DE REFRIGERAÇÃO DO TIPO SPLIT, CONDICIONADORES ACJ, REFRIGERADORES BEBEDOUROS, INCLUINDO FORNECIMENTO DE PEÇAS, INCLUSIVE COMPRESSORES.</t>
+        </is>
+      </c>
+      <c r="M303" s="3" t="inlineStr">
+        <is>
+          <t>21/06/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="304">
+      <c r="A304" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C304" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D304" s="3" t="inlineStr">
+        <is>
+          <t>SEDEC</t>
+        </is>
+      </c>
+      <c r="E304" s="3" t="inlineStr">
+        <is>
+          <t>191/2018</t>
+        </is>
+      </c>
+      <c r="F304" s="3" t="inlineStr">
+        <is>
+          <t>21/06/2018</t>
+        </is>
+      </c>
+      <c r="G304" s="3" t="inlineStr">
+        <is>
+          <t>PROC.LIC Nº 3180/2017/SEMED</t>
+        </is>
+      </c>
+      <c r="H304" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE AR CONDICIONADO TIPO SPLIT PARA AS ESCOLAS DE REDE MUNICIPAL DE ENSINO.</t>
+        </is>
+      </c>
+      <c r="M304" s="3" t="inlineStr">
+        <is>
+          <t>21/06/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="305">
+      <c r="A305" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C305" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D305" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E305" s="3" t="inlineStr">
+        <is>
+          <t>PROC Nº 492/2021</t>
+        </is>
+      </c>
+      <c r="F305" s="3" t="inlineStr">
+        <is>
+          <t>21/05/2021</t>
+        </is>
+      </c>
+      <c r="G305" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 010/SESAU/2020</t>
+        </is>
+      </c>
+      <c r="H305" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO À ATA DE REGISTRO DE PREÇO CUJO OBJETO É AQUISIÇÃO DE MATERIAL DE CONSUMO ( INFORMÁTICA)</t>
+        </is>
+      </c>
+      <c r="M305" s="3" t="inlineStr">
+        <is>
+          <t>21/05/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="306">
+      <c r="A306" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C306" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D306" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E306" s="3" t="inlineStr">
+        <is>
+          <t>014.2019</t>
+        </is>
+      </c>
+      <c r="F306" s="3" t="inlineStr">
+        <is>
+          <t>21/05/2019</t>
+        </is>
+      </c>
+      <c r="G306" s="3" t="inlineStr">
+        <is>
+          <t>SRP N° 005.2018-PMA.GP</t>
+        </is>
+      </c>
+      <c r="H306" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM FORNECIMENTO DE BUFFET, COFFE BREAK, COQUETEL FINO E LANCHE PARA ATENDER AS DIVERSAS DEMANDAS DE REUNIÕES, EVENTOS, RECEPÇÕES DE AUTORIDADES E DEMAIS NECESSIDADES.</t>
+        </is>
+      </c>
+      <c r="M306" s="3" t="inlineStr">
+        <is>
+          <t>21/05/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="307">
+      <c r="A307" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B307" s="3" t="inlineStr">
+        <is>
+          <t>038</t>
+        </is>
+      </c>
+      <c r="C307" s="3" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="D307" s="3" t="inlineStr">
+        <is>
+          <t>FMAS</t>
+        </is>
+      </c>
+      <c r="E307" s="3" t="inlineStr">
+        <is>
+          <t>062/2024</t>
+        </is>
+      </c>
+      <c r="G307" s="3" t="inlineStr">
+        <is>
+          <t>038/2023</t>
+        </is>
+      </c>
+      <c r="H307" s="3" t="inlineStr">
+        <is>
+          <t>SERVIÇOS FUNERÁRIOS</t>
+        </is>
+      </c>
+      <c r="I307" s="3" t="inlineStr">
+        <is>
+          <t>29/11/2024</t>
+        </is>
+      </c>
+      <c r="J307" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE CIDADANIA,ASSISTENCIA SOCIAL E TRABALHO</t>
+        </is>
+      </c>
+      <c r="M307" s="3" t="inlineStr">
+        <is>
+          <t>21/03/2025</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="308">
+      <c r="A308" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C308" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D308" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E308" s="3" t="inlineStr">
+        <is>
+          <t>2019.11.273.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F308" s="3" t="inlineStr">
+        <is>
+          <t>21/01/2020</t>
+        </is>
+      </c>
+      <c r="G308" s="3" t="inlineStr">
+        <is>
+          <t>PE.SRP.2019.004.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H308" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO ( TONNER, CARTUCHO E PERIFÉRICOS), PARA SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO – SEMUTRAN.</t>
+        </is>
+      </c>
+      <c r="M308" s="3" t="inlineStr">
+        <is>
+          <t>21/01/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="309">
+      <c r="A309" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C309" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D309" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E309" s="3" t="inlineStr">
+        <is>
+          <t>2019.11.281.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F309" s="3" t="inlineStr">
+        <is>
+          <t>21/01/2020</t>
+        </is>
+      </c>
+      <c r="G309" s="3" t="inlineStr">
+        <is>
+          <t>2019.11.281.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="H309" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO (EXPEDIENTE)</t>
+        </is>
+      </c>
+      <c r="M309" s="3" t="inlineStr">
+        <is>
+          <t>21/01/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="310">
+      <c r="A310" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C310" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D310" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E310" s="3" t="inlineStr">
+        <is>
+          <t>2019.11.282.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F310" s="3" t="inlineStr">
+        <is>
+          <t>21/01/2020</t>
+        </is>
+      </c>
+      <c r="G310" s="3" t="inlineStr">
+        <is>
+          <t>PE.SRP.2019.003.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H310" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO (LIMPEZA E HIGIENE), VISANDO ATENDER A SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO – SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="M310" s="3" t="inlineStr">
+        <is>
+          <t>21/01/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="311">
+      <c r="A311" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C311" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D311" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E311" s="3" t="inlineStr">
+        <is>
+          <t>2019.11.282.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F311" s="3" t="inlineStr">
+        <is>
+          <t>21/01/2020</t>
+        </is>
+      </c>
+      <c r="G311" s="3" t="inlineStr">
+        <is>
+          <t>PE.SRP.2019.003.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H311" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO (LIMPEZA E HIGIENE), VISANDO ATENDER A SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO – SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="M311" s="3" t="inlineStr">
+        <is>
+          <t>21/01/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="312">
+      <c r="A312" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C312" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D312" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E312" s="3" t="inlineStr">
+        <is>
+          <t>Nº 081/2019 - SESAN</t>
+        </is>
+      </c>
+      <c r="F312" s="3" t="inlineStr">
+        <is>
+          <t>21/01/2020</t>
+        </is>
+      </c>
+      <c r="G312" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL Nº 001/2019-CMA</t>
+        </is>
+      </c>
+      <c r="H312" s="3" t="inlineStr">
+        <is>
+          <t>PRESTAÇÃO DE SERVIÇO DE ACESSO À INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM VELOCIDADE DE 30MB SIMÉTRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO-A-PONTO COM TRANSMISSÃO DE 10 GB ENTRE 10 PONTOS DESTE MUNICÍPIO (INTERNET EM FIBRA EXCLUSIVA)</t>
+        </is>
+      </c>
+      <c r="M312" s="3" t="inlineStr">
+        <is>
+          <t>21/01/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="313">
+      <c r="A313" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C313" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D313" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E313" s="3" t="inlineStr">
+        <is>
+          <t>2019.11.280.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F313" s="3" t="inlineStr">
+        <is>
+          <t>21/01/2010</t>
+        </is>
+      </c>
+      <c r="G313" s="3" t="inlineStr">
+        <is>
+          <t>PE.SRP.2019.001.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H313" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO (CAFÉ, AÇÚCAR, LEITE, ADOÇANTE, FILTRO)</t>
+        </is>
+      </c>
+      <c r="M313" s="3" t="inlineStr">
+        <is>
+          <t>21/01/2010</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="314">
+      <c r="A314" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B314" s="3" t="inlineStr">
+        <is>
+          <t>002</t>
+        </is>
+      </c>
+      <c r="C314" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D186" s="3" t="inlineStr">
+      <c r="D314" s="3" t="inlineStr">
+        <is>
+          <t>FMAS</t>
+        </is>
+      </c>
+      <c r="E314" s="3" t="inlineStr">
+        <is>
+          <t>069/2023-SEMCAT/PMA</t>
+        </is>
+      </c>
+      <c r="G314" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP N°. 9/2023-002-PMVN</t>
+        </is>
+      </c>
+      <c r="H314" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAIS DE LIMPEZA, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT E SUAS UNIDADES.</t>
+        </is>
+      </c>
+      <c r="I314" s="3" t="inlineStr">
+        <is>
+          <t>31/08/2023</t>
+        </is>
+      </c>
+      <c r="M314" s="3" t="inlineStr">
+        <is>
+          <t>20/12/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="315">
+      <c r="A315" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C315" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D315" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="E315" s="3" t="inlineStr">
+        <is>
+          <t>13154/2018</t>
+        </is>
+      </c>
+      <c r="F315" s="3" t="inlineStr">
+        <is>
+          <t>20/12/2018</t>
+        </is>
+      </c>
+      <c r="H315" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRODUÇÃO, FORNECIMENTO, MANIPULAÇÃO E DISTRIBUIÇÃO DE ALIMENTAÇÃO PRONTA, TIPO QUENTINHA, PARA ATENDER AS DEMANDAS DE CENTRO DE ATENÇÃO PSICOSSOCIAL INFANTOJUVENIL-CAPSI,CAPS II,E URGÊNCIA E EMERGÊNCIA DA SEC</t>
+        </is>
+      </c>
+      <c r="M315" s="3" t="inlineStr">
+        <is>
+          <t>20/12/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="316">
+      <c r="A316" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C316" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D316" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E316" s="3" t="inlineStr">
+        <is>
+          <t>Nº 099/2020 - SESAN/PMA</t>
+        </is>
+      </c>
+      <c r="F316" s="3" t="inlineStr">
+        <is>
+          <t>20/11/2020</t>
+        </is>
+      </c>
+      <c r="G316" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº 006/2019- PMA/SESAU</t>
+        </is>
+      </c>
+      <c r="H316" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SERVIÇO DE ROÇAGEM, LIMPEZA E RETIRADA DE ENTULHOS DAS ÁREAS EXTERNAS DAS UNIDADES E PSF’S NO MUNICÍPIO DE ANANINDEUA.</t>
+        </is>
+      </c>
+      <c r="M316" s="3" t="inlineStr">
+        <is>
+          <t>20/11/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="317">
+      <c r="A317" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C317" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D317" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E317" s="3" t="inlineStr">
+        <is>
+          <t>Nº 050/2019 - SESAN</t>
+        </is>
+      </c>
+      <c r="F317" s="3" t="inlineStr">
+        <is>
+          <t>20/11/2019</t>
+        </is>
+      </c>
+      <c r="G317" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL Nº 11/2019- PMPP. LICITAÇÃO Nº 9/2019-050402</t>
+        </is>
+      </c>
+      <c r="H317" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS EM GERAL , DESTINADOS A SUPRIR AS NECESSIDADES BÁSICAS DA SECRETARIA MUNICIPAL DE SANEAMENTO E INFRAESTRUTURA.</t>
+        </is>
+      </c>
+      <c r="M317" s="3" t="inlineStr">
+        <is>
+          <t>20/11/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="318">
+      <c r="A318" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B318" s="3" t="inlineStr">
+        <is>
+          <t>019</t>
+        </is>
+      </c>
+      <c r="C318" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D318" s="3" t="inlineStr">
         <is>
           <t>SEMAD</t>
         </is>
       </c>
-      <c r="E186" s="3" t="inlineStr">
+      <c r="E318" s="3" t="inlineStr">
+        <is>
+          <t>Nº 06/2022.DAL.SEMAD</t>
+        </is>
+      </c>
+      <c r="F318" s="3" t="inlineStr">
+        <is>
+          <t>20/09/2022</t>
+        </is>
+      </c>
+      <c r="G318" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO – SRP Nº 9/2021-019 SESAU/PMA</t>
+        </is>
+      </c>
+      <c r="H318" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAIS DE EXPEDIENTE</t>
+        </is>
+      </c>
+      <c r="I318" s="3" t="inlineStr">
+        <is>
+          <t>19/09/2022</t>
+        </is>
+      </c>
+      <c r="J318" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO - SEMAD</t>
+        </is>
+      </c>
+      <c r="K318" s="3" t="inlineStr">
+        <is>
+          <t>JOZIANI ELEM NEVES DE ALMEIDA (Titular) PEDRO AUGUSTO GARCIA CAMPOS (Suplente)</t>
+        </is>
+      </c>
+      <c r="M318" s="3" t="inlineStr">
+        <is>
+          <t>20/09/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="319">
+      <c r="A319" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B319" s="3" t="inlineStr">
+        <is>
+          <t>034</t>
+        </is>
+      </c>
+      <c r="C319" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D319" s="3" t="inlineStr">
+        <is>
+          <t>SEMMU</t>
+        </is>
+      </c>
+      <c r="E319" s="3" t="inlineStr">
+        <is>
+          <t>7.374/2022</t>
+        </is>
+      </c>
+      <c r="F319" s="3" t="inlineStr">
+        <is>
+          <t>20/09/2022</t>
+        </is>
+      </c>
+      <c r="G319" s="3" t="inlineStr">
+        <is>
+          <t>034/2022 - FUNDAÇÃO SANTA CASA DE MISERICÓRDIA DO PARÁ</t>
+        </is>
+      </c>
+      <c r="H319" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SERVIÇOS COMUNS À EVENTOS</t>
+        </is>
+      </c>
+      <c r="I319" s="3" t="inlineStr">
+        <is>
+          <t>20/09/2022</t>
+        </is>
+      </c>
+      <c r="J319" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DA MULHER</t>
+        </is>
+      </c>
+      <c r="K319" s="3" t="inlineStr">
+        <is>
+          <t>MARCOS VENICIUS DUARTE SOUZA (Titular) PATRICK ROCHA ARAUJO (Suplente)</t>
+        </is>
+      </c>
+      <c r="M319" s="3" t="inlineStr">
+        <is>
+          <t>20/09/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="320">
+      <c r="A320" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C320" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D320" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E320" s="3" t="inlineStr">
+        <is>
+          <t>083.2019</t>
+        </is>
+      </c>
+      <c r="F320" s="3" t="inlineStr">
+        <is>
+          <t>20/09/2019</t>
+        </is>
+      </c>
+      <c r="G320" s="3" t="inlineStr">
+        <is>
+          <t>SRP.2019.001.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H320" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (CAFÉ, AÇÚCAR, LEITE, ADOÇANTE E FILTRO DE PAPEL PARA CAFÉ)</t>
+        </is>
+      </c>
+      <c r="M320" s="3" t="inlineStr">
+        <is>
+          <t>20/09/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="321">
+      <c r="A321" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C321" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D321" s="3" t="inlineStr">
+        <is>
+          <t>SEMA</t>
+        </is>
+      </c>
+      <c r="E321" s="3" t="inlineStr">
+        <is>
+          <t>058/2018-SEMA/PMA</t>
+        </is>
+      </c>
+      <c r="F321" s="3" t="inlineStr">
+        <is>
+          <t>20/08/2018</t>
+        </is>
+      </c>
+      <c r="G321" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 2017.001.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H321" s="3" t="inlineStr">
+        <is>
+          <t>FORNECIMENTO DE ÁGUA MINERAL DE 20 LITROS E GÁS LIQUEFEITO ENVASADO EM BOTIJÃO DE 13KG</t>
+        </is>
+      </c>
+      <c r="M321" s="3" t="inlineStr">
+        <is>
+          <t>20/08/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="322">
+      <c r="A322" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B322" s="3" t="inlineStr">
+        <is>
+          <t>003</t>
+        </is>
+      </c>
+      <c r="C322" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D322" s="3" t="inlineStr">
+        <is>
+          <t>PROGE</t>
+        </is>
+      </c>
+      <c r="E322" s="3" t="inlineStr">
+        <is>
+          <t>2021.001.034 e 2021.001.035</t>
+        </is>
+      </c>
+      <c r="F322" s="3" t="inlineStr">
+        <is>
+          <t>20/07/2021</t>
+        </is>
+      </c>
+      <c r="G322" s="3" t="inlineStr">
+        <is>
+          <t>#4/2021-003 PROGE/PMA</t>
+        </is>
+      </c>
+      <c r="H322" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº 2020/02 SEMCAT/PMA PARA AQUISIÇÃO DE MATERIAL DE HIGIENE E LIMPEZA.</t>
+        </is>
+      </c>
+      <c r="I322" s="3" t="inlineStr">
+        <is>
+          <t>27/05/2021</t>
+        </is>
+      </c>
+      <c r="J322" s="3" t="inlineStr">
+        <is>
+          <t>ALA DA COMISSÃO PERMANENTE DE LICITAÇÃO, SITO À RODOVIA BR 316, KM 08, AV. MAGALHÃES BARATA, 1515, CENTRO, ANANINDEUA-PA.</t>
+        </is>
+      </c>
+      <c r="M322" s="3" t="inlineStr">
+        <is>
+          <t>20/07/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="323">
+      <c r="A323" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C323" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D323" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E323" s="3" t="inlineStr">
+        <is>
+          <t>#PREGÃO ELETRÔNICO SRP Nº 012/2020-SEGUP/PA</t>
+        </is>
+      </c>
+      <c r="F323" s="3" t="inlineStr">
+        <is>
+          <t>20/07/2021</t>
+        </is>
+      </c>
+      <c r="G323" s="3" t="inlineStr">
+        <is>
+          <t>#PREGÃO ELETRÔNICO SRP Nº 012/2020-SEGUP/PA</t>
+        </is>
+      </c>
+      <c r="H323" s="3" t="inlineStr">
+        <is>
+          <t>CONSTITUI OBJETO DO PRESENTE CONTRATO, A AQUISIÇÃO DE COLETES DE PROTEÇÃO BALÍSTICA PARA A SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO, DE ACORDO COM AS ESPECIFICAÇÕES E QUANTITATIVOS PREVISTOS NO TERMO DE REFERÊNCIA.</t>
+        </is>
+      </c>
+      <c r="M323" s="3" t="inlineStr">
+        <is>
+          <t>20/07/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="324">
+      <c r="A324" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B324" s="3" t="inlineStr">
+        <is>
+          <t>0023</t>
+        </is>
+      </c>
+      <c r="C324" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D324" s="3" t="inlineStr">
+        <is>
+          <t>FMAS</t>
+        </is>
+      </c>
+      <c r="E324" s="3" t="inlineStr">
+        <is>
+          <t>005/2024</t>
+        </is>
+      </c>
+      <c r="G324" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO N°. 0023/2023-SANTA BÁRBARA DO PARÁ</t>
+        </is>
+      </c>
+      <c r="H324" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE CARTUCHOS E TONERS FOTOCROMÁTICOS, KIT REFIL DE TINTA E UNIDADES DE IMAGEM, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT._x000d_
+</t>
+        </is>
+      </c>
+      <c r="I324" s="3" t="inlineStr">
+        <is>
+          <t>15/02/2024</t>
+        </is>
+      </c>
+      <c r="M324" s="3" t="inlineStr">
+        <is>
+          <t>20/06/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="325">
+      <c r="A325" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B325" s="3" t="inlineStr">
+        <is>
+          <t>047</t>
+        </is>
+      </c>
+      <c r="C325" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D325" s="3" t="inlineStr">
+        <is>
+          <t>FMAS</t>
+        </is>
+      </c>
+      <c r="E325" s="3" t="inlineStr">
+        <is>
+          <t>002/2022-SEMCAT/PMA</t>
+        </is>
+      </c>
+      <c r="F325" s="3" t="inlineStr">
+        <is>
+          <t>20/04/2022</t>
+        </is>
+      </c>
+      <c r="G325" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP N°. 047/2021-SEMED/PMM</t>
+        </is>
+      </c>
+      <c r="H325" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE APARELHOS DE REFRIGERAÇÃO, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT.</t>
+        </is>
+      </c>
+      <c r="I325" s="3" t="inlineStr">
+        <is>
+          <t>24/01/2022</t>
+        </is>
+      </c>
+      <c r="J325" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT.</t>
+        </is>
+      </c>
+      <c r="K325" s="3" t="inlineStr">
+        <is>
+          <t>MARINILDE SILVA SOUZA</t>
+        </is>
+      </c>
+      <c r="M325" s="3" t="inlineStr">
+        <is>
+          <t>20/04/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="326">
+      <c r="A326" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B326" s="3" t="inlineStr">
+        <is>
+          <t>003</t>
+        </is>
+      </c>
+      <c r="C326" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D326" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E326" s="3" t="inlineStr">
         <is>
           <t>10.477/2023</t>
         </is>
       </c>
-      <c r="G186" s="3" t="inlineStr">
+      <c r="G326" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP Nº. 003/2023-PMI</t>
         </is>
       </c>
-      <c r="H186" s="3" t="inlineStr">
+      <c r="H326" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAIS DE EXPEDIENTE, PELO PERÍODO DE 12 (DOZE) MESES, PARA ATENDER ÀS NECESSIDADES DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO DE ANANINDEUA, CONFORME AS ESPECIFICAÇÕES, CONDIÇÕES E EXIGÊNCIAS ESTABELECIDAS NO TERMO DE REFERÊNCIA._x000d_
 </t>
         </is>
       </c>
-      <c r="I186" s="3" t="inlineStr">
+      <c r="I326" s="3" t="inlineStr">
         <is>
           <t>31/10/2023</t>
         </is>
       </c>
-      <c r="M186" s="3" t="inlineStr">
+      <c r="M326" s="3" t="inlineStr">
         <is>
           <t>17/11/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="187">
-[...5 lines deleted...]
-      <c r="B187" s="3" t="inlineStr">
+    <row outlineLevel="0" r="327">
+      <c r="A327" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B327" s="3" t="inlineStr">
         <is>
           <t>004</t>
         </is>
       </c>
-      <c r="C187" s="3" t="inlineStr">
+      <c r="C327" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D187" s="3" t="inlineStr">
+      <c r="D327" s="3" t="inlineStr">
         <is>
           <t>SEURB</t>
         </is>
       </c>
-      <c r="E187" s="3" t="inlineStr">
+      <c r="E327" s="3" t="inlineStr">
         <is>
           <t> 9.313/2022</t>
         </is>
       </c>
-      <c r="F187" s="3" t="inlineStr">
+      <c r="F327" s="3" t="inlineStr">
         <is>
           <t>17/10/2022</t>
         </is>
       </c>
-      <c r="G187" s="3" t="inlineStr">
+      <c r="G327" s="3" t="inlineStr">
         <is>
           <t>ATA DE REGISTRO DE PREÇOS Nº 004/2022 PREGÃO ELETRÔNICO SRP Nº 007/2022</t>
         </is>
       </c>
-      <c r="H187" s="3" t="inlineStr">
+      <c r="H327" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA O FORNECIMENTO DE GÊNEROS ALIMENTÍCIOS PARA SUPRIR AS NECESSIDADES DA SEURB.</t>
         </is>
       </c>
-      <c r="I187" s="3" t="inlineStr">
+      <c r="I327" s="3" t="inlineStr">
         <is>
           <t>08/06/2022</t>
         </is>
       </c>
-      <c r="J187" s="3" t="inlineStr">
+      <c r="J327" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE SERVIÇOS URBANOS</t>
         </is>
       </c>
-      <c r="K187" s="3" t="inlineStr">
+      <c r="K327" s="3" t="inlineStr">
         <is>
           <t>Ana Paula Gomnes Mendonça (Titular) Carla valessa silva barbosa de lima (Titular) Allan Guerreiro da Silva  (Titular) Victor Andrade Murilla (Substitu</t>
         </is>
       </c>
-      <c r="M187" s="3" t="inlineStr">
+      <c r="M327" s="3" t="inlineStr">
         <is>
           <t>17/10/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="188">
-[...5 lines deleted...]
-      <c r="C188" s="3" t="inlineStr">
+    <row outlineLevel="0" r="328">
+      <c r="A328" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C328" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D188" s="3" t="inlineStr">
+      <c r="D328" s="3" t="inlineStr">
         <is>
           <t>SEMA</t>
         </is>
       </c>
-      <c r="E188" s="3" t="inlineStr">
+      <c r="E328" s="3" t="inlineStr">
         <is>
           <t>094/2019-SEMA/PMA</t>
         </is>
       </c>
-      <c r="F188" s="3" t="inlineStr">
+      <c r="F328" s="3" t="inlineStr">
         <is>
           <t>17/10/2019</t>
         </is>
       </c>
-      <c r="G188" s="3" t="inlineStr">
+      <c r="G328" s="3" t="inlineStr">
         <is>
           <t>CONTRATO ADMINISTRATIVO Nº 007/2019-SEMA/PMA</t>
         </is>
       </c>
-      <c r="H188" s="3" t="inlineStr">
+      <c r="H328" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (EXPEDIENTE)</t>
         </is>
       </c>
-      <c r="M188" s="3" t="inlineStr">
+      <c r="M328" s="3" t="inlineStr">
         <is>
           <t>17/10/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="189">
-[...5 lines deleted...]
-      <c r="B189" s="3" t="inlineStr">
+    <row outlineLevel="0" r="329">
+      <c r="A329" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B329" s="3" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>
-      <c r="C189" s="3" t="inlineStr">
+      <c r="C329" s="3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="D189" s="3" t="inlineStr">
+      <c r="D329" s="3" t="inlineStr">
         <is>
           <t>SEURB</t>
         </is>
       </c>
-      <c r="E189" s="3" t="inlineStr">
+      <c r="E329" s="3" t="inlineStr">
         <is>
           <t>18.202/2024</t>
         </is>
       </c>
-      <c r="G189" s="3" t="inlineStr">
+      <c r="G329" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP Nº 9/2023-034-SEMAD.PMA</t>
         </is>
       </c>
-      <c r="H189" s="3" t="inlineStr">
+      <c r="H329" s="3" t="inlineStr">
         <is>
           <t>FORNECIMENTO DE ÁGUA MINERAL NATURAL, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SERVIÇOS URBANOS - SEURB</t>
         </is>
       </c>
-      <c r="I189" s="3" t="inlineStr">
+      <c r="I329" s="3" t="inlineStr">
         <is>
           <t>25/07/2024</t>
         </is>
       </c>
-      <c r="J189" s="3" t="inlineStr">
+      <c r="J329" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE SERVIÇOS URBANOS</t>
         </is>
       </c>
-      <c r="M189" s="3" t="inlineStr">
+      <c r="M329" s="3" t="inlineStr">
         <is>
           <t>17/09/2024</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="190">
-[...5 lines deleted...]
-      <c r="C190" s="3" t="inlineStr">
+    <row outlineLevel="0" r="330">
+      <c r="A330" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C330" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D190" s="3" t="inlineStr">
+      <c r="D330" s="3" t="inlineStr">
         <is>
           <t>CGM</t>
         </is>
       </c>
-      <c r="E190" s="3" t="inlineStr">
+      <c r="E330" s="3" t="inlineStr">
         <is>
           <t>028/2019-ADM/CGM</t>
         </is>
       </c>
-      <c r="F190" s="3" t="inlineStr">
+      <c r="F330" s="3" t="inlineStr">
         <is>
           <t>17/09/2019</t>
         </is>
       </c>
-      <c r="G190" s="3" t="inlineStr">
+      <c r="G330" s="3" t="inlineStr">
         <is>
           <t>20190021</t>
         </is>
       </c>
-      <c r="H190" s="3" t="inlineStr">
+      <c r="H330" s="3" t="inlineStr">
         <is>
           <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº PP-003/2019-PMT. PROCESSO ADMINISTRATIVO Nº 20190021</t>
         </is>
       </c>
-      <c r="M190" s="3" t="inlineStr">
+      <c r="M330" s="3" t="inlineStr">
         <is>
           <t>17/09/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="191">
-[...5 lines deleted...]
-      <c r="B191" s="3" t="inlineStr">
+    <row outlineLevel="0" r="331">
+      <c r="A331" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B331" s="3" t="inlineStr">
         <is>
           <t>02</t>
         </is>
       </c>
-      <c r="C191" s="3" t="inlineStr">
+      <c r="C331" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D191" s="3" t="inlineStr">
+      <c r="D331" s="3" t="inlineStr">
         <is>
           <t>SEPOF</t>
         </is>
       </c>
-      <c r="E191" s="3" t="inlineStr">
+      <c r="E331" s="3" t="inlineStr">
         <is>
           <t> PROCESSO Nº 7.076/2023</t>
         </is>
       </c>
-      <c r="F191" s="3" t="inlineStr">
+      <c r="F331" s="3" t="inlineStr">
         <is>
           <t>17/08/2023</t>
         </is>
       </c>
-      <c r="G191" s="3" t="inlineStr">
+      <c r="G331" s="3" t="inlineStr">
         <is>
           <t>#PREGÃO ELETRÕNICO SRP Nº 02/2023</t>
         </is>
       </c>
-      <c r="H191" s="3" t="inlineStr">
+      <c r="H331" s="3" t="inlineStr">
         <is>
           <t>ADESÃO À ATA DE REGISTRO DE PREÇO - AQUISIÇÃO DE MATERIAL DE EXPEDIENTE</t>
         </is>
       </c>
-      <c r="I191" s="3" t="inlineStr">
+      <c r="I331" s="3" t="inlineStr">
         <is>
           <t>11/08/2023</t>
         </is>
       </c>
-      <c r="J191" s="3" t="inlineStr">
+      <c r="J331" s="3" t="inlineStr">
         <is>
           <t>SEPOF - SECRETARIA MUNICIPAL DE PLANEJAMENTO , ORÇAMENTO E FINANÇAS</t>
         </is>
       </c>
-      <c r="M191" s="3" t="inlineStr">
+      <c r="M331" s="3" t="inlineStr">
         <is>
           <t>17/08/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="192">
-[...5 lines deleted...]
-      <c r="C192" s="3" t="inlineStr">
+    <row outlineLevel="0" r="332">
+      <c r="A332" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C332" s="3" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="D192" s="3" t="inlineStr">
+      <c r="D332" s="3" t="inlineStr">
         <is>
           <t>SEMA</t>
         </is>
       </c>
-      <c r="E192" s="3" t="inlineStr">
+      <c r="E332" s="3" t="inlineStr">
         <is>
           <t>SRP Nº 2017.001.SEMCAT.PMA</t>
         </is>
       </c>
-      <c r="F192" s="3" t="inlineStr">
+      <c r="F332" s="3" t="inlineStr">
         <is>
           <t>17/07/2019</t>
         </is>
       </c>
-      <c r="G192" s="3" t="inlineStr">
+      <c r="G332" s="3" t="inlineStr">
         <is>
           <t>058/2018-SEMA/PMA</t>
         </is>
       </c>
-      <c r="H192" s="3" t="inlineStr">
+      <c r="H332" s="3" t="inlineStr">
         <is>
           <t>FORNECIMENTO DE ÁGUA MINERAL DE 20 LITROS E GÁS LIQUEFEITO</t>
         </is>
       </c>
-      <c r="M192" s="3" t="inlineStr">
+      <c r="M332" s="3" t="inlineStr">
         <is>
           <t>17/07/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="193">
-[...5 lines deleted...]
-      <c r="C193" s="3" t="inlineStr">
+    <row outlineLevel="0" r="333">
+      <c r="A333" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C333" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D193" s="3" t="inlineStr">
+      <c r="D333" s="3" t="inlineStr">
         <is>
           <t>SEMAD</t>
         </is>
       </c>
-      <c r="E193" s="3" t="inlineStr">
+      <c r="E333" s="3" t="inlineStr">
         <is>
           <t>14.981/2019</t>
         </is>
       </c>
-      <c r="F193" s="3" t="inlineStr">
+      <c r="F333" s="3" t="inlineStr">
         <is>
           <t>17/05/2021</t>
         </is>
       </c>
-      <c r="G193" s="3" t="inlineStr">
+      <c r="G333" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO Nº 003/2020</t>
         </is>
       </c>
-      <c r="H193" s="3" t="inlineStr">
+      <c r="H333" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO RAMO DE ENGENHARIA MECÂNICA E ELÉTRICA, PARA A PRESTAÇÃO DE SERVIÇOS CONTÍNUOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA DE MATERIAIS PERMANENTES DE REFRIGERAÇÃO COM INSTALAÇÃO, DESINSTALAÇÃO E FORNECIMENTO DE PEÇAS</t>
         </is>
       </c>
-      <c r="M193" s="3" t="inlineStr">
+      <c r="M333" s="3" t="inlineStr">
         <is>
           <t>17/05/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="194">
-[...5 lines deleted...]
-      <c r="B194" s="3" t="inlineStr">
+    <row outlineLevel="0" r="334">
+      <c r="A334" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B334" s="3" t="inlineStr">
         <is>
           <t>010</t>
         </is>
       </c>
-      <c r="C194" s="3" t="inlineStr">
+      <c r="C334" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D194" s="3" t="inlineStr">
+      <c r="D334" s="3" t="inlineStr">
         <is>
           <t>SEGEF</t>
         </is>
       </c>
-      <c r="E194" s="3" t="inlineStr">
+      <c r="E334" s="3" t="inlineStr">
         <is>
           <t>2021/03/002800</t>
         </is>
       </c>
-      <c r="F194" s="3" t="inlineStr">
+      <c r="F334" s="3" t="inlineStr">
         <is>
           <t>17/05/2021</t>
         </is>
       </c>
-      <c r="G194" s="3" t="inlineStr">
+      <c r="G334" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO Nº 010/2020 -SESAU</t>
         </is>
       </c>
-      <c r="H194" s="3" t="inlineStr">
+      <c r="H334" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE INFORMÁTICA</t>
         </is>
       </c>
-      <c r="I194" s="3" t="inlineStr">
+      <c r="I334" s="3" t="inlineStr">
         <is>
           <t>24/03/2021</t>
         </is>
       </c>
-      <c r="J194" s="3" t="inlineStr">
+      <c r="J334" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA DE GESTÃO FAZENDÁRIA DE ANANINDEUA</t>
         </is>
       </c>
-      <c r="M194" s="3" t="inlineStr">
+      <c r="M334" s="3" t="inlineStr">
         <is>
           <t>17/05/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="195">
-[...5 lines deleted...]
-      <c r="C195" s="3" t="inlineStr">
+    <row outlineLevel="0" r="335">
+      <c r="A335" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C335" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D195" s="3" t="inlineStr">
+      <c r="D335" s="3" t="inlineStr">
         <is>
           <t>SESAU</t>
         </is>
       </c>
-      <c r="F195" s="3" t="inlineStr">
+      <c r="F335" s="3" t="inlineStr">
         <is>
           <t>17/05/2018</t>
         </is>
       </c>
-      <c r="H195" s="3" t="inlineStr">
+      <c r="H335" s="3" t="inlineStr">
         <is>
           <t>ADESÃO A ATA DE REGISTRO DE PREÇOS DE Nº011/SESMA/2017 (BELÉM)</t>
         </is>
       </c>
-      <c r="M195" s="3" t="inlineStr">
+      <c r="M335" s="3" t="inlineStr">
         <is>
           <t>17/05/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="196">
-[...5 lines deleted...]
-      <c r="C196" s="3" t="inlineStr">
+    <row outlineLevel="0" r="336">
+      <c r="A336" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C336" s="3" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="D196" s="3" t="inlineStr">
+      <c r="D336" s="3" t="inlineStr">
         <is>
           <t>SEHAB</t>
         </is>
       </c>
-      <c r="E196" s="3" t="inlineStr">
+      <c r="E336" s="3" t="inlineStr">
         <is>
           <t>3970/2016.SEMED</t>
         </is>
       </c>
-      <c r="F196" s="3" t="inlineStr">
+      <c r="F336" s="3" t="inlineStr">
         <is>
           <t>17/04/2018</t>
         </is>
       </c>
-      <c r="G196" s="3" t="inlineStr">
+      <c r="G336" s="3" t="inlineStr">
         <is>
           <t>2017.002.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H196" s="3" t="inlineStr">
+      <c r="H336" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (EXPEDIENTE)</t>
         </is>
       </c>
-      <c r="M196" s="3" t="inlineStr">
+      <c r="M336" s="3" t="inlineStr">
         <is>
           <t>17/04/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="197">
-[...5 lines deleted...]
-      <c r="C197" s="3" t="inlineStr">
+    <row outlineLevel="0" r="337">
+      <c r="A337" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C337" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D197" s="3" t="inlineStr">
+      <c r="D337" s="3" t="inlineStr">
         <is>
           <t>SEURB</t>
         </is>
       </c>
-      <c r="E197" s="3" t="inlineStr">
+      <c r="E337" s="3" t="inlineStr">
         <is>
           <t>309/2019</t>
         </is>
       </c>
-      <c r="F197" s="3" t="inlineStr">
+      <c r="F337" s="3" t="inlineStr">
         <is>
           <t>17/03/2020</t>
         </is>
       </c>
-      <c r="G197" s="3" t="inlineStr">
+      <c r="G337" s="3" t="inlineStr">
         <is>
           <t>Nº 137/GAP-BE/2019</t>
         </is>
       </c>
-      <c r="H197" s="3" t="inlineStr">
+      <c r="H337" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A AQUISIÇÃO DE CANALETAS DE CONCRETO, TUBOS, BLOCOS E AFINS PARA A MANUTENÇÃO DE DRENAGEM DE VIAS PÚBLICAS DESTE MUNICÍPIO.</t>
         </is>
       </c>
-      <c r="M197" s="3" t="inlineStr">
+      <c r="M337" s="3" t="inlineStr">
         <is>
           <t>17/03/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="198">
-[...5 lines deleted...]
-      <c r="B198" s="3" t="inlineStr">
+    <row outlineLevel="0" r="338">
+      <c r="A338" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B338" s="3" t="inlineStr">
         <is>
           <t>001</t>
         </is>
       </c>
-      <c r="C198" s="3" t="inlineStr">
+      <c r="C338" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D198" s="3" t="inlineStr">
+      <c r="D338" s="3" t="inlineStr">
         <is>
           <t>SEDEC</t>
         </is>
       </c>
-      <c r="E198" s="3" t="inlineStr">
+      <c r="E338" s="3" t="inlineStr">
         <is>
           <t>02/2022</t>
         </is>
       </c>
-      <c r="F198" s="3" t="inlineStr">
+      <c r="F338" s="3" t="inlineStr">
         <is>
           <t>15/02/2022</t>
         </is>
       </c>
-      <c r="H198" s="3" t="inlineStr">
+      <c r="H338" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE EQUIPAMENTOS E MATERIAIS PARA COMERCIALIZAÇÃO DE PRODUTOS AGROPECUÁRIOS ALIMENTARES EM FEIRAS E MERCADOS NO MUNICÍPIO DE ANANINDEUA</t>
         </is>
       </c>
-      <c r="I198" s="3" t="inlineStr">
+      <c r="I338" s="3" t="inlineStr">
         <is>
           <t>10/02/2022</t>
         </is>
       </c>
-      <c r="J198" s="3" t="inlineStr">
+      <c r="J338" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA DE DESENVOLVIMENTO ECONÔMICO - SEDEC</t>
         </is>
       </c>
-      <c r="M198" s="3" t="inlineStr">
+      <c r="M338" s="3" t="inlineStr">
         <is>
           <t>17/02/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="199">
-[...5 lines deleted...]
-      <c r="B199" s="3" t="inlineStr">
+    <row outlineLevel="0" r="339">
+      <c r="A339" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B339" s="3" t="inlineStr">
         <is>
           <t>1751</t>
         </is>
       </c>
-      <c r="C199" s="3" t="inlineStr">
+      <c r="C339" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D199" s="3" t="inlineStr">
+      <c r="D339" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E199" s="3" t="inlineStr">
+      <c r="E339" s="3" t="inlineStr">
         <is>
           <t>1751/2021</t>
         </is>
       </c>
-      <c r="F199" s="3" t="inlineStr">
+      <c r="F339" s="3" t="inlineStr">
         <is>
           <t>16/02/2022</t>
         </is>
       </c>
-      <c r="H199" s="3" t="inlineStr">
+      <c r="H339" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO E INSTALAÇÃO DE EQUIPAMENTOS DE AR CONDICIONADO</t>
         </is>
       </c>
-      <c r="I199" s="3" t="inlineStr">
+      <c r="I339" s="3" t="inlineStr">
         <is>
           <t>08/04/2021</t>
         </is>
       </c>
-      <c r="J199" s="3" t="inlineStr">
+      <c r="J339" s="3" t="inlineStr">
         <is>
           <t>PORTAL DE COMPRAS DO GOVERNO FEDERAL - WWW.COMPRASGOVERNAMENTAIS.GOV.BR</t>
         </is>
       </c>
-      <c r="M199" s="3" t="inlineStr">
+      <c r="M339" s="3" t="inlineStr">
         <is>
           <t>17/02/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="200">
-[...5 lines deleted...]
-      <c r="B200" s="3" t="inlineStr">
+    <row outlineLevel="0" r="340">
+      <c r="A340" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B340" s="3" t="inlineStr">
         <is>
           <t>04</t>
         </is>
       </c>
-      <c r="C200" s="3" t="inlineStr">
+      <c r="C340" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D200" s="3" t="inlineStr">
+      <c r="D340" s="3" t="inlineStr">
         <is>
           <t>SEMES</t>
         </is>
       </c>
-      <c r="E200" s="3" t="inlineStr">
+      <c r="E340" s="3" t="inlineStr">
         <is>
           <t>004/2022</t>
         </is>
       </c>
-      <c r="F200" s="3" t="inlineStr">
+      <c r="F340" s="3" t="inlineStr">
         <is>
           <t>15/02/2022</t>
         </is>
       </c>
-      <c r="H200" s="3" t="inlineStr">
+      <c r="H340" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇOS DE ORGANIZAÇÃO, PLANEJAMENTO OPERACIONAL E EXECUÇÃO DE EVENTOS, ELABORAÇÃO, LOCAÇÃO E FORNECIMENTO DE TODO O MATERIAL E INFRAESTRUTURA NECESSÁRIO, QUE SERÃO UTILIZADOS DURANTE A PROGRAMAÇÃO D</t>
         </is>
       </c>
-      <c r="I200" s="3" t="inlineStr">
+      <c r="I340" s="3" t="inlineStr">
         <is>
           <t>04/01/2022</t>
         </is>
       </c>
-      <c r="J200" s="3" t="inlineStr">
+      <c r="J340" s="3" t="inlineStr">
         <is>
           <t> SECRETARIA MUNICIPAL DE ESPORTE LAZER E JUVENTUDE</t>
         </is>
       </c>
-      <c r="M200" s="3" t="inlineStr">
+      <c r="M340" s="3" t="inlineStr">
         <is>
           <t>17/02/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="201">
-[...5 lines deleted...]
-      <c r="C201" s="3" t="inlineStr">
+    <row outlineLevel="0" r="341">
+      <c r="A341" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C341" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D201" s="3" t="inlineStr">
+      <c r="D341" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E201" s="3" t="inlineStr">
+      <c r="E341" s="3" t="inlineStr">
         <is>
           <t>033/2019</t>
         </is>
       </c>
-      <c r="F201" s="3" t="inlineStr">
+      <c r="F341" s="3" t="inlineStr">
         <is>
           <t>17/01/2020</t>
         </is>
       </c>
-      <c r="G201" s="3" t="inlineStr">
+      <c r="G341" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP.01.2019</t>
         </is>
       </c>
-      <c r="H201" s="3" t="inlineStr">
+      <c r="H341" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO FUTURA DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE AGENCIAMENTO DE VIAGENS, COMPREENDENDO A COTAÇÃO, RESERVA, EMISSÃO, MARCAÇÃO DE ASSENTOS E REMARCAÇÃO DE BILHETES DE PASSAGENS AÉREAS NACIONAIS E INTERNACIONAIS, BEM COMO A EMISS</t>
         </is>
       </c>
-      <c r="M201" s="3" t="inlineStr">
+      <c r="M341" s="3" t="inlineStr">
         <is>
           <t>17/01/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="202">
-[...5 lines deleted...]
-      <c r="B202" s="3" t="inlineStr">
+    <row outlineLevel="0" r="342">
+      <c r="A342" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B342" s="3" t="inlineStr">
         <is>
           <t>01</t>
         </is>
       </c>
-      <c r="C202" s="3" t="inlineStr">
+      <c r="C342" s="3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="D202" s="3" t="inlineStr">
+      <c r="D342" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E202" s="3" t="inlineStr">
+      <c r="E342" s="3" t="inlineStr">
         <is>
           <t>19.007/2024</t>
         </is>
       </c>
-      <c r="G202" s="3" t="inlineStr">
+      <c r="G342" s="3" t="inlineStr">
         <is>
           <t>ADESÃO DE ATA DE REGISTRO DE PREÇO Nº 01/2024 PREGÃO ELETRÔNICO Nº 029/2023 PE SRP</t>
         </is>
       </c>
-      <c r="H202" s="3" t="inlineStr">
+      <c r="H342" s="3" t="inlineStr">
         <is>
           <t>FORNECIMENTO DE ARTEFATOS DECONCRETO – TUBOS DE CONCRETO</t>
         </is>
       </c>
-      <c r="I202" s="3" t="inlineStr">
+      <c r="I342" s="3" t="inlineStr">
         <is>
           <t>16/09/2024</t>
         </is>
       </c>
-      <c r="J202" s="3" t="inlineStr">
+      <c r="J342" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA DE SANEAMENTO E INFRAESTRUTURA TV SN 17, S/N CONJUNTO CIDADE NOVA II</t>
         </is>
       </c>
-      <c r="M202" s="3" t="inlineStr">
+      <c r="M342" s="3" t="inlineStr">
         <is>
           <t>16/09/2024</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="203">
-[...5 lines deleted...]
-      <c r="B203" s="3" t="inlineStr">
+    <row outlineLevel="0" r="343">
+      <c r="A343" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B343" s="3" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
-      <c r="C203" s="3" t="inlineStr">
+      <c r="C343" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D203" s="3" t="inlineStr">
+      <c r="D343" s="3" t="inlineStr">
         <is>
           <t>FMS</t>
         </is>
       </c>
-      <c r="E203" s="3" t="inlineStr">
+      <c r="E343" s="3" t="inlineStr">
         <is>
           <t> 6895</t>
         </is>
       </c>
-      <c r="F203" s="3" t="inlineStr">
+      <c r="F343" s="3" t="inlineStr">
         <is>
           <t>16/09/2022</t>
         </is>
       </c>
-      <c r="G203" s="3" t="inlineStr">
+      <c r="G343" s="3" t="inlineStr">
         <is>
           <t>EDITAL Nº014/2021-SRP-FCP</t>
         </is>
       </c>
-      <c r="H203" s="3" t="inlineStr">
+      <c r="H343" s="3" t="inlineStr">
         <is>
           <t>REGISTRO DE PREÇOS QUE OBJETIVA A FUTURA OU EVENTUAL CONTRATAÇÃO DE PESSOA JURÍDICA PARA CONTRATAÇÃO ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS QUE COMPREENDE O GRUPO 4 DE ESTRUTURAS.</t>
         </is>
       </c>
-      <c r="I203" s="3" t="inlineStr">
+      <c r="I343" s="3" t="inlineStr">
         <is>
           <t>15/09/2022</t>
         </is>
       </c>
-      <c r="J203" s="3" t="inlineStr">
+      <c r="J343" s="3" t="inlineStr">
         <is>
           <t> FUNDAÇÃO CULTURAL DO ESTADO DO PARÁ-GOVERNO DO ESTADO DO PARÁ</t>
         </is>
       </c>
-      <c r="K203" s="3" t="inlineStr">
+      <c r="K343" s="3" t="inlineStr">
         <is>
           <t>FÁBIO RODRIGO DA CONCEIÇÃO FURTADO</t>
         </is>
       </c>
-      <c r="M203" s="3" t="inlineStr">
+      <c r="M343" s="3" t="inlineStr">
         <is>
           <t>16/09/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="204">
-[...5 lines deleted...]
-      <c r="B204" s="3" t="inlineStr">
+    <row outlineLevel="0" r="344">
+      <c r="A344" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B344" s="3" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
-      <c r="C204" s="3" t="inlineStr">
+      <c r="C344" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D204" s="3" t="inlineStr">
+      <c r="D344" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E204" s="3" t="inlineStr">
+      <c r="E344" s="3" t="inlineStr">
         <is>
           <t>2658/2022/SEMED</t>
         </is>
       </c>
-      <c r="F204" s="3" t="inlineStr">
+      <c r="F344" s="3" t="inlineStr">
         <is>
           <t>16/09/2022</t>
         </is>
       </c>
-      <c r="G204" s="3" t="inlineStr">
+      <c r="G344" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP Nº 9/2021-017 SESAU/PMA -2658/2022</t>
         </is>
       </c>
-      <c r="H204" s="3" t="inlineStr">
+      <c r="H344" s="3" t="inlineStr">
         <is>
           <t>REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE MATERIAIS DE LIMPEZA DIVERSOS, PARA AUXILIAR NAS ATIVIDADES DE HIGIENIZAÇÃO DA SEDE DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DE ANANINDEUA/PA, DO CONSELHO MUNICIPAL DE EDUCAÇÃO E DAS UNIDADES ESCOLARES MUNI</t>
         </is>
       </c>
-      <c r="I204" s="3" t="inlineStr">
+      <c r="I344" s="3" t="inlineStr">
         <is>
           <t>01/09/2021</t>
         </is>
       </c>
-      <c r="J204" s="3" t="inlineStr">
+      <c r="J344" s="3" t="inlineStr">
         <is>
           <t>WWW.GOV.BR/COMPRAS</t>
         </is>
       </c>
-      <c r="K204" s="3" t="inlineStr">
+      <c r="K344" s="3" t="inlineStr">
         <is>
           <t>GERSON DE NAZARE SILVEIRA REIS (Titular) JOSE ARGENTINO MIGLIO NASCIMENTO (Suplente)</t>
         </is>
       </c>
-      <c r="M204" s="3" t="inlineStr">
+      <c r="M344" s="3" t="inlineStr">
         <is>
           <t>16/09/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="205">
-[...5 lines deleted...]
-      <c r="C205" s="3" t="inlineStr">
+    <row outlineLevel="0" r="345">
+      <c r="A345" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C345" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D205" s="3" t="inlineStr">
+      <c r="D345" s="3" t="inlineStr">
         <is>
           <t>SEMAD</t>
         </is>
       </c>
-      <c r="E205" s="3" t="inlineStr">
+      <c r="E345" s="3" t="inlineStr">
         <is>
           <t>069.2019.PMA.SEMAD</t>
         </is>
       </c>
-      <c r="F205" s="3" t="inlineStr">
+      <c r="F345" s="3" t="inlineStr">
         <is>
           <t>16/09/2020</t>
         </is>
       </c>
-      <c r="G205" s="3" t="inlineStr">
+      <c r="G345" s="3" t="inlineStr">
         <is>
           <t>SRP N° PP-003/2019-PMT</t>
         </is>
       </c>
-      <c r="H205" s="3" t="inlineStr">
+      <c r="H345" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECILIZADA PARA A PRESTAR SERVIÇOS DE LOCAÇÃO DE EQUIPAMENTOS DE INFORMATICA ( COMPUTADORES E NOTBOOKS).</t>
         </is>
       </c>
-      <c r="M205" s="3" t="inlineStr">
+      <c r="M345" s="3" t="inlineStr">
         <is>
           <t>16/09/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="206">
-[...5 lines deleted...]
-      <c r="C206" s="3" t="inlineStr">
+    <row outlineLevel="0" r="346">
+      <c r="A346" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C346" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D206" s="3" t="inlineStr">
+      <c r="D346" s="3" t="inlineStr">
         <is>
           <t>SESAU</t>
         </is>
       </c>
-      <c r="E206" s="3" t="inlineStr">
+      <c r="E346" s="3" t="inlineStr">
         <is>
           <t>6892</t>
         </is>
       </c>
-      <c r="F206" s="3" t="inlineStr">
+      <c r="F346" s="3" t="inlineStr">
         <is>
           <t>16/09/2019</t>
         </is>
       </c>
-      <c r="G206" s="3" t="inlineStr">
+      <c r="G346" s="3" t="inlineStr">
         <is>
           <t>1658/2018</t>
         </is>
       </c>
-      <c r="H206" s="3" t="inlineStr">
+      <c r="H346" s="3" t="inlineStr">
         <is>
           <t>SOLICITAÇÃO DE ADESÃO A ATA DE REGISTRO DE PREÇO Nº007.2018.PMA-SEMED PROCESSO ADMINISTRATIVO Nº1658/2018 ÁS 10:00HS (CUJO O OBJETO É A AQUISIÇÃO DE MATERIAL ELÉTRICO, HIDRÁULICO,PINTURA E DE CONSTRUÇÃO)</t>
         </is>
       </c>
-      <c r="M206" s="3" t="inlineStr">
+      <c r="M346" s="3" t="inlineStr">
         <is>
           <t>16/09/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="207">
-[...5 lines deleted...]
-      <c r="B207" s="3" t="inlineStr">
+    <row outlineLevel="0" r="347">
+      <c r="A347" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B347" s="3" t="inlineStr">
         <is>
           <t>009</t>
         </is>
       </c>
-      <c r="C207" s="3" t="inlineStr">
+      <c r="C347" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D207" s="3" t="inlineStr">
+      <c r="D347" s="3" t="inlineStr">
         <is>
           <t>SEMAD</t>
         </is>
       </c>
-      <c r="E207" s="3" t="inlineStr">
+      <c r="E347" s="3" t="inlineStr">
         <is>
           <t>Processo nº 047/2021.DAF.SEMAD</t>
         </is>
       </c>
-      <c r="F207" s="3" t="inlineStr">
+      <c r="F347" s="3" t="inlineStr">
         <is>
           <t>16/07/2021</t>
         </is>
       </c>
-      <c r="G207" s="3" t="inlineStr">
+      <c r="G347" s="3" t="inlineStr">
         <is>
           <t>EDITAL DO PREGÃO ELETRÔNICO SRP Nº 009/2020.PMA.SESAU</t>
         </is>
       </c>
-      <c r="H207" s="3" t="inlineStr">
+      <c r="H347" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE MANUTENÇÃO PREDIAL PREVENTIVA E CORRETIVA DA NOVA SEDE DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO DE ANANINDEUA/PA E ANEXO,</t>
         </is>
       </c>
-      <c r="I207" s="3" t="inlineStr">
+      <c r="I347" s="3" t="inlineStr">
         <is>
           <t>09/02/2021</t>
         </is>
       </c>
-      <c r="J207" s="3" t="inlineStr">
+      <c r="J347" s="3" t="inlineStr">
         <is>
           <t>WWW.COMPRASNET.COM.BR</t>
         </is>
       </c>
-      <c r="M207" s="3" t="inlineStr">
+      <c r="M347" s="3" t="inlineStr">
         <is>
           <t>16/07/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="208">
-[...5 lines deleted...]
-      <c r="B208" s="3" t="inlineStr">
+    <row outlineLevel="0" r="348">
+      <c r="A348" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B348" s="3" t="inlineStr">
         <is>
           <t>001</t>
         </is>
       </c>
-      <c r="C208" s="3" t="inlineStr">
+      <c r="C348" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D208" s="3" t="inlineStr">
+      <c r="D348" s="3" t="inlineStr">
         <is>
           <t>CGM</t>
         </is>
       </c>
-      <c r="E208" s="3" t="inlineStr">
+      <c r="E348" s="3" t="inlineStr">
         <is>
           <t>12/2020-CGM/PMA</t>
         </is>
       </c>
-      <c r="F208" s="3" t="inlineStr">
+      <c r="F348" s="3" t="inlineStr">
         <is>
           <t>16/06/2020</t>
         </is>
       </c>
-      <c r="G208" s="3" t="inlineStr">
+      <c r="G348" s="3" t="inlineStr">
         <is>
           <t>PP.SRP..Nº 001/2019/CMA</t>
         </is>
       </c>
-      <c r="H208" s="3" t="inlineStr">
+      <c r="H348" s="3" t="inlineStr">
         <is>
           <t>ADESÃO A ATA DE REGISTRO DE PREÇO REFERENTE A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DEDICADO A INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM VELOCIDADE DE 30MB SIMETRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS A PONTO COM TAXA DE TRA</t>
         </is>
       </c>
-      <c r="I208" s="3" t="inlineStr">
+      <c r="I348" s="3" t="inlineStr">
         <is>
           <t>27/01/2020</t>
         </is>
       </c>
-      <c r="J208" s="3" t="inlineStr">
+      <c r="J348" s="3" t="inlineStr">
         <is>
           <t>CONTROLADORIA GERAL DO MUNICIPIO</t>
         </is>
       </c>
-      <c r="M208" s="3" t="inlineStr">
+      <c r="M348" s="3" t="inlineStr">
         <is>
           <t>16/06/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="209">
-[...5 lines deleted...]
-      <c r="B209" s="3" t="inlineStr">
+    <row outlineLevel="0" r="349">
+      <c r="A349" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B349" s="3" t="inlineStr">
         <is>
           <t>060</t>
         </is>
       </c>
-      <c r="C209" s="3" t="inlineStr">
+      <c r="C349" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D209" s="3" t="inlineStr">
+      <c r="D349" s="3" t="inlineStr">
         <is>
           <t>FMAS</t>
         </is>
       </c>
-      <c r="E209" s="3" t="inlineStr">
+      <c r="E349" s="3" t="inlineStr">
         <is>
           <t>063/2023-SEMCAT/PMA</t>
         </is>
       </c>
-      <c r="G209" s="3" t="inlineStr">
+      <c r="G349" s="3" t="inlineStr">
         <is>
           <t>SRP. N°. 2022.060-SESAU/PMA</t>
         </is>
       </c>
-      <c r="H209" s="3" t="inlineStr">
+      <c r="H349" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL PERMANENTE DO TIPO MÓVEIS, PARA ATENDER AS DEMANDAS INSTITUCIONAIS DOS CRAS, CREAS E ACOLHIMENTO.</t>
         </is>
       </c>
-      <c r="I209" s="3" t="inlineStr">
+      <c r="I349" s="3" t="inlineStr">
         <is>
           <t>21/08/2023</t>
         </is>
       </c>
-      <c r="M209" s="3" t="inlineStr">
+      <c r="M349" s="3" t="inlineStr">
         <is>
           <t>16/04/2024</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="210">
-[...5 lines deleted...]
-      <c r="C210" s="3" t="inlineStr">
+    <row outlineLevel="0" r="350">
+      <c r="A350" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C350" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D210" s="3" t="inlineStr">
+      <c r="D350" s="3" t="inlineStr">
         <is>
           <t>SEMAD</t>
         </is>
       </c>
-      <c r="E210" s="3" t="inlineStr">
+      <c r="E350" s="3" t="inlineStr">
         <is>
           <t> 002.2021.DAF.SEMAD</t>
         </is>
       </c>
-      <c r="F210" s="3" t="inlineStr">
+      <c r="F350" s="3" t="inlineStr">
         <is>
           <t>16/04/2021</t>
         </is>
       </c>
-      <c r="G210" s="3" t="inlineStr">
+      <c r="G350" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP Nº 09/2019</t>
         </is>
       </c>
-      <c r="H210" s="3" t="inlineStr">
+      <c r="H350" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE PESSOA JURÍDICA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE NATUREZA CONTINUADA DE TRANSPORTE INDIVIDUAL PRIVADO DE PASSAGEIROS, SOB DEMANDA QUE POSSIBILITE A OPERAÇÃO E A GESTÃO DE SOLICITAÇÃO DE VIAGEM, POR MEIO DE APLICAÇÃO WEB E APLIC</t>
         </is>
       </c>
-      <c r="M210" s="3" t="inlineStr">
+      <c r="M350" s="3" t="inlineStr">
         <is>
           <t>16/04/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="211">
-[...5 lines deleted...]
-      <c r="C211" s="3" t="inlineStr">
+    <row outlineLevel="0" r="351">
+      <c r="A351" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C351" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D211" s="3" t="inlineStr">
+      <c r="D351" s="3" t="inlineStr">
         <is>
           <t>SESAU</t>
         </is>
       </c>
-      <c r="E211" s="3" t="inlineStr">
+      <c r="E351" s="3" t="inlineStr">
         <is>
           <t>16959</t>
         </is>
       </c>
-      <c r="F211" s="3" t="inlineStr">
+      <c r="F351" s="3" t="inlineStr">
         <is>
           <t>16/04/2020</t>
         </is>
       </c>
-      <c r="G211" s="3" t="inlineStr">
+      <c r="G351" s="3" t="inlineStr">
         <is>
           <t>16959</t>
         </is>
       </c>
-      <c r="H211" s="3" t="inlineStr">
+      <c r="H351" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE PESSOA JURÍDICA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS PARA A LOCAÇÃO MENSAL, COM QUILOMETRAGEM LIVRE,SEM MOTORISTA E SEM FORNECIMENTO DE COMBUSTÍVEL PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE DE ANANINDEUA</t>
         </is>
       </c>
-      <c r="M211" s="3" t="inlineStr">
+      <c r="M351" s="3" t="inlineStr">
         <is>
           <t>16/04/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="212">
-[...5 lines deleted...]
-      <c r="B212" s="3" t="inlineStr">
+    <row outlineLevel="0" r="352">
+      <c r="A352" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B352" s="3" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="C212" s="3" t="inlineStr">
+      <c r="C352" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D212" s="3" t="inlineStr">
+      <c r="D352" s="3" t="inlineStr">
         <is>
           <t>FMAS</t>
         </is>
       </c>
-      <c r="E212" s="3" t="inlineStr">
+      <c r="E352" s="3" t="inlineStr">
         <is>
           <t>050/2023-SEMCAT/PMA</t>
         </is>
       </c>
-      <c r="G212" s="3" t="inlineStr">
+      <c r="G352" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP N°. 9/2023-001-PMVN</t>
         </is>
       </c>
-      <c r="H212" s="3" t="inlineStr">
+      <c r="H352" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FUTURA E EVENTUAL AQUISIÇÃO DE MATERIAIS DE EXPEDIENTE PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT</t>
         </is>
       </c>
-      <c r="I212" s="3" t="inlineStr">
+      <c r="I352" s="3" t="inlineStr">
         <is>
           <t>16/08/2023</t>
         </is>
       </c>
-      <c r="M212" s="3" t="inlineStr">
+      <c r="M352" s="3" t="inlineStr">
         <is>
           <t>15/12/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="213">
-[...5 lines deleted...]
-      <c r="B213" s="3" t="inlineStr">
+    <row outlineLevel="0" r="353">
+      <c r="A353" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B353" s="3" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="C213" s="3" t="inlineStr">
+      <c r="C353" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D213" s="3" t="inlineStr">
+      <c r="D353" s="3" t="inlineStr">
         <is>
           <t>SEURB</t>
         </is>
       </c>
-      <c r="E213" s="3" t="inlineStr">
+      <c r="E353" s="3" t="inlineStr">
         <is>
           <t>13.925/2023</t>
         </is>
       </c>
-      <c r="G213" s="3" t="inlineStr">
+      <c r="G353" s="3" t="inlineStr">
         <is>
           <t>ATA DE REGISTRO DE PREÇOS SRP Nº 8/2023-PMSN</t>
         </is>
       </c>
-      <c r="H213" s="3" t="inlineStr">
+      <c r="H353" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE SERVIÇOS GRÁFICOS CUSTOMIZADOS DE INDENTIFICAÇÃO VISUAL PARA ATENDER À DEMANDA DA SECRETARIA MUNICIPAL DE SERVIÇOS URBANOS DE ANANINDEUA/PA._x000d_
 </t>
         </is>
       </c>
-      <c r="I213" s="3" t="inlineStr">
+      <c r="I353" s="3" t="inlineStr">
         <is>
           <t>26/09/2023</t>
         </is>
       </c>
-      <c r="M213" s="3" t="inlineStr">
+      <c r="M353" s="3" t="inlineStr">
         <is>
           <t>15/12/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="214">
-[...5 lines deleted...]
-      <c r="C214" s="3" t="inlineStr">
+    <row outlineLevel="0" r="354">
+      <c r="A354" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C354" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D214" s="3" t="inlineStr">
+      <c r="D354" s="3" t="inlineStr">
         <is>
           <t>SEURB</t>
         </is>
       </c>
-      <c r="E214" s="3" t="inlineStr">
+      <c r="E354" s="3" t="inlineStr">
         <is>
           <t>219</t>
         </is>
       </c>
-      <c r="F214" s="3" t="inlineStr">
+      <c r="F354" s="3" t="inlineStr">
         <is>
           <t>15/10/2019</t>
         </is>
       </c>
-      <c r="G214" s="3" t="inlineStr">
+      <c r="G354" s="3" t="inlineStr">
         <is>
           <t>SRP Nº 04.2019 PMA-SEMED</t>
         </is>
       </c>
-      <c r="H214" s="3" t="inlineStr">
+      <c r="H354" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (TONNER, CARTUCHO E PERIFÉRICOS)</t>
         </is>
       </c>
-      <c r="M214" s="3" t="inlineStr">
+      <c r="M354" s="3" t="inlineStr">
         <is>
           <t>15/10/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="215">
-[...5 lines deleted...]
-      <c r="C215" s="3" t="inlineStr">
+    <row outlineLevel="0" r="355">
+      <c r="A355" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C355" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D215" s="3" t="inlineStr">
+      <c r="D355" s="3" t="inlineStr">
         <is>
           <t>SEURB</t>
         </is>
       </c>
-      <c r="E215" s="3" t="inlineStr">
+      <c r="E355" s="3" t="inlineStr">
         <is>
           <t>61/2021</t>
         </is>
       </c>
-      <c r="F215" s="3" t="inlineStr">
+      <c r="F355" s="3" t="inlineStr">
         <is>
           <t>15/07/2021</t>
         </is>
       </c>
-      <c r="G215" s="3" t="inlineStr">
+      <c r="G355" s="3" t="inlineStr">
         <is>
           <t>ATA DE REGISTRO DE PREÇOS Nº 001/2021</t>
         </is>
       </c>
-      <c r="H215" s="3" t="inlineStr">
+      <c r="H355" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE GÊNEROS ALIMENTÍCIOS.</t>
         </is>
       </c>
-      <c r="M215" s="3" t="inlineStr">
+      <c r="M355" s="3" t="inlineStr">
         <is>
           <t>15/07/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="216">
-[...5 lines deleted...]
-      <c r="C216" s="3" t="inlineStr">
+    <row outlineLevel="0" r="356">
+      <c r="A356" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C356" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D216" s="3" t="inlineStr">
+      <c r="D356" s="3" t="inlineStr">
         <is>
           <t>SESDS</t>
         </is>
       </c>
-      <c r="E216" s="3" t="inlineStr">
+      <c r="E356" s="3" t="inlineStr">
         <is>
           <t>035/2019-CMA</t>
         </is>
       </c>
-      <c r="F216" s="3" t="inlineStr">
+      <c r="F356" s="3" t="inlineStr">
         <is>
           <t>15/05/2020</t>
         </is>
       </c>
-      <c r="G216" s="3" t="inlineStr">
+      <c r="G356" s="3" t="inlineStr">
         <is>
           <t>EDITAL - SISTEMA DE REGISTRO DE PREÇOS-PREGÃO PRESENCIAL N°. 001/2019-CMA</t>
         </is>
       </c>
-      <c r="H216" s="3" t="inlineStr">
+      <c r="H356" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA PARA A PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO À INTERNET CORPORATIVA VIA FIBRA ÓPTICA, POR UM PERÍODO DE 12 (DOZE) MESES.</t>
         </is>
       </c>
-      <c r="M216" s="3" t="inlineStr">
+      <c r="M356" s="3" t="inlineStr">
         <is>
           <t>15/05/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="217">
-[...5 lines deleted...]
-      <c r="C217" s="3" t="inlineStr">
+    <row outlineLevel="0" r="357">
+      <c r="A357" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C357" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D217" s="3" t="inlineStr">
+      <c r="D357" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E217" s="3" t="inlineStr">
+      <c r="E357" s="3" t="inlineStr">
         <is>
           <t>2018.09161.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="F217" s="3" t="inlineStr">
+      <c r="F357" s="3" t="inlineStr">
         <is>
           <t>15/05/2019</t>
         </is>
       </c>
-      <c r="G217" s="3" t="inlineStr">
+      <c r="G357" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIAL PARA SISTEMA DE REGISTRO DE PREÇOS Nº SRP.2018.008.SEMCAT.PMA. ATA DE REGISTRO DE PREÇOS Nº2018/001/SE</t>
         </is>
       </c>
-      <c r="H217" s="3" t="inlineStr">
+      <c r="H357" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE MATERIAL PERMANENTE E MATERIAIS DIVERSOS, PARA ATENDER AS NECESSIDADES INSTITUCIONAIS DA SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO.</t>
         </is>
       </c>
-      <c r="M217" s="3" t="inlineStr">
+      <c r="M357" s="3" t="inlineStr">
         <is>
           <t>15/05/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="218">
-[...5 lines deleted...]
-      <c r="C218" s="3" t="inlineStr">
+    <row outlineLevel="0" r="358">
+      <c r="A358" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C358" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D218" s="3" t="inlineStr">
+      <c r="D358" s="3" t="inlineStr">
         <is>
           <t>SESAU</t>
         </is>
       </c>
-      <c r="E218" s="3" t="inlineStr">
+      <c r="E358" s="3" t="inlineStr">
         <is>
           <t>1100/19</t>
         </is>
       </c>
-      <c r="F218" s="3" t="inlineStr">
+      <c r="F358" s="3" t="inlineStr">
         <is>
           <t>15/04/2020</t>
         </is>
       </c>
-      <c r="G218" s="3" t="inlineStr">
+      <c r="G358" s="3" t="inlineStr">
         <is>
           <t>1100</t>
         </is>
       </c>
-      <c r="H218" s="3" t="inlineStr">
+      <c r="H358" s="3" t="inlineStr">
         <is>
           <t>ADESÃO AO SISTEMA DE REGISTRO DE PREÇO SRP Nº01/2019-PREGÃO PRESENCIAL SRP Nº02/2018-PROCESSO ADMINISTRATIVO AA.001.1.000533/18-63 OBJETO: CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇOS DE DIETA E NUTRIÇÃO COM FORNECIMENTOS DE TODOS</t>
         </is>
       </c>
-      <c r="M218" s="3" t="inlineStr">
+      <c r="M358" s="3" t="inlineStr">
         <is>
           <t>15/04/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="219">
-[...5 lines deleted...]
-      <c r="B219" s="3" t="inlineStr">
+    <row outlineLevel="0" r="359">
+      <c r="A359" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B359" s="3" t="inlineStr">
         <is>
           <t>002</t>
         </is>
       </c>
-      <c r="C219" s="3" t="inlineStr">
+      <c r="C359" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D219" s="3" t="inlineStr">
+      <c r="D359" s="3" t="inlineStr">
         <is>
           <t>SECULT</t>
         </is>
       </c>
-      <c r="E219" s="3" t="inlineStr">
+      <c r="E359" s="3" t="inlineStr">
         <is>
           <t>240/2019</t>
         </is>
       </c>
-      <c r="F219" s="3" t="inlineStr">
+      <c r="F359" s="3" t="inlineStr">
         <is>
           <t>15/04/2020</t>
         </is>
       </c>
-      <c r="G219" s="3" t="inlineStr">
+      <c r="G359" s="3" t="inlineStr">
         <is>
           <t>2019.002.PMA-SEMED</t>
         </is>
       </c>
-      <c r="H219" s="3" t="inlineStr">
+      <c r="H359" s="3" t="inlineStr">
         <is>
           <t>PRESTAÇÃO DE SERVIÇO CONTINUADO DE LOCAÇÃO DE IMPRESSORAS E MULTIFUNCIONAIS</t>
         </is>
       </c>
-      <c r="I219" s="3" t="inlineStr">
+      <c r="I359" s="3" t="inlineStr">
         <is>
           <t>15/04/2020</t>
         </is>
       </c>
-      <c r="J219" s="3" t="inlineStr">
+      <c r="J359" s="3" t="inlineStr">
         <is>
           <t>SECELJ</t>
         </is>
       </c>
-      <c r="M219" s="3" t="inlineStr">
+      <c r="M359" s="3" t="inlineStr">
         <is>
           <t>15/04/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="220">
-[...5 lines deleted...]
-      <c r="C220" s="3" t="inlineStr">
+    <row outlineLevel="0" r="360">
+      <c r="A360" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C360" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D220" s="3" t="inlineStr">
+      <c r="D360" s="3" t="inlineStr">
         <is>
           <t>SEHAB</t>
         </is>
       </c>
-      <c r="E220" s="3" t="inlineStr">
+      <c r="E360" s="3" t="inlineStr">
         <is>
           <t>416/2018/SEMCAT</t>
         </is>
       </c>
-      <c r="F220" s="3" t="inlineStr">
+      <c r="F360" s="3" t="inlineStr">
         <is>
           <t>15/04/2019</t>
         </is>
       </c>
-      <c r="G220" s="3" t="inlineStr">
+      <c r="G360" s="3" t="inlineStr">
         <is>
           <t>SRP.2018.006.SEMCAT.PMA</t>
         </is>
       </c>
-      <c r="H220" s="3" t="inlineStr">
+      <c r="H360" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA O FORNECIMENTO DE GLP - GÁS LIQUEFEITO DE PETRÓLEO, ÁGUA MINERAL EM EMBALAGEM DE 200ML</t>
         </is>
       </c>
-      <c r="M220" s="3" t="inlineStr">
+      <c r="M360" s="3" t="inlineStr">
         <is>
           <t>15/04/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="221">
-[...5 lines deleted...]
-      <c r="B221" s="3" t="inlineStr">
+    <row outlineLevel="0" r="361">
+      <c r="A361" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B361" s="3" t="inlineStr">
         <is>
           <t>001</t>
         </is>
       </c>
-      <c r="C221" s="3" t="inlineStr">
+      <c r="C361" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D221" s="3" t="inlineStr">
+      <c r="D361" s="3" t="inlineStr">
         <is>
           <t>SEURB</t>
         </is>
       </c>
-      <c r="E221" s="3" t="inlineStr">
+      <c r="E361" s="3" t="inlineStr">
         <is>
           <t>11.272</t>
         </is>
       </c>
-      <c r="F221" s="3" t="inlineStr">
+      <c r="F361" s="3" t="inlineStr">
         <is>
           <t>14/12/2022</t>
         </is>
       </c>
-      <c r="G221" s="3" t="inlineStr">
+      <c r="G361" s="3" t="inlineStr">
         <is>
           <t>ATA DE REGISTRO DE PREÇO Nº 047/2021.001</t>
         </is>
       </c>
-      <c r="H221" s="3" t="inlineStr">
+      <c r="H361" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MOBILIARIO</t>
         </is>
       </c>
-      <c r="I221" s="3" t="inlineStr">
+      <c r="I361" s="3" t="inlineStr">
         <is>
           <t>13/09/2022</t>
         </is>
       </c>
-      <c r="J221" s="3" t="inlineStr">
+      <c r="J361" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE SERVIÇOS URBANOS</t>
         </is>
       </c>
-      <c r="K221" s="3" t="inlineStr">
+      <c r="K361" s="3" t="inlineStr">
         <is>
           <t>Edson Costa Carrera (Titular) Alan Guerreiro da Silva (Suplente)</t>
         </is>
       </c>
-      <c r="M221" s="3" t="inlineStr">
+      <c r="M361" s="3" t="inlineStr">
         <is>
           <t>14/12/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="222">
-[...5 lines deleted...]
-      <c r="C222" s="3" t="inlineStr">
+    <row outlineLevel="0" r="362">
+      <c r="A362" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C362" s="3" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="D222" s="3" t="inlineStr">
+      <c r="D362" s="3" t="inlineStr">
         <is>
           <t>SEDEC</t>
         </is>
       </c>
-      <c r="E222" s="3" t="inlineStr">
+      <c r="E362" s="3" t="inlineStr">
         <is>
           <t>3970/2016/SEMED</t>
         </is>
       </c>
-      <c r="F222" s="3" t="inlineStr">
+      <c r="F362" s="3" t="inlineStr">
         <is>
           <t>14/12/2017</t>
         </is>
       </c>
-      <c r="G222" s="3" t="inlineStr">
+      <c r="G362" s="3" t="inlineStr">
         <is>
           <t>2017.002.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H222" s="3" t="inlineStr">
+      <c r="H362" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (MATERIAL DE EXPEDIENTE).</t>
         </is>
       </c>
-      <c r="M222" s="3" t="inlineStr">
+      <c r="M362" s="3" t="inlineStr">
         <is>
           <t>14/12/2017</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="223">
-[...5 lines deleted...]
-      <c r="C223" s="3" t="inlineStr">
+    <row outlineLevel="0" r="363">
+      <c r="A363" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C363" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D223" s="3" t="inlineStr">
+      <c r="D363" s="3" t="inlineStr">
         <is>
           <t>SESDS</t>
         </is>
       </c>
-      <c r="E223" s="3" t="inlineStr">
+      <c r="E363" s="3" t="inlineStr">
         <is>
           <t>3669/2018/SEMED</t>
         </is>
       </c>
-      <c r="F223" s="3" t="inlineStr">
+      <c r="F363" s="3" t="inlineStr">
         <is>
           <t>14/11/2019</t>
         </is>
       </c>
-      <c r="G223" s="3" t="inlineStr">
+      <c r="G363" s="3" t="inlineStr">
         <is>
           <t>EDITAL - SISTEMA DE REGISTRO DE PREÇOS PREGÃO ELETRÔNICO N°.2019.002.PMA.SEMED.</t>
         </is>
       </c>
-      <c r="H223" s="3" t="inlineStr">
+      <c r="H363" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (EXPEDIENTE), PARA ATENDER AS NECESSIDADES DA SECRETARIA DE SEGURANÇA E DA GUARDA CIVIL MUNICIPAL DE ANANINDEUA.</t>
         </is>
       </c>
-      <c r="M223" s="3" t="inlineStr">
+      <c r="M363" s="3" t="inlineStr">
         <is>
           <t>14/11/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="224">
-[...5 lines deleted...]
-      <c r="C224" s="3" t="inlineStr">
+    <row outlineLevel="0" r="364">
+      <c r="A364" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C364" s="3" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="D224" s="3" t="inlineStr">
+      <c r="D364" s="3" t="inlineStr">
         <is>
           <t>SEHAB</t>
         </is>
       </c>
-      <c r="E224" s="3" t="inlineStr">
+      <c r="E364" s="3" t="inlineStr">
         <is>
           <t>277/2017-SEMCAT</t>
         </is>
       </c>
-      <c r="F224" s="3" t="inlineStr">
+      <c r="F364" s="3" t="inlineStr">
         <is>
           <t>14/11/2017</t>
         </is>
       </c>
-      <c r="G224" s="3" t="inlineStr">
+      <c r="G364" s="3" t="inlineStr">
         <is>
           <t>SRP Nº 2017.0003.SEMCAT.PMA</t>
         </is>
       </c>
-      <c r="H224" s="3" t="inlineStr">
+      <c r="H364" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM PRESTAÇÃO DE SERVIÇOS DE SONORIZAÇÃO.</t>
         </is>
       </c>
-      <c r="M224" s="3" t="inlineStr">
+      <c r="M364" s="3" t="inlineStr">
         <is>
           <t>14/11/2017</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="225">
-[...5 lines deleted...]
-      <c r="B225" s="3" t="inlineStr">
+    <row outlineLevel="0" r="365">
+      <c r="A365" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B365" s="3" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
-      <c r="C225" s="3" t="inlineStr">
+      <c r="C365" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D225" s="3" t="inlineStr">
+      <c r="D365" s="3" t="inlineStr">
         <is>
           <t>SECULT</t>
         </is>
       </c>
-      <c r="E225" s="3" t="inlineStr">
+      <c r="E365" s="3" t="inlineStr">
         <is>
           <t>Nº 9.526/2022 - SECULT/PMA</t>
         </is>
       </c>
-      <c r="F225" s="3" t="inlineStr">
+      <c r="F365" s="3" t="inlineStr">
         <is>
           <t>14/10/2022</t>
         </is>
       </c>
-      <c r="G225" s="3" t="inlineStr">
+      <c r="G365" s="3" t="inlineStr">
         <is>
           <t>SRP N.º 9/2022-14 SEMAD/PMA - ATA DE REGISTRO DE PREÇO N º 2022.014 SEMAD/PMA</t>
         </is>
       </c>
-      <c r="H225" s="3" t="inlineStr">
+      <c r="H365" s="3" t="inlineStr">
         <is>
           <t>SERVIÇOS DE LOCAÇÃO DE VEÍCULOS AUTOMOTORES TERRESTRES, SEM MOTORISTA</t>
         </is>
       </c>
-      <c r="I225" s="3" t="inlineStr">
+      <c r="I365" s="3" t="inlineStr">
         <is>
           <t>08/09/2022</t>
         </is>
       </c>
-      <c r="J225" s="3" t="inlineStr">
+      <c r="J365" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE CULTURA DE ANANINDEUA - SECULT</t>
         </is>
       </c>
-      <c r="K225" s="3" t="inlineStr">
+      <c r="K365" s="3" t="inlineStr">
         <is>
           <t>MICHEL TOBIAS BARBOSA (Titular) VIVIAN MELO DOS SANTOS (Suplente)</t>
         </is>
       </c>
-      <c r="M225" s="3" t="inlineStr">
+      <c r="M365" s="3" t="inlineStr">
         <is>
           <t>14/10/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="226">
-[...5 lines deleted...]
-      <c r="B226" s="3" t="inlineStr">
+    <row outlineLevel="0" r="366">
+      <c r="A366" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B366" s="3" t="inlineStr">
         <is>
           <t>001</t>
         </is>
       </c>
-      <c r="C226" s="3" t="inlineStr">
+      <c r="C366" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D226" s="3" t="inlineStr">
+      <c r="D366" s="3" t="inlineStr">
         <is>
           <t>SECULT</t>
         </is>
       </c>
-      <c r="E226" s="3" t="inlineStr">
+      <c r="E366" s="3" t="inlineStr">
         <is>
           <t>Processo nº 3.520/2023</t>
         </is>
       </c>
-      <c r="F226" s="3" t="inlineStr">
+      <c r="F366" s="3" t="inlineStr">
         <is>
           <t>14/07/2023</t>
         </is>
       </c>
-      <c r="G226" s="3" t="inlineStr">
+      <c r="G366" s="3" t="inlineStr">
         <is>
           <t>#ATA REGISTRO DE PREÇO Nº 001/2022, PREGÃO ELETRONICO Nº 009/2022 – CPL/ALEPA</t>
         </is>
       </c>
-      <c r="H226" s="3" t="inlineStr">
+      <c r="H366" s="3" t="inlineStr">
         <is>
           <t>SERVIÇO DE ORGANIZAÇÃO, OPERACIONALIZAÇÃO, COORDENAÇÃO E EXECUÇÃO DE EVENTOS.</t>
         </is>
       </c>
-      <c r="I226" s="3" t="inlineStr">
+      <c r="I366" s="3" t="inlineStr">
         <is>
           <t>13/06/2023</t>
         </is>
       </c>
-      <c r="J226" s="3" t="inlineStr">
+      <c r="J366" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE CULTURA DE ANANINDEUA - SECULT</t>
         </is>
       </c>
-      <c r="M226" s="3" t="inlineStr">
+      <c r="M366" s="3" t="inlineStr">
         <is>
           <t>14/07/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="227">
-[...5 lines deleted...]
-      <c r="C227" s="3" t="inlineStr">
+    <row outlineLevel="0" r="367">
+      <c r="A367" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C367" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D227" s="3" t="inlineStr">
+      <c r="D367" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E227" s="3" t="inlineStr">
+      <c r="E367" s="3" t="inlineStr">
         <is>
           <t>4145/2018</t>
         </is>
       </c>
-      <c r="F227" s="3" t="inlineStr">
+      <c r="F367" s="3" t="inlineStr">
         <is>
           <t>14/06/2019</t>
         </is>
       </c>
-      <c r="G227" s="3" t="inlineStr">
+      <c r="G367" s="3" t="inlineStr">
         <is>
           <t>15/2018</t>
         </is>
       </c>
-      <c r="H227" s="3" t="inlineStr">
+      <c r="H367" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MOBILIÁRIO PARA SALA DE AULA</t>
         </is>
       </c>
-      <c r="M227" s="3" t="inlineStr">
+      <c r="M367" s="3" t="inlineStr">
         <is>
           <t>14/06/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="228">
-[...5 lines deleted...]
-      <c r="C228" s="3" t="inlineStr">
+    <row outlineLevel="0" r="368">
+      <c r="A368" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C368" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D228" s="3" t="inlineStr">
+      <c r="D368" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E228" s="3" t="inlineStr">
+      <c r="E368" s="3" t="inlineStr">
         <is>
           <t>2019.02.058.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="F228" s="3" t="inlineStr">
+      <c r="F368" s="3" t="inlineStr">
         <is>
           <t>14/05/2019</t>
         </is>
       </c>
-      <c r="G228" s="3" t="inlineStr">
+      <c r="G368" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP Nº 2018.001.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H228" s="3" t="inlineStr">
+      <c r="H368" s="3" t="inlineStr">
         <is>
           <t>O OBJETO DESTE CONTRATO É A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIMENTO DE KIT DE LANCHES, BRUNCH E CAFÉ DA MANHÃ PARA ATENDER OS EVENTOS INTERNOS E EXTERNOS PROMOVIDOS PELA SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO, E OS SERVIDORES QU</t>
         </is>
       </c>
-      <c r="M228" s="3" t="inlineStr">
+      <c r="M368" s="3" t="inlineStr">
         <is>
           <t>14/05/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="229">
-[...5 lines deleted...]
-      <c r="C229" s="3" t="inlineStr">
+    <row outlineLevel="0" r="369">
+      <c r="A369" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C369" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D229" s="3" t="inlineStr">
+      <c r="D369" s="3" t="inlineStr">
         <is>
           <t>SEURB</t>
         </is>
       </c>
-      <c r="E229" s="3" t="inlineStr">
+      <c r="E369" s="3" t="inlineStr">
         <is>
           <t>263/2018</t>
         </is>
       </c>
-      <c r="F229" s="3" t="inlineStr">
+      <c r="F369" s="3" t="inlineStr">
         <is>
           <t>14/05/2018</t>
         </is>
       </c>
-      <c r="G229" s="3" t="inlineStr">
+      <c r="G369" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIAL 003/2018/SRP</t>
         </is>
       </c>
-      <c r="H229" s="3" t="inlineStr">
+      <c r="H369" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE TUBO DE CONCRETO ARMADO</t>
         </is>
       </c>
-      <c r="M229" s="3" t="inlineStr">
+      <c r="M369" s="3" t="inlineStr">
         <is>
           <t>14/05/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="230">
-[...5 lines deleted...]
-      <c r="C230" s="3" t="inlineStr">
+    <row outlineLevel="0" r="370">
+      <c r="A370" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C370" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D230" s="3" t="inlineStr">
+      <c r="D370" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E230" s="3" t="inlineStr">
+      <c r="E370" s="3" t="inlineStr">
         <is>
           <t>Nº 033/2021 - SESAN/PMA</t>
         </is>
       </c>
-      <c r="F230" s="3" t="inlineStr">
+      <c r="F370" s="3" t="inlineStr">
         <is>
           <t>14/04/2021</t>
         </is>
       </c>
-      <c r="G230" s="3" t="inlineStr">
+      <c r="G370" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP Nº 24/2020- PMSIP - PREFEITURA MUNICIPAL DE SANTA IZABEL DO PARÁ</t>
         </is>
       </c>
-      <c r="H230" s="3" t="inlineStr">
+      <c r="H370" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA O FORNECIMENTO, SOB DEMANDA, DE EQUIPAMENTOS DE INFORMÁTICA.</t>
         </is>
       </c>
-      <c r="M230" s="3" t="inlineStr">
+      <c r="M370" s="3" t="inlineStr">
         <is>
           <t>14/04/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="231">
-[...5 lines deleted...]
-      <c r="B231" s="3" t="inlineStr">
+    <row outlineLevel="0" r="371">
+      <c r="A371" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B371" s="3" t="inlineStr">
         <is>
           <t>005</t>
         </is>
       </c>
-      <c r="C231" s="3" t="inlineStr">
+      <c r="C371" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D231" s="3" t="inlineStr">
+      <c r="D371" s="3" t="inlineStr">
         <is>
           <t>SEGEF</t>
         </is>
       </c>
-      <c r="E231" s="3" t="inlineStr">
+      <c r="E371" s="3" t="inlineStr">
         <is>
           <t>2021/10/10295</t>
         </is>
       </c>
-      <c r="F231" s="3" t="inlineStr">
+      <c r="F371" s="3" t="inlineStr">
         <is>
           <t>09/03/2022</t>
         </is>
       </c>
-      <c r="H231" s="3" t="inlineStr">
+      <c r="H371" s="3" t="inlineStr">
         <is>
           <t>CANECAS DE CERÂMICA PERSONALIZADA 350 ML</t>
         </is>
       </c>
-      <c r="I231" s="3" t="inlineStr">
+      <c r="I371" s="3" t="inlineStr">
         <is>
           <t>29/09/2021</t>
         </is>
       </c>
-      <c r="J231" s="3" t="inlineStr">
+      <c r="J371" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE GESTÃO FAZENDARIA</t>
         </is>
       </c>
-      <c r="M231" s="3" t="inlineStr">
+      <c r="M371" s="3" t="inlineStr">
         <is>
           <t>14/03/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="232">
-[...5 lines deleted...]
-      <c r="B232" s="3" t="inlineStr">
+    <row outlineLevel="0" r="372">
+      <c r="A372" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B372" s="3" t="inlineStr">
         <is>
           <t>005</t>
         </is>
       </c>
-      <c r="C232" s="3" t="inlineStr">
+      <c r="C372" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D232" s="3" t="inlineStr">
+      <c r="D372" s="3" t="inlineStr">
         <is>
           <t>SEGEF</t>
         </is>
       </c>
-      <c r="E232" s="3" t="inlineStr">
+      <c r="E372" s="3" t="inlineStr">
         <is>
           <t>10295/10/2021</t>
         </is>
       </c>
-      <c r="F232" s="3" t="inlineStr">
+      <c r="F372" s="3" t="inlineStr">
         <is>
           <t>07/03/2021</t>
         </is>
       </c>
-      <c r="H232" s="3" t="inlineStr">
+      <c r="H372" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE COPO REUTILIZÁVEL (PERSONALIZADO)</t>
         </is>
       </c>
-      <c r="I232" s="3" t="inlineStr">
+      <c r="I372" s="3" t="inlineStr">
         <is>
           <t>29/09/2021</t>
         </is>
       </c>
-      <c r="J232" s="3" t="inlineStr">
+      <c r="J372" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE GESTÃO FAZENDÁRIA</t>
         </is>
       </c>
-      <c r="M232" s="3" t="inlineStr">
+      <c r="M372" s="3" t="inlineStr">
         <is>
           <t>14/03/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="233">
-[...5 lines deleted...]
-      <c r="B233" s="3" t="inlineStr">
+    <row outlineLevel="0" r="373">
+      <c r="A373" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B373" s="3" t="inlineStr">
         <is>
           <t>002</t>
         </is>
       </c>
-      <c r="C233" s="3" t="inlineStr">
+      <c r="C373" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D233" s="3" t="inlineStr">
+      <c r="D373" s="3" t="inlineStr">
         <is>
           <t>PROGE</t>
         </is>
       </c>
-      <c r="E233" s="3" t="inlineStr">
+      <c r="E373" s="3" t="inlineStr">
         <is>
           <t>2020.001.008 PROGE/PMA</t>
         </is>
       </c>
-      <c r="F233" s="3" t="inlineStr">
+      <c r="F373" s="3" t="inlineStr">
         <is>
           <t>14/02/2020</t>
         </is>
       </c>
-      <c r="G233" s="3" t="inlineStr">
+      <c r="G373" s="3" t="inlineStr">
         <is>
           <t>PP 2019.002.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H233" s="3" t="inlineStr">
+      <c r="H373" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS CONTINUADOS DE LOCAÇÃO DE IMPRESSORAS E MULTIFUNCIONAIS PARA ATENDER AS DEMANDAS DA PROCURADORIA GERAL DO MUNICÍPIO E DA COMISSÃO PERMANENTE DE LICITAÇÃO, COMPREENDENDO A PRESTAÇÃO DE SERV</t>
         </is>
       </c>
-      <c r="I233" s="3" t="inlineStr">
+      <c r="I373" s="3" t="inlineStr">
         <is>
           <t>12/02/2020</t>
         </is>
       </c>
-      <c r="J233" s="3" t="inlineStr">
+      <c r="J373" s="3" t="inlineStr">
         <is>
           <t>COMISSÃO PERMANENTE DE LICITAÇÃO</t>
         </is>
       </c>
-      <c r="M233" s="3" t="inlineStr">
+      <c r="M373" s="3" t="inlineStr">
         <is>
           <t>14/02/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="234">
-[...5 lines deleted...]
-      <c r="B234" s="3" t="inlineStr">
+    <row outlineLevel="0" r="374">
+      <c r="A374" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B374" s="3" t="inlineStr">
         <is>
           <t>2028</t>
         </is>
       </c>
-      <c r="C234" s="3" t="inlineStr">
+      <c r="C374" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D234" s="3" t="inlineStr">
+      <c r="D374" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E234" s="3" t="inlineStr">
+      <c r="E374" s="3" t="inlineStr">
         <is>
           <t>2028/2021</t>
         </is>
       </c>
-      <c r="F234" s="3" t="inlineStr">
+      <c r="F374" s="3" t="inlineStr">
         <is>
           <t>03/01/2022</t>
         </is>
       </c>
-      <c r="H234" s="3" t="inlineStr">
+      <c r="H374" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE EQUIPAMENTOS E DISPOSITIVOS TECNOLÓGICOS.</t>
         </is>
       </c>
-      <c r="I234" s="3" t="inlineStr">
+      <c r="I374" s="3" t="inlineStr">
         <is>
           <t>11/08/2021</t>
         </is>
       </c>
-      <c r="J234" s="3" t="inlineStr">
+      <c r="J374" s="3" t="inlineStr">
         <is>
           <t>WWW.GOV.BR/COMPRAS</t>
         </is>
       </c>
-      <c r="M234" s="3" t="inlineStr">
+      <c r="M374" s="3" t="inlineStr">
         <is>
           <t>14/01/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="235">
-[...5 lines deleted...]
-      <c r="B235" s="3" t="inlineStr">
+    <row outlineLevel="0" r="375">
+      <c r="A375" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B375" s="3" t="inlineStr">
         <is>
           <t>1302</t>
         </is>
       </c>
-      <c r="C235" s="3" t="inlineStr">
+      <c r="C375" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D235" s="3" t="inlineStr">
+      <c r="D375" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E235" s="3" t="inlineStr">
+      <c r="E375" s="3" t="inlineStr">
         <is>
           <t>1302/2021</t>
         </is>
       </c>
-      <c r="F235" s="3" t="inlineStr">
+      <c r="F375" s="3" t="inlineStr">
         <is>
           <t>28/12/2021</t>
         </is>
       </c>
-      <c r="H235" s="3" t="inlineStr">
+      <c r="H375" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS : ESTIVAS EM GERAL, PROTEÍNA E HORTIFRUTIGRANJEIRO.</t>
         </is>
       </c>
-      <c r="I235" s="3" t="inlineStr">
+      <c r="I375" s="3" t="inlineStr">
         <is>
           <t>03/12/2021</t>
         </is>
       </c>
-      <c r="J235" s="3" t="inlineStr">
+      <c r="J375" s="3" t="inlineStr">
         <is>
           <t> WWW.COMPRASNET.GOV.BR (UASG</t>
         </is>
       </c>
-      <c r="M235" s="3" t="inlineStr">
+      <c r="M375" s="3" t="inlineStr">
         <is>
           <t>14/01/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="236">
-[...5 lines deleted...]
-      <c r="B236" s="3" t="inlineStr">
+    <row outlineLevel="0" r="376">
+      <c r="A376" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B376" s="3" t="inlineStr">
         <is>
           <t>083</t>
         </is>
       </c>
-      <c r="C236" s="3" t="inlineStr">
+      <c r="C376" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D236" s="3" t="inlineStr">
+      <c r="D376" s="3" t="inlineStr">
         <is>
           <t>SECULT</t>
         </is>
       </c>
-      <c r="E236" s="3" t="inlineStr">
+      <c r="E376" s="3" t="inlineStr">
         <is>
           <t>026/2021</t>
         </is>
       </c>
-      <c r="F236" s="3" t="inlineStr">
+      <c r="F376" s="3" t="inlineStr">
         <is>
           <t>21/12/2021</t>
         </is>
       </c>
-      <c r="H236" s="3" t="inlineStr">
+      <c r="H376" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE ORGANIZAÇÃO, PLANEJAMENTO FORNECIMENTO DE TODO O MATERIAL E INFRAESTRUTURA</t>
         </is>
       </c>
-      <c r="I236" s="3" t="inlineStr">
+      <c r="I376" s="3" t="inlineStr">
         <is>
           <t>10/12/2021</t>
         </is>
       </c>
-      <c r="J236" s="3" t="inlineStr">
+      <c r="J376" s="3" t="inlineStr">
         <is>
           <t> SECRETARIA MUNICIPAL DE CULTURA DE ANANINDEUA-SECULT</t>
         </is>
       </c>
-      <c r="M236" s="3" t="inlineStr">
+      <c r="M376" s="3" t="inlineStr">
         <is>
           <t>14/01/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="237">
-[...5 lines deleted...]
-      <c r="B237" s="3" t="inlineStr">
+    <row outlineLevel="0" r="377">
+      <c r="A377" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B377" s="3" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
-      <c r="C237" s="3" t="inlineStr">
+      <c r="C377" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D237" s="3" t="inlineStr">
+      <c r="D377" s="3" t="inlineStr">
         <is>
           <t>SECULT</t>
         </is>
       </c>
-      <c r="E237" s="3" t="inlineStr">
+      <c r="E377" s="3" t="inlineStr">
         <is>
           <t>107/2021</t>
         </is>
       </c>
-      <c r="F237" s="3" t="inlineStr">
+      <c r="F377" s="3" t="inlineStr">
         <is>
           <t>13/12/2021</t>
         </is>
       </c>
-      <c r="H237" s="3" t="inlineStr">
+      <c r="H377" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO DE COMPUTADORES, PRESTAÇÃO DE SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA, SUPORTE TÉCNICO E GARANTIA DE SUBSTITUIÇÃO DO EQUIPAMENTO</t>
         </is>
       </c>
-      <c r="I237" s="3" t="inlineStr">
+      <c r="I377" s="3" t="inlineStr">
         <is>
           <t>18/11/2021</t>
         </is>
       </c>
-      <c r="J237" s="3" t="inlineStr">
+      <c r="J377" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA DE CULTURA DE ANANINDEUA</t>
         </is>
       </c>
-      <c r="M237" s="3" t="inlineStr">
+      <c r="M377" s="3" t="inlineStr">
         <is>
           <t>14/01/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="238">
-[...5 lines deleted...]
-      <c r="B238" s="3" t="inlineStr">
+    <row outlineLevel="0" r="378">
+      <c r="A378" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B378" s="3" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
-      <c r="C238" s="3" t="inlineStr">
+      <c r="C378" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D238" s="3" t="inlineStr">
+      <c r="D378" s="3" t="inlineStr">
         <is>
           <t>FMS</t>
         </is>
       </c>
-      <c r="E238" s="3" t="inlineStr">
+      <c r="E378" s="3" t="inlineStr">
         <is>
           <t>9980</t>
         </is>
       </c>
-      <c r="F238" s="3" t="inlineStr">
+      <c r="F378" s="3" t="inlineStr">
         <is>
           <t>13/12/2021</t>
         </is>
       </c>
-      <c r="H238" s="3" t="inlineStr">
+      <c r="H378" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAIS TÉCNICOS HOSPITALARES DESTINADOS A SUPRIR A REDE DE SAÚDE DO MUNICIPIO DE ANANINDEUA POR UM PERÍODO DE 04 (QUATRO )MESES</t>
         </is>
       </c>
-      <c r="I238" s="3" t="inlineStr">
+      <c r="I378" s="3" t="inlineStr">
         <is>
           <t>15/04/2021</t>
         </is>
       </c>
-      <c r="J238" s="3" t="inlineStr">
+      <c r="J378" s="3" t="inlineStr">
         <is>
           <t>ENDEREÇO: RUA JOSÉ NERY TORRES,Nº102- MUNICÍPIO DE TUCURUÍ-PARÁ WWW.TUCURUI.PA.GOV.BR E CPLTUC2021@GMAIL.COM</t>
         </is>
       </c>
-      <c r="M238" s="3" t="inlineStr">
+      <c r="M378" s="3" t="inlineStr">
         <is>
           <t>14/01/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="239">
-[...5 lines deleted...]
-      <c r="B239" s="3" t="inlineStr">
+    <row outlineLevel="0" r="379">
+      <c r="A379" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B379" s="3" t="inlineStr">
         <is>
           <t>1486</t>
         </is>
       </c>
-      <c r="C239" s="3" t="inlineStr">
+      <c r="C379" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D239" s="3" t="inlineStr">
+      <c r="D379" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E239" s="3" t="inlineStr">
+      <c r="E379" s="3" t="inlineStr">
         <is>
           <t> 1486/2021</t>
         </is>
       </c>
-      <c r="F239" s="3" t="inlineStr">
+      <c r="F379" s="3" t="inlineStr">
         <is>
           <t>07/12/2021</t>
         </is>
       </c>
-      <c r="H239" s="3" t="inlineStr">
+      <c r="H379" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MOBILIÁRIO ESCOLAR</t>
         </is>
       </c>
-      <c r="I239" s="3" t="inlineStr">
+      <c r="I379" s="3" t="inlineStr">
         <is>
           <t>28/06/2021</t>
         </is>
       </c>
-      <c r="J239" s="3" t="inlineStr">
+      <c r="J379" s="3" t="inlineStr">
         <is>
           <t>WWW.COMPRASNET.GOV;UASG</t>
         </is>
       </c>
-      <c r="M239" s="3" t="inlineStr">
+      <c r="M379" s="3" t="inlineStr">
         <is>
           <t>14/01/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="240">
-[...5 lines deleted...]
-      <c r="B240" s="3" t="inlineStr">
+    <row outlineLevel="0" r="380">
+      <c r="A380" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B380" s="3" t="inlineStr">
         <is>
           <t>059</t>
         </is>
       </c>
-      <c r="C240" s="3" t="inlineStr">
+      <c r="C380" s="3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="D240" s="3" t="inlineStr">
+      <c r="D380" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E240" s="3" t="inlineStr">
+      <c r="E380" s="3" t="inlineStr">
         <is>
           <t>Nº8.998/2024-1Doc</t>
         </is>
       </c>
-      <c r="G240" s="3" t="inlineStr">
+      <c r="G380" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP Nº059/2023-PMC</t>
         </is>
       </c>
-      <c r="H240" s="3" t="inlineStr">
+      <c r="H380" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS TÉCNICOS ESPECIALIZADOS, PARA IMPLANTAÇÃO E FORNECIMENTO DE PLATAFORMA DIGITAL DE GESTÃO DE PROCESSOS E FISCALIZAÇÃO NA MODALIDADE DE LICENCIAMENTO SAAS (SOFTWARE AS A SERVICE) COM SERVIÇO DE CONSULTORIA,</t>
         </is>
       </c>
-      <c r="I240" s="3" t="inlineStr">
+      <c r="I380" s="3" t="inlineStr">
         <is>
           <t>27/03/2024</t>
         </is>
       </c>
-      <c r="J240" s="3" t="inlineStr">
+      <c r="J380" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO-SEMUTRAN</t>
         </is>
       </c>
-      <c r="L240" s="3" t="inlineStr">
+      <c r="L380" s="3" t="inlineStr">
         <is>
           <t>&lt;p&gt;REPUBLICAÇÃO DO PROCESSO ADMINISTRATIVO Nº8.998/2024-1DOC, POR ALTERAÇÃO DA RAZÃO SOCIAL DA EMPRESA VENCEDORA DO CERTAME, DETENTORA DA ATA DE REGISTRO DE PREÇOS Nº1.059/2023-PMC. A PUBLICAÇÃO ANTERIOR FEZ A LEITURA DO CNPJ Nº18.110.055/0001-10, E AUTOM</t>
         </is>
       </c>
-      <c r="M240" s="3" t="inlineStr">
+      <c r="M380" s="3" t="inlineStr">
         <is>
           <t>13/12/2024</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="241">
-[...5 lines deleted...]
-      <c r="B241" s="3" t="inlineStr">
+    <row outlineLevel="0" r="381">
+      <c r="A381" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B381" s="3" t="inlineStr">
         <is>
           <t>047</t>
         </is>
       </c>
-      <c r="C241" s="3" t="inlineStr">
+      <c r="C381" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D241" s="3" t="inlineStr">
+      <c r="D381" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E241" s="3" t="inlineStr">
+      <c r="E381" s="3" t="inlineStr">
         <is>
           <t>Nº 11.476/2022 - SESAN/PMA</t>
         </is>
       </c>
-      <c r="F241" s="3" t="inlineStr">
+      <c r="F381" s="3" t="inlineStr">
         <is>
           <t>13/12/2022</t>
         </is>
       </c>
-      <c r="G241" s="3" t="inlineStr">
+      <c r="G381" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SPR Nº 047/2021 - SEMED. ATA DE REGISTRO DE PREÇOS Nº 047/2021.001. PREFEITURA MUN</t>
         </is>
       </c>
-      <c r="H241" s="3" t="inlineStr">
+      <c r="H381" s="3" t="inlineStr">
         <is>
           <t>FUTURA E EVENTUAL AQUISIÇÃO DE MATERIAIS PERMANENTES TIPO: EQUIPAMENTOS DE SONORIZAÇÃO E ÁUDIO VISUAL, APARELHOS ELETROELETRÔNICOS E ELETRODOMÉSTICOS, APARELHOS DE REFRIGERAÇÃO, EQUIPAMENTOS ELETROPORTÁTEIS, MOBILIÁRIOS E OUTROS EQUIPAMENTOS, A FIM DE ATE</t>
         </is>
       </c>
-      <c r="I241" s="3" t="inlineStr">
+      <c r="I381" s="3" t="inlineStr">
         <is>
           <t>12/12/2022</t>
         </is>
       </c>
-      <c r="J241" s="3" t="inlineStr">
+      <c r="J381" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA DE SANEAMENTO E INFRAESTRUTURA TV SN 17, S/N CONJUNTO CIDADE NOVA II.</t>
         </is>
       </c>
-      <c r="M241" s="3" t="inlineStr">
+      <c r="M381" s="3" t="inlineStr">
         <is>
           <t>13/12/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="242">
-[...5 lines deleted...]
-      <c r="C242" s="3" t="inlineStr">
+    <row outlineLevel="0" r="382">
+      <c r="A382" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C382" s="3" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="D242" s="3" t="inlineStr">
+      <c r="D382" s="3" t="inlineStr">
         <is>
           <t>SESDS</t>
         </is>
       </c>
-      <c r="E242" s="3" t="inlineStr">
+      <c r="E382" s="3" t="inlineStr">
         <is>
           <t>3971/2016/SEMED</t>
         </is>
       </c>
-      <c r="F242" s="3" t="inlineStr">
+      <c r="F382" s="3" t="inlineStr">
         <is>
           <t>13/12/2017</t>
         </is>
       </c>
-      <c r="G242" s="3" t="inlineStr">
+      <c r="G382" s="3" t="inlineStr">
         <is>
           <t>EDITAL-SISTEMA DE REGISTRO DE PREÇOS-PREGÃO ELETRÔNICO N°.2017.005.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H242" s="3" t="inlineStr">
+      <c r="H382" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (LIMPEZA E HIGIENE).</t>
         </is>
       </c>
-      <c r="M242" s="3" t="inlineStr">
+      <c r="M382" s="3" t="inlineStr">
         <is>
           <t>13/12/2017</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="243">
-[...5 lines deleted...]
-      <c r="C243" s="3" t="inlineStr">
+    <row outlineLevel="0" r="383">
+      <c r="A383" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C383" s="3" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="D243" s="3" t="inlineStr">
+      <c r="D383" s="3" t="inlineStr">
         <is>
           <t>GABINETE</t>
         </is>
       </c>
-      <c r="E243" s="3" t="inlineStr">
+      <c r="E383" s="3" t="inlineStr">
         <is>
           <t>111/2017-GP.PMA</t>
         </is>
       </c>
-      <c r="F243" s="3" t="inlineStr">
+      <c r="F383" s="3" t="inlineStr">
         <is>
           <t>13/12/2017</t>
         </is>
       </c>
-      <c r="G243" s="3" t="inlineStr">
+      <c r="G383" s="3" t="inlineStr">
         <is>
           <t>021/2017</t>
         </is>
       </c>
-      <c r="H243" s="3" t="inlineStr">
+      <c r="H383" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE LOCOMOÇÃO E HOSPEDAGENS</t>
         </is>
       </c>
-      <c r="M243" s="3" t="inlineStr">
+      <c r="M383" s="3" t="inlineStr">
         <is>
           <t>13/12/2017</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="244">
-[...5 lines deleted...]
-      <c r="B244" s="3" t="inlineStr">
+    <row outlineLevel="0" r="384">
+      <c r="A384" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B384" s="3" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
-      <c r="C244" s="3" t="inlineStr">
+      <c r="C384" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D244" s="3" t="inlineStr">
+      <c r="D384" s="3" t="inlineStr">
         <is>
           <t>FMS</t>
         </is>
       </c>
-      <c r="E244" s="3" t="inlineStr">
+      <c r="E384" s="3" t="inlineStr">
         <is>
           <t>16597</t>
         </is>
       </c>
-      <c r="F244" s="3" t="inlineStr">
+      <c r="F384" s="3" t="inlineStr">
         <is>
           <t>13/09/2023</t>
         </is>
       </c>
-      <c r="G244" s="3" t="inlineStr">
+      <c r="G384" s="3" t="inlineStr">
         <is>
           <t>#EDITAL Nº023/2021</t>
         </is>
       </c>
-      <c r="H244" s="3" t="inlineStr">
+      <c r="H384" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE AGENCIAMENTO DE VIAGENS,DE FORMA CONTINUADA,COMPREENDENDO O SISTEMA DE GESTÃO PARA A SOLICITAÇÃO DE PASSAGENS...</t>
         </is>
       </c>
-      <c r="I244" s="3" t="inlineStr">
+      <c r="I384" s="3" t="inlineStr">
         <is>
           <t>18/07/2023</t>
         </is>
       </c>
-      <c r="J244" s="3" t="inlineStr">
+      <c r="J384" s="3" t="inlineStr">
         <is>
           <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº017/2022-SEPLAD/DGL/SRP Nº023/2021 ATA DEREGISTRO DE PREÇOS Nº017/2022</t>
         </is>
       </c>
-      <c r="M244" s="3" t="inlineStr">
+      <c r="M384" s="3" t="inlineStr">
         <is>
           <t>13/09/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="245">
-[...5 lines deleted...]
-      <c r="C245" s="3" t="inlineStr">
+    <row outlineLevel="0" r="385">
+      <c r="A385" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C385" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D245" s="3" t="inlineStr">
+      <c r="D385" s="3" t="inlineStr">
         <is>
           <t>SEMA</t>
         </is>
       </c>
-      <c r="E245" s="3" t="inlineStr">
+      <c r="E385" s="3" t="inlineStr">
         <is>
           <t>082/2020 SEMA/PMA</t>
         </is>
       </c>
-      <c r="F245" s="3" t="inlineStr">
+      <c r="F385" s="3" t="inlineStr">
         <is>
           <t>13/08/2020</t>
         </is>
       </c>
-      <c r="G245" s="3" t="inlineStr">
+      <c r="G385" s="3" t="inlineStr">
         <is>
           <t>CONTRATO ADMINISTRATIVO Nº 004/2020 SEMA/PMA</t>
         </is>
       </c>
-      <c r="H245" s="3" t="inlineStr">
+      <c r="H385" s="3" t="inlineStr">
         <is>
           <t>PRESTAÇÃO DE SERVIÇOS CONTÍNUOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA DE MATERIAIS PERMANENTES DE REFRIGERAÇÃO COM INSTALAÇÃO, DESINSTALAÇÃO E FORNECIMENTO DE PEÇAS E ELEMENTOS DE MANUTENÇÃO, BEM COMO INDICAÇÃO DE CORREÇÃO DE CIRCUITOS ELÉTRICOS DA SE</t>
         </is>
       </c>
-      <c r="M245" s="3" t="inlineStr">
+      <c r="M385" s="3" t="inlineStr">
         <is>
           <t>13/08/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="246">
-[...5 lines deleted...]
-      <c r="C246" s="3" t="inlineStr">
+    <row outlineLevel="0" r="386">
+      <c r="A386" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C386" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D246" s="3" t="inlineStr">
+      <c r="D386" s="3" t="inlineStr">
         <is>
           <t>SEMA</t>
         </is>
       </c>
-      <c r="E246" s="3" t="inlineStr">
+      <c r="E386" s="3" t="inlineStr">
         <is>
           <t>nº 076/2020 SEMA/PMA</t>
         </is>
       </c>
-      <c r="F246" s="3" t="inlineStr">
+      <c r="F386" s="3" t="inlineStr">
         <is>
           <t>13/08/2020</t>
         </is>
       </c>
-      <c r="G246" s="3" t="inlineStr">
+      <c r="G386" s="3" t="inlineStr">
         <is>
           <t>CONTRATO ADMINISTRATIVO Nº 005/2020 SEMA/PMA</t>
         </is>
       </c>
-      <c r="H246" s="3" t="inlineStr">
+      <c r="H386" s="3" t="inlineStr">
         <is>
           <t>LOCAÇÃO DE MAQUINAS MULTIFUNCIONAIS E IMPRESSORA MONOCROMÁTICA, COM FORNECIMENTO DE PEÇAS, MANUTENÇÃO PREVENTIVA E CORRETIVA, SUPRIMENTOS E CONSUMÍVEIS, EXCETO PAPEL</t>
         </is>
       </c>
-      <c r="M246" s="3" t="inlineStr">
+      <c r="M386" s="3" t="inlineStr">
         <is>
           <t>13/08/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="247">
-[...5 lines deleted...]
-      <c r="C247" s="3" t="inlineStr">
+    <row outlineLevel="0" r="387">
+      <c r="A387" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C387" s="3" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="D247" s="3" t="inlineStr">
+      <c r="D387" s="3" t="inlineStr">
         <is>
           <t>SEMAD</t>
         </is>
       </c>
-      <c r="E247" s="3" t="inlineStr">
+      <c r="E387" s="3" t="inlineStr">
         <is>
           <t>2017/07/10188</t>
         </is>
       </c>
-      <c r="F247" s="3" t="inlineStr">
+      <c r="F387" s="3" t="inlineStr">
         <is>
           <t>13/07/2017</t>
         </is>
       </c>
-      <c r="G247" s="3" t="inlineStr">
+      <c r="G387" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIAL Nº 004/2017-CMA</t>
         </is>
       </c>
-      <c r="H247" s="3" t="inlineStr">
+      <c r="H387" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL DE LIMPEZA E HIGIENIZAÇÃO E PRODUTOS DESCARTÁVEIS, PARA ATENDER AS NECESSIDADES DESTA SEMAD, PELO PERÍODO DE 12 (DOZE) MESES.</t>
         </is>
       </c>
-      <c r="M247" s="3" t="inlineStr">
+      <c r="M387" s="3" t="inlineStr">
         <is>
           <t>13/07/2017</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="248">
-[...5 lines deleted...]
-      <c r="C248" s="3" t="inlineStr">
+    <row outlineLevel="0" r="388">
+      <c r="A388" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C388" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D248" s="3" t="inlineStr">
+      <c r="D388" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E248" s="3" t="inlineStr">
+      <c r="E388" s="3" t="inlineStr">
         <is>
           <t> Nº 021/2021 - SESAN/PMA</t>
         </is>
       </c>
-      <c r="F248" s="3" t="inlineStr">
+      <c r="F388" s="3" t="inlineStr">
         <is>
           <t>13/04/2021</t>
         </is>
       </c>
-      <c r="G248" s="3" t="inlineStr">
+      <c r="G388" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP Nº 036/2020 - PMSIP - PREFEITURA MUNICIPAL DE SANTA IZABEL DO PARÁ</t>
         </is>
       </c>
-      <c r="H248" s="3" t="inlineStr">
+      <c r="H388" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS ATRAVÉS DE SISTEMA DE REGISTRO DE PREÇO.</t>
         </is>
       </c>
-      <c r="M248" s="3" t="inlineStr">
+      <c r="M388" s="3" t="inlineStr">
         <is>
           <t>13/04/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="249">
-[...5 lines deleted...]
-      <c r="C249" s="3" t="inlineStr">
+    <row outlineLevel="0" r="389">
+      <c r="A389" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C389" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D249" s="3" t="inlineStr">
+      <c r="D389" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E249" s="3" t="inlineStr">
+      <c r="E389" s="3" t="inlineStr">
         <is>
           <t>2018.02.036.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="F249" s="3" t="inlineStr">
+      <c r="F389" s="3" t="inlineStr">
         <is>
           <t>13/04/2018</t>
         </is>
       </c>
-      <c r="G249" s="3" t="inlineStr">
+      <c r="G389" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIAL PARA REGISTRO DE PREÇOS Nº SRP.2017.007.SEMCAT.PMA</t>
         </is>
       </c>
-      <c r="H249" s="3" t="inlineStr">
+      <c r="H389" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE MATERIAL GRÁFICO.</t>
         </is>
       </c>
-      <c r="M249" s="3" t="inlineStr">
+      <c r="M389" s="3" t="inlineStr">
         <is>
           <t>13/04/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="250">
-[...5 lines deleted...]
-      <c r="B250" s="3" t="inlineStr">
+    <row outlineLevel="0" r="390">
+      <c r="A390" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B390" s="3" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="C250" s="3" t="inlineStr">
+      <c r="C390" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D250" s="3" t="inlineStr">
+      <c r="D390" s="3" t="inlineStr">
         <is>
           <t>SEMAD</t>
         </is>
       </c>
-      <c r="E250" s="3" t="inlineStr">
+      <c r="E390" s="3" t="inlineStr">
         <is>
           <t>9.319/2022</t>
         </is>
       </c>
-      <c r="F250" s="3" t="inlineStr">
+      <c r="F390" s="3" t="inlineStr">
         <is>
           <t>12/01/2023</t>
         </is>
       </c>
-      <c r="G250" s="3" t="inlineStr">
+      <c r="G390" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP N° 9/2022-14 SEMAD/PMA</t>
         </is>
       </c>
-      <c r="H250" s="3" t="inlineStr">
+      <c r="H390" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE PESSOA JURÍDICA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE LOCAÇÃO DE VEÍCULOS, SEM CONDUTOR E SEM LIMITE DE QUILOMETRAGEM, PARA ATENDERMOS AS NECESSIDADES DA SECRETARIA MUNICIPAL DE GESTÃO FAZENDÁRIA - SEGEF._x000d_
 </t>
         </is>
       </c>
-      <c r="I250" s="3" t="inlineStr">
+      <c r="I390" s="3" t="inlineStr">
         <is>
           <t>22/08/2022</t>
         </is>
       </c>
-      <c r="J250" s="3" t="inlineStr">
+      <c r="J390" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICPAL DE GESTÃO FAZENDÁRIA</t>
         </is>
       </c>
-      <c r="M250" s="3" t="inlineStr">
+      <c r="M390" s="3" t="inlineStr">
         <is>
           <t>13/01/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="251">
-[...5 lines deleted...]
-      <c r="B251" s="3" t="inlineStr">
+    <row outlineLevel="0" r="391">
+      <c r="A391" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B391" s="3" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
-      <c r="C251" s="3" t="inlineStr">
+      <c r="C391" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D251" s="3" t="inlineStr">
+      <c r="D391" s="3" t="inlineStr">
         <is>
           <t>GABINETE</t>
         </is>
       </c>
-      <c r="E251" s="3" t="inlineStr">
+      <c r="E391" s="3" t="inlineStr">
         <is>
           <t>2021.10.085.GP.PMA</t>
         </is>
       </c>
-      <c r="F251" s="3" t="inlineStr">
+      <c r="F391" s="3" t="inlineStr">
         <is>
           <t>23/12/2021</t>
         </is>
       </c>
-      <c r="H251" s="3" t="inlineStr">
+      <c r="H391" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE PESSOA JURÍDICA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE SISTEMA DE GESTÃO DE ABASTECIMENTO DE COMBUSTÍVEL, CUSTOMIZADO E GERIDO PELA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, COM FORNECIMENTO DE VALES COMBUSTÍVEL UTILIZANDO CARTÃO FÍSICO OU DIGITA</t>
         </is>
       </c>
-      <c r="I251" s="3" t="inlineStr">
+      <c r="I391" s="3" t="inlineStr">
         <is>
           <t>13/07/2021</t>
         </is>
       </c>
-      <c r="J251" s="3" t="inlineStr">
+      <c r="J391" s="3" t="inlineStr">
         <is>
           <t>SALA DA COMISSÃO PERMANENTE DE LICITAÇÃO - CPL, NO PRÉDIO SEDE DA PREFEITURA MUNICIPAL DE ANANINDEUA, SITUADO NA AV. MAGALHÃES BARATA, Nº1515 ( BR 316</t>
         </is>
       </c>
-      <c r="M251" s="3" t="inlineStr">
+      <c r="M391" s="3" t="inlineStr">
         <is>
           <t>13/01/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="252">
-[...5 lines deleted...]
-      <c r="B252" s="3" t="inlineStr">
+    <row outlineLevel="0" r="392">
+      <c r="A392" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B392" s="3" t="inlineStr">
         <is>
           <t>021</t>
         </is>
       </c>
-      <c r="C252" s="3" t="inlineStr">
+      <c r="C392" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D252" s="3" t="inlineStr">
+      <c r="D392" s="3" t="inlineStr">
         <is>
           <t>SEMAD</t>
         </is>
       </c>
-      <c r="E252" s="3" t="inlineStr">
+      <c r="E392" s="3" t="inlineStr">
         <is>
           <t>047/2021</t>
         </is>
       </c>
-      <c r="F252" s="3" t="inlineStr">
+      <c r="F392" s="3" t="inlineStr">
         <is>
           <t>01/12/2021</t>
         </is>
       </c>
-      <c r="H252" s="3" t="inlineStr">
+      <c r="H392" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO DE EQUIPAMENTOS DE INFORMÁTICA INCLUINDO INSTALAÇÃO E MANUTENÇÃO</t>
         </is>
       </c>
-      <c r="I252" s="3" t="inlineStr">
+      <c r="I392" s="3" t="inlineStr">
         <is>
           <t>14/05/2021</t>
         </is>
       </c>
-      <c r="J252" s="3" t="inlineStr">
+      <c r="J392" s="3" t="inlineStr">
         <is>
           <t>WWW.PORTALDECOMPRASPUBLICAS.COM.BR</t>
         </is>
       </c>
-      <c r="M252" s="3" t="inlineStr">
+      <c r="M392" s="3" t="inlineStr">
         <is>
           <t>13/01/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="253">
-[...5 lines deleted...]
-      <c r="B253" s="3" t="inlineStr">
+    <row outlineLevel="0" r="393">
+      <c r="A393" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B393" s="3" t="inlineStr">
+        <is>
+          <t>019</t>
+        </is>
+      </c>
+      <c r="C393" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D393" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E393" s="3" t="inlineStr">
+        <is>
+          <t>Nº 12/2022</t>
+        </is>
+      </c>
+      <c r="F393" s="3" t="inlineStr">
+        <is>
+          <t>13/04/2022</t>
+        </is>
+      </c>
+      <c r="H393" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº 9/2021 - 019 SESAU/P.M.A - MATERIAL DE CONSUMO</t>
+        </is>
+      </c>
+      <c r="I393" s="3" t="inlineStr">
+        <is>
+          <t>13/04/2022</t>
+        </is>
+      </c>
+      <c r="J393" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE PALNEJAMENTO, ORÇAMENTO E FINAÇAS - SEPOF</t>
+        </is>
+      </c>
+      <c r="M393" s="3" t="inlineStr">
+        <is>
+          <t>20/04/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="394">
+      <c r="A394" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B394" s="3" t="inlineStr">
         <is>
           <t>406</t>
         </is>
       </c>
-      <c r="C253" s="3" t="inlineStr">
+      <c r="C394" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D253" s="3" t="inlineStr">
+      <c r="D394" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E253" s="3" t="inlineStr">
+      <c r="E394" s="3" t="inlineStr">
         <is>
           <t> 406/2021</t>
         </is>
       </c>
-      <c r="F253" s="3" t="inlineStr">
+      <c r="F394" s="3" t="inlineStr">
         <is>
           <t>01/12/2021</t>
         </is>
       </c>
-      <c r="H253" s="3" t="inlineStr">
+      <c r="H394" s="3" t="inlineStr">
         <is>
           <t>O OBJETO DA PRESENTE LICITAÇÃO É O REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATAÇÃO DE PESSOA JURÍDICA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE SANITIZAÇÃO PARA ATENDER ÀS NECESSIDADES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DE ANANINDEUA/PA</t>
         </is>
       </c>
-      <c r="I253" s="3" t="inlineStr">
+      <c r="I394" s="3" t="inlineStr">
         <is>
           <t>18/09/2020</t>
         </is>
       </c>
-      <c r="J253" s="3" t="inlineStr">
+      <c r="J394" s="3" t="inlineStr">
         <is>
           <t> HTTPS://WWW.GOV.BR/COMPRAS/PT-BR/SISTEMAS/COMPRASNET-SIASG</t>
         </is>
       </c>
-      <c r="M253" s="3" t="inlineStr">
+      <c r="M394" s="3" t="inlineStr">
         <is>
           <t>13/01/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="254">
-[...5 lines deleted...]
-      <c r="B254" s="3" t="inlineStr">
+    <row outlineLevel="0" r="395">
+      <c r="A395" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C395" s="3" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="D395" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E395" s="3" t="inlineStr">
+        <is>
+          <t>108/2016</t>
+        </is>
+      </c>
+      <c r="F395" s="3" t="inlineStr">
+        <is>
+          <t>20/04/2017</t>
+        </is>
+      </c>
+      <c r="G395" s="3" t="inlineStr">
+        <is>
+          <t>MEMO Nº 385/2016</t>
+        </is>
+      </c>
+      <c r="H395" s="3" t="inlineStr">
+        <is>
+          <t>5 SESAN - AQUISIÇÃO DE MATERIAL DE CONSUMO (LIMPEZA)</t>
+        </is>
+      </c>
+      <c r="M395" s="3" t="inlineStr">
+        <is>
+          <t>20/04/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="396">
+      <c r="A396" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B396" s="3" t="inlineStr">
         <is>
           <t>018</t>
         </is>
       </c>
-      <c r="C254" s="3" t="inlineStr">
+      <c r="C396" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D254" s="3" t="inlineStr">
+      <c r="D396" s="3" t="inlineStr">
         <is>
           <t>FMS</t>
         </is>
       </c>
-      <c r="E254" s="3" t="inlineStr">
+      <c r="E396" s="3" t="inlineStr">
         <is>
           <t>9981/2021</t>
         </is>
       </c>
-      <c r="F254" s="3" t="inlineStr">
+      <c r="F396" s="3" t="inlineStr">
         <is>
           <t>23/11/2021</t>
         </is>
       </c>
-      <c r="H254" s="3" t="inlineStr">
+      <c r="H396" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MEDICAMENTOS EM GERAL, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE</t>
         </is>
       </c>
-      <c r="I254" s="3" t="inlineStr">
+      <c r="I396" s="3" t="inlineStr">
         <is>
           <t>09/11/2021</t>
         </is>
       </c>
-      <c r="J254" s="3" t="inlineStr">
+      <c r="J396" s="3" t="inlineStr">
         <is>
           <t>WWW.PORTALDECOMPRASPUBLICAS.COM.BR</t>
         </is>
       </c>
-      <c r="M254" s="3" t="inlineStr">
+      <c r="M396" s="3" t="inlineStr">
         <is>
           <t>13/01/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="255">
-[...5 lines deleted...]
-      <c r="B255" s="3" t="inlineStr">
+    <row outlineLevel="0" r="397">
+      <c r="A397" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B397" s="3" t="inlineStr">
+        <is>
+          <t>021</t>
+        </is>
+      </c>
+      <c r="C397" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D397" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E397" s="3" t="inlineStr">
+        <is>
+          <t>2023.09.088.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="G397" s="3" t="inlineStr">
+        <is>
+          <t>Nº CP.SRP Nº 3/2022-021-SEMED/PMA</t>
+        </is>
+      </c>
+      <c r="H397" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA DAS INSTALAÇÕES, COMPREENDENDO O FORNECIMENTO DE MÃO-DE-OBRA, VISANDO ATENDER AS NECESSIDADES DA SEDE DA SECRETARIA MUNICIPAL DE TRANSPARECER JURÍDICOPORTE E TRÂNSITO –</t>
+        </is>
+      </c>
+      <c r="I397" s="3" t="inlineStr">
+        <is>
+          <t>25/09/2023</t>
+        </is>
+      </c>
+      <c r="M397" s="3" t="inlineStr">
+        <is>
+          <t>20/03/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="398">
+      <c r="A398" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B398" s="3" t="inlineStr">
         <is>
           <t>089</t>
         </is>
       </c>
-      <c r="C255" s="3" t="inlineStr">
+      <c r="C398" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D255" s="3" t="inlineStr">
+      <c r="D398" s="3" t="inlineStr">
         <is>
           <t>SEMAD</t>
         </is>
       </c>
-      <c r="E255" s="3" t="inlineStr">
+      <c r="E398" s="3" t="inlineStr">
         <is>
           <t>5716</t>
         </is>
       </c>
-      <c r="F255" s="3" t="inlineStr">
+      <c r="F398" s="3" t="inlineStr">
         <is>
           <t>18/11/2021</t>
         </is>
       </c>
-      <c r="H255" s="3" t="inlineStr">
+      <c r="H398" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MOBILIÁRIOS DE ESCRITÓRIO</t>
         </is>
       </c>
-      <c r="I255" s="3" t="inlineStr">
+      <c r="I398" s="3" t="inlineStr">
         <is>
           <t>30/09/2020</t>
         </is>
       </c>
-      <c r="J255" s="3" t="inlineStr">
+      <c r="J398" s="3" t="inlineStr">
         <is>
           <t> WWW.COMPRASNET.GOV.BR</t>
         </is>
       </c>
-      <c r="M255" s="3" t="inlineStr">
+      <c r="M398" s="3" t="inlineStr">
         <is>
           <t>13/01/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="256">
-[...5 lines deleted...]
-      <c r="B256" s="3" t="inlineStr">
+    <row outlineLevel="0" r="399">
+      <c r="A399" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B399" s="3" t="inlineStr">
+        <is>
+          <t>06</t>
+        </is>
+      </c>
+      <c r="C399" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D399" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E399" s="3" t="inlineStr">
+        <is>
+          <t>4109/2022 - SEMED -</t>
+        </is>
+      </c>
+      <c r="F399" s="3" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+      <c r="G399" s="3" t="inlineStr">
+        <is>
+          <t>#EDITAL DE PREGÃO ELETRONICO Nº 06/2021 - CONTRATO Nº 072/2022 - SEMED</t>
+        </is>
+      </c>
+      <c r="H399" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE VEICULOS DE TRANSPORTE ESCOLAR DIÁRIO DE ESTUDANTES, DENOMINADO DE ÔNIBUS RURAL ESCOLAR (ORE) E ÔNIBUS URBANO ESCOLAR ACESSÍVEL (ONUREA), EM ATENDIMENTO ÀS ENTIDADES EDUCACIONAIS DAS REDES PÚBLICAS DE ENSINO NOS ESTADOS, DISTRITO FEDERAL E MU</t>
+        </is>
+      </c>
+      <c r="I399" s="3" t="inlineStr">
+        <is>
+          <t>12/08/2022</t>
+        </is>
+      </c>
+      <c r="J399" s="3" t="inlineStr">
+        <is>
+          <t> SECRETARIA MUNICIPAL DE ANANINDEUA</t>
+        </is>
+      </c>
+      <c r="M399" s="3" t="inlineStr">
+        <is>
+          <t>20/03/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="400">
+      <c r="A400" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B400" s="3" t="inlineStr">
         <is>
           <t>009</t>
         </is>
       </c>
-      <c r="C256" s="3" t="inlineStr">
+      <c r="C400" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D256" s="3" t="inlineStr">
+      <c r="D400" s="3" t="inlineStr">
         <is>
           <t>SECULT</t>
         </is>
       </c>
-      <c r="E256" s="3" t="inlineStr">
+      <c r="E400" s="3" t="inlineStr">
         <is>
           <t>12.955/2022 - SECULT</t>
         </is>
       </c>
-      <c r="F256" s="3" t="inlineStr">
+      <c r="F400" s="3" t="inlineStr">
         <is>
           <t>12/12/2022</t>
         </is>
       </c>
-      <c r="G256" s="3" t="inlineStr">
+      <c r="G400" s="3" t="inlineStr">
         <is>
           <t>ADESÃO A ATA DE REGISTRO DE PREÇO 009/2022 - FCP - PREGÃO SRP Nº 007/2021 PE Nº 014/2021</t>
         </is>
       </c>
-      <c r="H256" s="3" t="inlineStr">
+      <c r="H400" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE ESTRUTURA PARA EVENTOS.</t>
         </is>
       </c>
-      <c r="I256" s="3" t="inlineStr">
+      <c r="I400" s="3" t="inlineStr">
         <is>
           <t>06/12/2022</t>
         </is>
       </c>
-      <c r="J256" s="3" t="inlineStr">
+      <c r="J400" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE CULTURA</t>
         </is>
       </c>
-      <c r="K256" s="3" t="inlineStr">
+      <c r="K400" s="3" t="inlineStr">
         <is>
           <t>MICHEL TOBIAS BARBOSA (Titular) VIVIAN MELO DOS SANTOS (Suplente)</t>
         </is>
       </c>
-      <c r="M256" s="3" t="inlineStr">
+      <c r="M400" s="3" t="inlineStr">
         <is>
           <t>12/12/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="257">
-[...5 lines deleted...]
-      <c r="C257" s="3" t="inlineStr">
+    <row outlineLevel="0" r="401">
+      <c r="A401" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C401" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D401" s="3" t="inlineStr">
+        <is>
+          <t>CGM</t>
+        </is>
+      </c>
+      <c r="E401" s="3" t="inlineStr">
+        <is>
+          <t>006/2018-ADM.CGM</t>
+        </is>
+      </c>
+      <c r="F401" s="3" t="inlineStr">
+        <is>
+          <t>20/02/2018</t>
+        </is>
+      </c>
+      <c r="G401" s="3" t="inlineStr">
+        <is>
+          <t>PE.SRP.2017.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H401" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (EXPEDIENTE)</t>
+        </is>
+      </c>
+      <c r="M401" s="3" t="inlineStr">
+        <is>
+          <t>20/02/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="402">
+      <c r="A402" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C402" s="3" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="D257" s="3" t="inlineStr">
+      <c r="D402" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E257" s="3" t="inlineStr">
+      <c r="E402" s="3" t="inlineStr">
         <is>
           <t>035/2017 - SESAN</t>
         </is>
       </c>
-      <c r="F257" s="3" t="inlineStr">
+      <c r="F402" s="3" t="inlineStr">
         <is>
           <t>12/12/2017</t>
         </is>
       </c>
-      <c r="G257" s="3" t="inlineStr">
+      <c r="G402" s="3" t="inlineStr">
         <is>
           <t>SRP Nº 2017.002.SEMED.PMA</t>
         </is>
       </c>
-      <c r="H257" s="3" t="inlineStr">
+      <c r="H402" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAIS DE EXPEDIENTE - SRP</t>
         </is>
       </c>
-      <c r="M257" s="3" t="inlineStr">
+      <c r="M402" s="3" t="inlineStr">
         <is>
           <t>12/12/2017</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="258">
-[...5 lines deleted...]
-      <c r="C258" s="3" t="inlineStr">
+    <row outlineLevel="0" r="403">
+      <c r="A403" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C403" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D258" s="3" t="inlineStr">
+      <c r="D403" s="3" t="inlineStr">
+        <is>
+          <t>CGM</t>
+        </is>
+      </c>
+      <c r="E403" s="3" t="inlineStr">
+        <is>
+          <t>005/2018-ADM.CGM</t>
+        </is>
+      </c>
+      <c r="F403" s="3" t="inlineStr">
+        <is>
+          <t>20/02/2018</t>
+        </is>
+      </c>
+      <c r="G403" s="3" t="inlineStr">
+        <is>
+          <t>PE.SRP2017.005.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H403" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (LIMPEZA E HIGIENE)</t>
+        </is>
+      </c>
+      <c r="M403" s="3" t="inlineStr">
+        <is>
+          <t>20/02/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="404">
+      <c r="A404" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C404" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D404" s="3" t="inlineStr">
         <is>
           <t>SESDS</t>
         </is>
       </c>
-      <c r="E258" s="3" t="inlineStr">
+      <c r="E404" s="3" t="inlineStr">
         <is>
           <t>3668/2018/SEMED</t>
         </is>
       </c>
-      <c r="F258" s="3" t="inlineStr">
+      <c r="F404" s="3" t="inlineStr">
         <is>
           <t>12/11/2019</t>
         </is>
       </c>
-      <c r="G258" s="3" t="inlineStr">
+      <c r="G404" s="3" t="inlineStr">
         <is>
           <t>EDITAL - SISTEMA DE REGISTRO DE PREÇOS - PREGÃO ELETRÔNICON°.2019.001.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H258" s="3" t="inlineStr">
+      <c r="H404" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (CAFÉ, AÇÚCAR, LEITE, ADOÇANTE, FILTRO), PARA ATENDER AS NECESSIDADES DA SECRETARIA DE SEGURANÇA E DA GUARDA CIVIL MUNICIPAL DE ANANINDEUA.</t>
         </is>
       </c>
-      <c r="M258" s="3" t="inlineStr">
+      <c r="M404" s="3" t="inlineStr">
         <is>
           <t>12/11/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="259">
-[...5 lines deleted...]
-      <c r="B259" s="3" t="inlineStr">
+    <row outlineLevel="0" r="405">
+      <c r="A405" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B405" s="3" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="C405" s="3" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="D405" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E405" s="3" t="inlineStr">
+        <is>
+          <t>PROCESSO Nº18.926/2024</t>
+        </is>
+      </c>
+      <c r="G405" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 9/2023 SEMED -PA</t>
+        </is>
+      </c>
+      <c r="H405" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM FORNECIMENTO DE MATERIAL DE EXPEDIENTE_x000d_
+</t>
+        </is>
+      </c>
+      <c r="I405" s="3" t="inlineStr">
+        <is>
+          <t>10/12/2024</t>
+        </is>
+      </c>
+      <c r="J405" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF - SECRETARIA MUNICIPAL DE PLANEJAMENTO , ORÇAMENTO E FINANÇAS</t>
+        </is>
+      </c>
+      <c r="M405" s="3" t="inlineStr">
+        <is>
+          <t>19/12/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="406">
+      <c r="A406" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B406" s="3" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>
-      <c r="C259" s="3" t="inlineStr">
+      <c r="C406" s="3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="D259" s="3" t="inlineStr">
+      <c r="D406" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E259" s="3" t="inlineStr">
+      <c r="E406" s="3" t="inlineStr">
         <is>
           <t>11.709/2024 - SEMED</t>
         </is>
       </c>
-      <c r="G259" s="3" t="inlineStr">
+      <c r="G406" s="3" t="inlineStr">
         <is>
           <t>Ata de Registro de Preços de nº 2023-034 SEMAD/PMA</t>
         </is>
       </c>
-      <c r="H259" s="3" t="inlineStr">
+      <c r="H406" s="3" t="inlineStr">
         <is>
           <t>A PRESENTE LICITAÇÃO TEM COMO OBJETO A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE ÁGUA MINERAL NATURAL, PARA ATENDER ÀS NECESSIDADES DOS ÓRGÃOS E ENTIDADES DO PODER EXECUTIVO MUNICIPAL, SITUADOS NO MUNICÍPIO DE ANANINDEUA.</t>
         </is>
       </c>
-      <c r="I259" s="3" t="inlineStr">
+      <c r="I406" s="3" t="inlineStr">
         <is>
           <t>24/04/2024</t>
         </is>
       </c>
-      <c r="J259" s="3" t="inlineStr">
+      <c r="J406" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO - SEMED</t>
         </is>
       </c>
-      <c r="M259" s="3" t="inlineStr">
+      <c r="M406" s="3" t="inlineStr">
         <is>
           <t>12/09/2024</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="260">
-[...5 lines deleted...]
-      <c r="B260" s="3" t="inlineStr">
+    <row outlineLevel="0" r="407">
+      <c r="A407" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B407" s="3" t="inlineStr">
+        <is>
+          <t>09093</t>
+        </is>
+      </c>
+      <c r="C407" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D407" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E407" s="3" t="inlineStr">
+        <is>
+          <t>16.572/2023</t>
+        </is>
+      </c>
+      <c r="G407" s="3" t="inlineStr">
+        <is>
+          <t>Nº 2023.09.093.PMA.SEMUTRAN- ATA DE REGISTRO DE PREÇOS Nº 2022.060.SESAU.PMA</t>
+        </is>
+      </c>
+      <c r="H407" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE MATERIAL PERMANENTE – MOBILIÁRIO GERAL, PARA ATENDER A SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO.</t>
+        </is>
+      </c>
+      <c r="I407" s="3" t="inlineStr">
+        <is>
+          <t>28/09/2023</t>
+        </is>
+      </c>
+      <c r="M407" s="3" t="inlineStr">
+        <is>
+          <t>19/12/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="408">
+      <c r="A408" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B408" s="3" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
-      <c r="C260" s="3" t="inlineStr">
+      <c r="C408" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D260" s="3" t="inlineStr">
+      <c r="D408" s="3" t="inlineStr">
         <is>
           <t>SEPOF</t>
         </is>
       </c>
-      <c r="E260" s="3" t="inlineStr">
+      <c r="E408" s="3" t="inlineStr">
         <is>
           <t>Nº 6.226/2022</t>
         </is>
       </c>
-      <c r="F260" s="3" t="inlineStr">
+      <c r="F408" s="3" t="inlineStr">
         <is>
           <t>12/09/2022</t>
         </is>
       </c>
-      <c r="G260" s="3" t="inlineStr">
+      <c r="G408" s="3" t="inlineStr">
         <is>
           <t>SRP Nº 9/2021-017 SESAU</t>
         </is>
       </c>
-      <c r="H260" s="3" t="inlineStr">
+      <c r="H408" s="3" t="inlineStr">
         <is>
           <t>ADESÃO À ATA DE REGISTRO DE PREÇOS Nº 2021.017.001.SESAU. PMA, CUJO OBJETO É A AQUISIÇÃO DE MATERIAL DE LIMPEZA E HIGIENE.</t>
         </is>
       </c>
-      <c r="I260" s="3" t="inlineStr">
+      <c r="I408" s="3" t="inlineStr">
         <is>
           <t>06/09/2022</t>
         </is>
       </c>
-      <c r="J260" s="3" t="inlineStr">
+      <c r="J408" s="3" t="inlineStr">
         <is>
           <t>SEPOF- SECRETARIA MUNICIPAL DE PLANEJAMENTO, ORÇAMENTO E FINANÇAS</t>
         </is>
       </c>
-      <c r="K260" s="3" t="inlineStr">
+      <c r="K408" s="3" t="inlineStr">
         <is>
           <t>LILIANNE MARÇAL DA SILVA</t>
         </is>
       </c>
-      <c r="M260" s="3" t="inlineStr">
+      <c r="M408" s="3" t="inlineStr">
         <is>
           <t>12/09/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="261">
-[...5 lines deleted...]
-      <c r="C261" s="3" t="inlineStr">
+    <row outlineLevel="0" r="409">
+      <c r="A409" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C409" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D409" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E409" s="3" t="inlineStr">
+        <is>
+          <t>115/2020</t>
+        </is>
+      </c>
+      <c r="F409" s="3" t="inlineStr">
+        <is>
+          <t>19/11/2020</t>
+        </is>
+      </c>
+      <c r="G409" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 2019.004.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H409" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO ( TONNER, CARTUCHO E PERIFÉRICOS )</t>
+        </is>
+      </c>
+      <c r="M409" s="3" t="inlineStr">
+        <is>
+          <t>19/11/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="410">
+      <c r="A410" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C410" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D261" s="3" t="inlineStr">
+      <c r="D410" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E261" s="3" t="inlineStr">
+      <c r="E410" s="3" t="inlineStr">
         <is>
           <t>2018.05.087.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="F261" s="3" t="inlineStr">
+      <c r="F410" s="3" t="inlineStr">
         <is>
           <t>12/09/2018</t>
         </is>
       </c>
-      <c r="G261" s="3" t="inlineStr">
+      <c r="G410" s="3" t="inlineStr">
         <is>
           <t>SRP.PP.001.2018.CMA</t>
         </is>
       </c>
-      <c r="H261" s="3" t="inlineStr">
+      <c r="H410" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO E INSTALAÇÃO DE EQUIPAMENTOS PARA IMPLANTAÇÃO DE SISTEMA DE SEGURANÇA ELETRÔNICA COM ACESSO REMOTO NA SEDE DA SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO-SEMUTRAN.</t>
         </is>
       </c>
-      <c r="M261" s="3" t="inlineStr">
+      <c r="M410" s="3" t="inlineStr">
         <is>
           <t>12/09/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="262">
-[...5 lines deleted...]
-      <c r="B262" s="3" t="inlineStr">
+    <row outlineLevel="0" r="411">
+      <c r="A411" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C411" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D411" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E411" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL - SISTEMA DE REGISTRO DE PREÇOS PREGÃO ELETRÔNICO N°.2019.003.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="F411" s="3" t="inlineStr">
+        <is>
+          <t>19/11/2019</t>
+        </is>
+      </c>
+      <c r="G411" s="3" t="inlineStr">
+        <is>
+          <t>3671/2018/SEMED</t>
+        </is>
+      </c>
+      <c r="H411" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (LIMPEZA E HIGIENE) PARA ATENDER AS NECESSIDADES DA SECRETARIA DE SEGURANÇA E DO COMANDO DA GUARDA CIVIL MUNICIPAL DE ANANINDEUA.</t>
+        </is>
+      </c>
+      <c r="M411" s="3" t="inlineStr">
+        <is>
+          <t>19/11/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="412">
+      <c r="A412" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B412" s="3" t="inlineStr">
         <is>
           <t>031</t>
         </is>
       </c>
-      <c r="C262" s="3" t="inlineStr">
+      <c r="C412" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D262" s="3" t="inlineStr">
+      <c r="D412" s="3" t="inlineStr">
         <is>
           <t>SEURB</t>
         </is>
       </c>
-      <c r="E262" s="3" t="inlineStr">
+      <c r="E412" s="3" t="inlineStr">
         <is>
           <t>779/2022</t>
         </is>
       </c>
-      <c r="F262" s="3" t="inlineStr">
+      <c r="F412" s="3" t="inlineStr">
         <is>
           <t>12/08/2022</t>
         </is>
       </c>
-      <c r="G262" s="3" t="inlineStr">
+      <c r="G412" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP Nº 031/2021</t>
         </is>
       </c>
-      <c r="H262" s="3" t="inlineStr">
+      <c r="H412" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE AREIA, ARGILA, ATERRO, PEDRA BRUTA PIÇARRA E SEIXO PARA MANUTENÇÃO E RECUPERAÇÃO DA REDE DO SISTEMA DE DRENAGEM DAS VIAS PÚBLICAS DO MUNICÍPIO DE ANANINDEUA.</t>
         </is>
       </c>
-      <c r="I262" s="3" t="inlineStr">
+      <c r="I412" s="3" t="inlineStr">
         <is>
           <t>03/03/2022</t>
         </is>
       </c>
-      <c r="J262" s="3" t="inlineStr">
+      <c r="J412" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE SERVIÇOS URBANOS</t>
         </is>
       </c>
-      <c r="K262" s="3" t="inlineStr">
+      <c r="K412" s="3" t="inlineStr">
         <is>
           <t>Paulo Afonso de Oliveira (Titular) Augusto Farinha da Silva Neto (Titular) Ana Paula Gomes Mendonça (Titular) Victor Andrade Murilla (Suplente)</t>
         </is>
       </c>
-      <c r="M262" s="3" t="inlineStr">
+      <c r="M412" s="3" t="inlineStr">
         <is>
           <t>12/08/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="263">
-[...5 lines deleted...]
-      <c r="C263" s="3" t="inlineStr">
+    <row outlineLevel="0" r="413">
+      <c r="A413" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C413" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D413" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E413" s="3" t="inlineStr">
+        <is>
+          <t>008/2018-CMA</t>
+        </is>
+      </c>
+      <c r="F413" s="3" t="inlineStr">
+        <is>
+          <t>19/11/2018</t>
+        </is>
+      </c>
+      <c r="G413" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL SISTEMA DE REGISTRO DE PREÇOS N°003/2018-CMA.</t>
+        </is>
+      </c>
+      <c r="H413" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA PARA O FORNECIMENTO DE CARTUCHOS, TONER PARA IMPRESSORA E MATERIAL DE EXPEDIENTE, PARA PERÍODO DE 12 (DOZE) MESES.</t>
+        </is>
+      </c>
+      <c r="M413" s="3" t="inlineStr">
+        <is>
+          <t>19/11/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="414">
+      <c r="A414" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C414" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D263" s="3" t="inlineStr">
+      <c r="D414" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E263" s="3" t="inlineStr">
+      <c r="E414" s="3" t="inlineStr">
         <is>
           <t>2021.03.037.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="F263" s="3" t="inlineStr">
+      <c r="F414" s="3" t="inlineStr">
         <is>
           <t>12/08/2021</t>
         </is>
       </c>
-      <c r="G263" s="3" t="inlineStr">
+      <c r="G414" s="3" t="inlineStr">
         <is>
           <t>Nº SRPE 2020.002.SEMCAT.PMA</t>
         </is>
       </c>
-      <c r="H263" s="3" t="inlineStr">
+      <c r="H414" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIMENTO DE MATERIAIS DE CONSUMO DIVERSOS: PRODUTOS DE LIMPEZA E MATERIAL DE EXPEDIENTE, PARA SUPRIR AS DEMANDAS DA SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO DO MUNICÍPIO DE ANANINDEUA/PA.</t>
         </is>
       </c>
-      <c r="M263" s="3" t="inlineStr">
+      <c r="M414" s="3" t="inlineStr">
         <is>
           <t>12/08/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="264">
-[...5 lines deleted...]
-      <c r="B264" s="3" t="inlineStr">
+    <row outlineLevel="0" r="415">
+      <c r="A415" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C415" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D415" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="E415" s="3" t="inlineStr">
+        <is>
+          <t>3668</t>
+        </is>
+      </c>
+      <c r="F415" s="3" t="inlineStr">
+        <is>
+          <t>19/09/2019</t>
+        </is>
+      </c>
+      <c r="G415" s="3" t="inlineStr">
+        <is>
+          <t>10001</t>
+        </is>
+      </c>
+      <c r="H415" s="3" t="inlineStr">
+        <is>
+          <t>SOLICITAÇÃO DE AQUISIÇÃO DE MATERIAL DE CONSUMO (CAFÉ, AÇÚCAR, LEITE ,ADOCANTE,FILTRO) ATRAVÉS DA ATA DE REGISTRO DE PREÇO Nº001.2019.PMA-SEMED</t>
+        </is>
+      </c>
+      <c r="M415" s="3" t="inlineStr">
+        <is>
+          <t>19/09/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="416">
+      <c r="A416" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B416" s="3" t="inlineStr">
         <is>
           <t>009</t>
         </is>
       </c>
-      <c r="C264" s="3" t="inlineStr">
+      <c r="C416" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D264" s="3" t="inlineStr">
+      <c r="D416" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E264" s="3" t="inlineStr">
+      <c r="E416" s="3" t="inlineStr">
         <is>
           <t>PROCESSO ADMINISTRATIVO Nº 2371/2023 SESAN/PMA</t>
         </is>
       </c>
-      <c r="F264" s="3" t="inlineStr">
+      <c r="F416" s="3" t="inlineStr">
         <is>
           <t>12/07/2023</t>
         </is>
       </c>
-      <c r="G264" s="3" t="inlineStr">
+      <c r="G416" s="3" t="inlineStr">
         <is>
           <t>#PREGÃO ELETRÔNICO SRP Nº 009/2022-PMB</t>
         </is>
       </c>
-      <c r="H264" s="3" t="inlineStr">
+      <c r="H416" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM CONFECÇÃO DE MATERIAL GRÁFICO, OBJETIVANDO ATENDER AS NECESSIDADES DA SECRETARIA DE SANEAMENTO E INFRAESTRUTURA DE ANANINDEUA – SESAN/PM</t>
         </is>
       </c>
-      <c r="I264" s="3" t="inlineStr">
+      <c r="I416" s="3" t="inlineStr">
         <is>
           <t>06/07/2023</t>
         </is>
       </c>
-      <c r="J264" s="3" t="inlineStr">
+      <c r="J416" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA DE SANEAMENTO E INFRAESTRUTURA TV SN 17, S/N CONJUNTO CIDADE NOVA II</t>
         </is>
       </c>
-      <c r="M264" s="3" t="inlineStr">
+      <c r="M416" s="3" t="inlineStr">
         <is>
           <t>12/07/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="265">
-[...5 lines deleted...]
-      <c r="C265" s="3" t="inlineStr">
+    <row outlineLevel="0" r="417">
+      <c r="A417" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C417" s="3" t="inlineStr">
+        <is>
+          <t>1994</t>
+        </is>
+      </c>
+      <c r="D417" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="E417" s="3" t="inlineStr">
+        <is>
+          <t>3668</t>
+        </is>
+      </c>
+      <c r="F417" s="3" t="inlineStr">
+        <is>
+          <t>19/09/1994</t>
+        </is>
+      </c>
+      <c r="G417" s="3" t="inlineStr">
+        <is>
+          <t>10001</t>
+        </is>
+      </c>
+      <c r="H417" s="3" t="inlineStr">
+        <is>
+          <t>SOLICITAÇÃO DE AQUISIÇÃO DE MATERIAL DE CONSUMO (CAFÉ, AÇÚCAR, LEITE ,ADOCANTE,FILTRO) ATRAVÉS DA ATA DE REGISTRO DE PREÇO Nº001.2019.PMA-SEMED</t>
+        </is>
+      </c>
+      <c r="M417" s="3" t="inlineStr">
+        <is>
+          <t>19/09/1994</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="418">
+      <c r="A418" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C418" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D265" s="3" t="inlineStr">
+      <c r="D418" s="3" t="inlineStr">
         <is>
           <t>SESAU</t>
         </is>
       </c>
-      <c r="E265" s="3" t="inlineStr">
+      <c r="E418" s="3" t="inlineStr">
         <is>
           <t>323</t>
         </is>
       </c>
-      <c r="F265" s="3" t="inlineStr">
+      <c r="F418" s="3" t="inlineStr">
         <is>
           <t>12/07/2019</t>
         </is>
       </c>
-      <c r="G265" s="3" t="inlineStr">
+      <c r="G418" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIAL Nº020/2018</t>
         </is>
       </c>
-      <c r="H265" s="3" t="inlineStr">
+      <c r="H418" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO E INSTRUMENTAIS ODONTOLÓGICOS DESTINADOS À ORGANIZAÇÃO DOS CONSULTÓRIOS ODONTOLÓGICOS EXISTENTES NAS UNIDADES DA SECRETARIA MUNICIPAL DE SAÚDE DE ANANINDEUA</t>
         </is>
       </c>
-      <c r="M265" s="3" t="inlineStr">
+      <c r="M418" s="3" t="inlineStr">
         <is>
           <t>12/07/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="266">
-[...5 lines deleted...]
-      <c r="B266" s="3" t="inlineStr">
+    <row outlineLevel="0" r="419">
+      <c r="A419" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B419" s="3" t="inlineStr">
+        <is>
+          <t>00024</t>
+        </is>
+      </c>
+      <c r="C419" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D419" s="3" t="inlineStr">
+        <is>
+          <t>SEDEC</t>
+        </is>
+      </c>
+      <c r="E419" s="3" t="inlineStr">
+        <is>
+          <t>00024/2023</t>
+        </is>
+      </c>
+      <c r="G419" s="3" t="inlineStr">
+        <is>
+          <t>9/2023-00024-SRP/PMMR</t>
+        </is>
+      </c>
+      <c r="H419" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SERVIÇOS DE MALHARIA</t>
+        </is>
+      </c>
+      <c r="I419" s="3" t="inlineStr">
+        <is>
+          <t>18/07/2024</t>
+        </is>
+      </c>
+      <c r="M419" s="3" t="inlineStr">
+        <is>
+          <t>19/07/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="420">
+      <c r="A420" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B420" s="3" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="C266" s="3" t="inlineStr">
+      <c r="C420" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D266" s="3" t="inlineStr">
+      <c r="D420" s="3" t="inlineStr">
         <is>
           <t>FMAS</t>
         </is>
       </c>
-      <c r="E266" s="3" t="inlineStr">
+      <c r="E420" s="3" t="inlineStr">
         <is>
           <t>089/2022</t>
         </is>
       </c>
-      <c r="F266" s="3" t="inlineStr">
+      <c r="F420" s="3" t="inlineStr">
         <is>
           <t>12/06/2023</t>
         </is>
       </c>
-      <c r="G266" s="3" t="inlineStr">
+      <c r="G420" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP N°. 9/2022-034-SEMAD/PMA.</t>
         </is>
       </c>
-      <c r="H266" s="3" t="inlineStr">
+      <c r="H420" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE ÁGUA MINERAL DE 20 (VINTE) LITROS E ÁGUA MINERAL EM EMBALAGEM DE 200 (DUZENTOS) E 500 (QUINHENTOS) ML, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO</t>
         </is>
       </c>
-      <c r="I266" s="3" t="inlineStr">
+      <c r="I420" s="3" t="inlineStr">
         <is>
           <t>06/01/2023</t>
         </is>
       </c>
-      <c r="J266" s="3" t="inlineStr">
+      <c r="J420" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT.</t>
         </is>
       </c>
-      <c r="K266" s="3" t="inlineStr">
+      <c r="K420" s="3" t="inlineStr">
         <is>
           <t>ALTINEY MARISTELA FERREIRA RODRIGUES</t>
         </is>
       </c>
-      <c r="M266" s="3" t="inlineStr">
+      <c r="M420" s="3" t="inlineStr">
         <is>
           <t>12/06/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="267">
-[...5 lines deleted...]
-      <c r="C267" s="3" t="inlineStr">
+    <row outlineLevel="0" r="421">
+      <c r="A421" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B421" s="3" t="inlineStr">
+        <is>
+          <t>007</t>
+        </is>
+      </c>
+      <c r="C421" s="3" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="D421" s="3" t="inlineStr">
+        <is>
+          <t>SEDEC</t>
+        </is>
+      </c>
+      <c r="E421" s="3" t="inlineStr">
+        <is>
+          <t>11.113/2024</t>
+        </is>
+      </c>
+      <c r="G421" s="3" t="inlineStr">
+        <is>
+          <t>007/2024-SEDEC</t>
+        </is>
+      </c>
+      <c r="H421" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM CONFECÇÃO DE UNICFORMES PARA ATENDER DEMANDA DA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO ECONOMICO -SEDEC</t>
+        </is>
+      </c>
+      <c r="I421" s="3" t="inlineStr">
+        <is>
+          <t>10/07/2024</t>
+        </is>
+      </c>
+      <c r="M421" s="3" t="inlineStr">
+        <is>
+          <t>19/07/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="422">
+      <c r="A422" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C422" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D267" s="3" t="inlineStr">
+      <c r="D422" s="3" t="inlineStr">
         <is>
           <t>SESDS</t>
         </is>
       </c>
-      <c r="E267" s="3" t="inlineStr">
+      <c r="E422" s="3" t="inlineStr">
         <is>
           <t>416/2018-SEMCAT</t>
         </is>
       </c>
-      <c r="F267" s="3" t="inlineStr">
+      <c r="F422" s="3" t="inlineStr">
         <is>
           <t>12/06/2019</t>
         </is>
       </c>
-      <c r="G267" s="3" t="inlineStr">
+      <c r="G422" s="3" t="inlineStr">
         <is>
           <t>EDITAL-PREGÃO PRESENCIAL PARA REGISTRO DE PREÇOS N°.SRP.2018.006.SEMCAT.PMA</t>
         </is>
       </c>
-      <c r="H267" s="3" t="inlineStr">
+      <c r="H422" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM FORNECIMENTO DE GÁS LIQUEFEITO E ÁGUA MINERAL, PARA UM PERÍODO DE 12 (DOZE) MESES.</t>
         </is>
       </c>
-      <c r="M267" s="3" t="inlineStr">
+      <c r="M422" s="3" t="inlineStr">
         <is>
           <t>12/06/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="268">
-[...5 lines deleted...]
-      <c r="B268" s="3" t="inlineStr">
+    <row outlineLevel="0" r="423">
+      <c r="A423" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C423" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D423" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E423" s="3" t="inlineStr">
+        <is>
+          <t>2031/2019</t>
+        </is>
+      </c>
+      <c r="F423" s="3" t="inlineStr">
+        <is>
+          <t>19/07/2019</t>
+        </is>
+      </c>
+      <c r="G423" s="3" t="inlineStr">
+        <is>
+          <t>MEMO N° 550/2019</t>
+        </is>
+      </c>
+      <c r="H423" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSTRUÇÃO PARA ATENDER AS NECESSIDADES DAS ESCOLAS DA REDE MUNICIPAL DE ENSINO DE ANANINDEUA E DA SEMED</t>
+        </is>
+      </c>
+      <c r="M423" s="3" t="inlineStr">
+        <is>
+          <t>19/07/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="424">
+      <c r="A424" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B424" s="3" t="inlineStr">
         <is>
           <t>001</t>
         </is>
       </c>
-      <c r="C268" s="3" t="inlineStr">
+      <c r="C424" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D268" s="3" t="inlineStr">
+      <c r="D424" s="3" t="inlineStr">
         <is>
           <t>SEURB</t>
         </is>
       </c>
-      <c r="E268" s="3" t="inlineStr">
+      <c r="E424" s="3" t="inlineStr">
         <is>
           <t>24/2022</t>
         </is>
       </c>
-      <c r="F268" s="3" t="inlineStr">
+      <c r="F424" s="3" t="inlineStr">
         <is>
           <t>04/05/2022</t>
         </is>
       </c>
-      <c r="H268" s="3" t="inlineStr">
+      <c r="H424" s="3" t="inlineStr">
         <is>
           <t>REGISTRO DE PREÇO PARA FUTURA, EVENTUAL E PARCELADA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO DE VEÍCULOS PESADOS EM HORAS MAQUINAS E MENSAL PARA SEREM UTILIZADAS PELA SECRETARIA MUNICIPAL DE SERVIÇOS URBANOS</t>
         </is>
       </c>
-      <c r="I268" s="3" t="inlineStr">
+      <c r="I424" s="3" t="inlineStr">
         <is>
           <t>23/02/2022</t>
         </is>
       </c>
-      <c r="J268" s="3" t="inlineStr">
+      <c r="J424" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE SERVIÇOS URBANOS</t>
         </is>
       </c>
-      <c r="M268" s="3" t="inlineStr">
+      <c r="M424" s="3" t="inlineStr">
         <is>
           <t>12/05/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="269">
-[...5 lines deleted...]
-      <c r="B269" s="3" t="inlineStr">
+    <row outlineLevel="0" r="425">
+      <c r="A425" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C425" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D425" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="E425" s="3" t="inlineStr">
+        <is>
+          <t>9756</t>
+        </is>
+      </c>
+      <c r="F425" s="3" t="inlineStr">
+        <is>
+          <t>19/06/2020</t>
+        </is>
+      </c>
+      <c r="G425" s="3" t="inlineStr">
+        <is>
+          <t>9756</t>
+        </is>
+      </c>
+      <c r="H425" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE LOCAÇÃO DE EQUIPAMENTOS DE INFORMÁTICA, DESTINADOS A ATENDER AS NECESSIDADES DA REDE MUNICIPAL DE SAÚDE DE ANANINDEUA.</t>
+        </is>
+      </c>
+      <c r="M425" s="3" t="inlineStr">
+        <is>
+          <t>19/06/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="426">
+      <c r="A426" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B426" s="3" t="inlineStr">
         <is>
           <t>001</t>
         </is>
       </c>
-      <c r="C269" s="3" t="inlineStr">
+      <c r="C426" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D269" s="3" t="inlineStr">
+      <c r="D426" s="3" t="inlineStr">
         <is>
           <t>GABINETE</t>
         </is>
       </c>
-      <c r="E269" s="3" t="inlineStr">
+      <c r="E426" s="3" t="inlineStr">
         <is>
           <t>2020.02.015.GP.PMA</t>
         </is>
       </c>
-      <c r="F269" s="3" t="inlineStr">
+      <c r="F426" s="3" t="inlineStr">
         <is>
           <t>12/05/2020</t>
         </is>
       </c>
-      <c r="G269" s="3" t="inlineStr">
+      <c r="G426" s="3" t="inlineStr">
         <is>
           <t>SRP Nº001.2019.CMA</t>
         </is>
       </c>
-      <c r="H269" s="3" t="inlineStr">
+      <c r="H426" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO À INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM A VELOCIDADE DE 30 MB SIMÉTRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO-A-PONTO DEDICADO, COM TAXA DE TRANSMISSÃO DE 10 GB</t>
         </is>
       </c>
-      <c r="I269" s="3" t="inlineStr">
+      <c r="I426" s="3" t="inlineStr">
         <is>
           <t>17/10/2019</t>
         </is>
       </c>
-      <c r="J269" s="3" t="inlineStr">
+      <c r="J426" s="3" t="inlineStr">
         <is>
           <t>CÂMARA MUNICIPAL DE ANANINDEUA, RUA ZACARIAS DE ASSUNÇÃO, Nº134, CENTRO, ANANINDEUA-PARÁ.</t>
         </is>
       </c>
-      <c r="M269" s="3" t="inlineStr">
+      <c r="M426" s="3" t="inlineStr">
         <is>
           <t>12/05/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="270">
-[...5 lines deleted...]
-      <c r="C270" s="3" t="inlineStr">
+    <row outlineLevel="0" r="427">
+      <c r="A427" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B427" s="3" t="inlineStr">
+        <is>
+          <t>002</t>
+        </is>
+      </c>
+      <c r="C427" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D427" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E427" s="3" t="inlineStr">
+        <is>
+          <t>2020.02.013.GP.PMA</t>
+        </is>
+      </c>
+      <c r="F427" s="3" t="inlineStr">
+        <is>
+          <t>19/06/2020</t>
+        </is>
+      </c>
+      <c r="G427" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 2019.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H427" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO DE MÁQUINAS MULTIFUNCIONAIS E IMPRESSORA MONOCROMÁTICA, COM FORNECIMENTO DE PEÇAS, MANUTENÇÃO PREVENTIVA E CORRETIVA, SUPRIMENTOS E CONSUMÍVEIS, EXCETO PAPEL.</t>
+        </is>
+      </c>
+      <c r="I427" s="3" t="inlineStr">
+        <is>
+          <t>03/12/2019</t>
+        </is>
+      </c>
+      <c r="J427" s="3" t="inlineStr">
+        <is>
+          <t>SALA DE REUNIÕES DA COMISSÃO PERMANENTE DE LICITAÇÃO, LOCALIZADA NA SEDE DA PREFEITURA MUNICIPAL DE ANANINDEUA/PMA, SITUADA À AVENIDA MAGALHÃES BARATA</t>
+        </is>
+      </c>
+      <c r="M427" s="3" t="inlineStr">
+        <is>
+          <t>19/06/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="428">
+      <c r="A428" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C428" s="3" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="D270" s="3" t="inlineStr">
+      <c r="D428" s="3" t="inlineStr">
         <is>
           <t>VICE-PREFEITURA</t>
         </is>
       </c>
-      <c r="E270" s="3" t="inlineStr">
+      <c r="E428" s="3" t="inlineStr">
         <is>
           <t>10/2015</t>
         </is>
       </c>
-      <c r="F270" s="3" t="inlineStr">
+      <c r="F428" s="3" t="inlineStr">
         <is>
           <t>12/02/2016</t>
         </is>
       </c>
-      <c r="G270" s="3" t="inlineStr">
+      <c r="G428" s="3" t="inlineStr">
         <is>
           <t>SRP.PP.2015.001.PMA.SEURB</t>
         </is>
       </c>
-      <c r="H270" s="3" t="inlineStr">
+      <c r="H428" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA O FORNECIMENTO DE VALE COMBUSTÍVEL, NA FORMA IMPRESSA EM PAPEL E CARTÃO MAGNÉTICO/CHIP, INTEGRADO COM SERVIÇO DE GERENCIAMENTO DE ABASTECIMENTO DE COMBUSTÍVEIS DE VEÍCULO, POR MEIO DA IMPLANTAÇÃO E OPERAÇÃO D</t>
         </is>
       </c>
-      <c r="M270" s="3" t="inlineStr">
+      <c r="M428" s="3" t="inlineStr">
         <is>
           <t>12/02/2016</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="271">
-[...5 lines deleted...]
-      <c r="B271" s="3" t="inlineStr">
+    <row outlineLevel="0" r="429">
+      <c r="A429" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B429" s="3" t="inlineStr">
+        <is>
+          <t>012</t>
+        </is>
+      </c>
+      <c r="C429" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D429" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E429" s="3" t="inlineStr">
+        <is>
+          <t>5132/2023</t>
+        </is>
+      </c>
+      <c r="F429" s="3" t="inlineStr">
+        <is>
+          <t>19/05/2023</t>
+        </is>
+      </c>
+      <c r="G429" s="3" t="inlineStr">
+        <is>
+          <t>ATA DE REGISTRO DE PREÇOS DE Nº 012/2022-001 - CONT. 09/2023 - SEMED</t>
+        </is>
+      </c>
+      <c r="H429" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAIS DE LIMPEZA PARA ATENDER AS NECESSIDADES DA REDE MUNICIPAL DE EDUCAÇÃO - RME DO MUNICIPIO DE ENSINO DE ANANINDEUA - SEMED,</t>
+        </is>
+      </c>
+      <c r="I429" s="3" t="inlineStr">
+        <is>
+          <t>06/02/2023</t>
+        </is>
+      </c>
+      <c r="J429" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO - SEMED</t>
+        </is>
+      </c>
+      <c r="K429" s="3" t="inlineStr">
+        <is>
+          <t>ELIETE VIEIRA DA SILVA (Titular) GERSON DE NAZARÉ SILVEIRA REIS (Suplente)</t>
+        </is>
+      </c>
+      <c r="M429" s="3" t="inlineStr">
+        <is>
+          <t>19/05/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="430">
+      <c r="A430" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B430" s="3" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="C271" s="3" t="inlineStr">
+      <c r="C430" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D271" s="3" t="inlineStr">
+      <c r="D430" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E271" s="3" t="inlineStr">
+      <c r="E430" s="3" t="inlineStr">
         <is>
           <t>3589/2022 - SEMED</t>
         </is>
       </c>
-      <c r="F271" s="3" t="inlineStr">
+      <c r="F430" s="3" t="inlineStr">
         <is>
           <t>06/01/2023</t>
         </is>
       </c>
-      <c r="H271" s="3" t="inlineStr">
+      <c r="H430" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE LIMPEZA, HIGIENIZAÇÃO DE AMBIENTES, ESPECIALMENTE CONTROLE DE PRAGAS E VETORES, LIMPEZA DE FORROS EM GERAL E SANITIZAÇÃO</t>
         </is>
       </c>
-      <c r="I271" s="3" t="inlineStr">
+      <c r="I430" s="3" t="inlineStr">
         <is>
           <t>04/01/2023</t>
         </is>
       </c>
-      <c r="J271" s="3" t="inlineStr">
+      <c r="J430" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO DE ANANINDEUA - SEMED</t>
         </is>
       </c>
-      <c r="M271" s="3" t="inlineStr">
+      <c r="M430" s="3" t="inlineStr">
         <is>
           <t>12/01/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="272">
-[...5 lines deleted...]
-      <c r="C272" s="3" t="inlineStr">
+    <row outlineLevel="0" r="431">
+      <c r="A431" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B431" s="3" t="inlineStr">
+        <is>
+          <t>011</t>
+        </is>
+      </c>
+      <c r="C431" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D431" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E431" s="3" t="inlineStr">
+        <is>
+          <t>5131/2023</t>
+        </is>
+      </c>
+      <c r="F431" s="3" t="inlineStr">
+        <is>
+          <t>19/05/2023</t>
+        </is>
+      </c>
+      <c r="G431" s="3" t="inlineStr">
+        <is>
+          <t>ATA DE REGISTRO DE PREÇOS DE Nº 011/2022 - CONT. 010/2023 - SEMED</t>
+        </is>
+      </c>
+      <c r="H431" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE EXPEDIENTE E ESCRITÓRIO PARA ATENDER A NECESSIDADE DA SECRETÁRIA MUNICIPAL DE EDUCAÇÃO DE ANANINDEUA - SEMED,</t>
+        </is>
+      </c>
+      <c r="I431" s="3" t="inlineStr">
+        <is>
+          <t>06/02/2023</t>
+        </is>
+      </c>
+      <c r="J431" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO - SEMED</t>
+        </is>
+      </c>
+      <c r="K431" s="3" t="inlineStr">
+        <is>
+          <t>ELIETE VIEIRA DA SILVA (Titular) GERSON DE NAZARÉ SILVEIRA REIS (Suplente)</t>
+        </is>
+      </c>
+      <c r="M431" s="3" t="inlineStr">
+        <is>
+          <t>19/05/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="432">
+      <c r="A432" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C432" s="3" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="D272" s="3" t="inlineStr">
+      <c r="D432" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E272" s="3" t="inlineStr">
+      <c r="E432" s="3" t="inlineStr">
         <is>
           <t>096/2016</t>
         </is>
       </c>
-      <c r="F272" s="3" t="inlineStr">
+      <c r="F432" s="3" t="inlineStr">
         <is>
           <t>12/01/2017</t>
         </is>
       </c>
-      <c r="G272" s="3" t="inlineStr">
+      <c r="G432" s="3" t="inlineStr">
         <is>
           <t>MEMO Nº 460/2016</t>
         </is>
       </c>
-      <c r="H272" s="3" t="inlineStr">
+      <c r="H432" s="3" t="inlineStr">
         <is>
           <t>9 SESAN -SERVIÇOS DE TELEFONIA FIXA COMUTADA (STFC), COM O FORNECIMENTO DE DISCAGEM DIRETA E RAMAL(DDR) OU SIMILAR, E LINHA DIRETA EMPRESARIAL, NAS MODALIDADES LOCAL (L), LONGA DISTÂNCIA NACIONAL (LDN), LONGA DISTÂNCIA INTERNACIONAL (LDI) E DISCAGEM</t>
         </is>
       </c>
-      <c r="M272" s="3" t="inlineStr">
+      <c r="M432" s="3" t="inlineStr">
         <is>
           <t>12/01/2017</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="273">
-[...5 lines deleted...]
-      <c r="C273" s="3" t="inlineStr">
+    <row outlineLevel="0" r="433">
+      <c r="A433" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C433" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D433" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E433" s="3" t="inlineStr">
+        <is>
+          <t>251/2018</t>
+        </is>
+      </c>
+      <c r="F433" s="3" t="inlineStr">
+        <is>
+          <t>19/04/2018</t>
+        </is>
+      </c>
+      <c r="G433" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL 002/2017 - CMA</t>
+        </is>
+      </c>
+      <c r="H433" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A PRESTAÇÃO DE SERVIÇOS CONTINUADO, COM DEDICAÇÃO EXCLUSICA DE MÃO DE OBRA, DE MANUTENÇÃO PREVENTIVA E CORRETIVA DO SISTEMA DE AR REFRIGERADO DE JANELA E SPLIT</t>
+        </is>
+      </c>
+      <c r="M433" s="3" t="inlineStr">
+        <is>
+          <t>19/04/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="434">
+      <c r="A434" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C434" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D273" s="3" t="inlineStr">
+      <c r="D434" s="3" t="inlineStr">
         <is>
           <t>GABINETE</t>
         </is>
       </c>
-      <c r="E273" s="3" t="inlineStr">
+      <c r="E434" s="3" t="inlineStr">
         <is>
           <t>2019.11.236.PMA.GP</t>
         </is>
       </c>
-      <c r="F273" s="3" t="inlineStr">
+      <c r="F434" s="3" t="inlineStr">
         <is>
           <t>11/12/2019</t>
         </is>
       </c>
-      <c r="G273" s="3" t="inlineStr">
+      <c r="G434" s="3" t="inlineStr">
         <is>
           <t>SRP N° 2019.001.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="H273" s="3" t="inlineStr">
+      <c r="H434" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE VALE COMBUSTÍVEL, TIPO IMPRESSO, PARA ATENDER A FROTA DE VEÍCULOS DO GABINETE DO PREFEITO.</t>
         </is>
       </c>
-      <c r="M273" s="3" t="inlineStr">
+      <c r="M434" s="3" t="inlineStr">
         <is>
           <t>11/12/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="274">
-[...5 lines deleted...]
-      <c r="B274" s="3" t="inlineStr">
+    <row outlineLevel="0" r="435">
+      <c r="A435" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C435" s="3" t="inlineStr">
+        <is>
+          <t>2015</t>
+        </is>
+      </c>
+      <c r="D435" s="3" t="inlineStr">
+        <is>
+          <t>CGM</t>
+        </is>
+      </c>
+      <c r="E435" s="3" t="inlineStr">
+        <is>
+          <t>018</t>
+        </is>
+      </c>
+      <c r="F435" s="3" t="inlineStr">
+        <is>
+          <t>19/04/2017</t>
+        </is>
+      </c>
+      <c r="G435" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 2015.001.PMA.SEMAD</t>
+        </is>
+      </c>
+      <c r="H435" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO À INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM VELOCIDADE DE 10MB SIMÉTRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO – A PONTO DEDICADO COM TAXA DE TRANSMISSÃO DE 100MB</t>
+        </is>
+      </c>
+      <c r="M435" s="3" t="inlineStr">
+        <is>
+          <t>19/04/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="436">
+      <c r="A436" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B436" s="3" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="C274" s="3" t="inlineStr">
+      <c r="C436" s="3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="D274" s="3" t="inlineStr">
+      <c r="D436" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E274" s="3" t="inlineStr">
+      <c r="E436" s="3" t="inlineStr">
         <is>
           <t>Nº2024.07.091.PMA.SEMUTRAN- Nº22.733/2024-1Doc</t>
         </is>
       </c>
-      <c r="G274" s="3" t="inlineStr">
+      <c r="G436" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP Nº9/2023.SEMED.PMA</t>
         </is>
       </c>
-      <c r="H274" s="3" t="inlineStr">
+      <c r="H436" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA AQUISIÇÃO DE MATERIAL DE EXPEDIENTE E ESCRITÓRIO, PARA ATENDER AS ATIVIDADES ADMINISTRATIVAS DA SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO, CONFORME CONDIÇÕES E EXIGÊNCIAS ESTABELECIDAS NA ATA DE REGISTRO DE PR</t>
         </is>
       </c>
-      <c r="I274" s="3" t="inlineStr">
+      <c r="I436" s="3" t="inlineStr">
         <is>
           <t>10/07/2024</t>
         </is>
       </c>
-      <c r="J274" s="3" t="inlineStr">
+      <c r="J436" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO-SEMUTRAN</t>
         </is>
       </c>
-      <c r="M274" s="3" t="inlineStr">
+      <c r="M436" s="3" t="inlineStr">
         <is>
           <t>11/11/2024</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="275">
-[...5 lines deleted...]
-      <c r="C275" s="3" t="inlineStr">
+    <row outlineLevel="0" r="437">
+      <c r="A437" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B437" s="3" t="inlineStr">
+        <is>
+          <t>014</t>
+        </is>
+      </c>
+      <c r="C437" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D437" s="3" t="inlineStr">
+        <is>
+          <t>SEMMU</t>
+        </is>
+      </c>
+      <c r="E437" s="3" t="inlineStr">
+        <is>
+          <t>6.118/2022</t>
+        </is>
+      </c>
+      <c r="F437" s="3" t="inlineStr">
+        <is>
+          <t>18/11/2022</t>
+        </is>
+      </c>
+      <c r="G437" s="3" t="inlineStr">
+        <is>
+          <t>2022.014 SEMAD/PMA</t>
+        </is>
+      </c>
+      <c r="H437" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SERVIÇOS DE LOCAÇÃO DE VEÍCULOS AUTOMOTORES TERRESTRES.</t>
+        </is>
+      </c>
+      <c r="I437" s="3" t="inlineStr">
+        <is>
+          <t>18/11/2022</t>
+        </is>
+      </c>
+      <c r="J437" s="3" t="inlineStr">
+        <is>
+          <t>ANANINDEUA</t>
+        </is>
+      </c>
+      <c r="M437" s="3" t="inlineStr">
+        <is>
+          <t>18/11/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="438">
+      <c r="A438" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C438" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D275" s="3" t="inlineStr">
+      <c r="D438" s="3" t="inlineStr">
         <is>
           <t>SEMAD</t>
         </is>
       </c>
-      <c r="E275" s="3" t="inlineStr">
+      <c r="E438" s="3" t="inlineStr">
         <is>
           <t>089.2019.DAF.SEMAD</t>
         </is>
       </c>
-      <c r="F275" s="3" t="inlineStr">
+      <c r="F438" s="3" t="inlineStr">
         <is>
           <t>11/11/2019</t>
         </is>
       </c>
-      <c r="G275" s="3" t="inlineStr">
+      <c r="G438" s="3" t="inlineStr">
         <is>
           <t>SRP.2019.003.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H275" s="3" t="inlineStr">
+      <c r="H438" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (LIMPEZA E HIGIENE)</t>
         </is>
       </c>
-      <c r="M275" s="3" t="inlineStr">
+      <c r="M438" s="3" t="inlineStr">
         <is>
           <t>11/11/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="276">
-[...5 lines deleted...]
-      <c r="C276" s="3" t="inlineStr">
+    <row outlineLevel="0" r="439">
+      <c r="A439" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C439" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D439" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E439" s="3" t="inlineStr">
+        <is>
+          <t>06/2020</t>
+        </is>
+      </c>
+      <c r="F439" s="3" t="inlineStr">
+        <is>
+          <t>18/11/2020</t>
+        </is>
+      </c>
+      <c r="G439" s="3" t="inlineStr">
+        <is>
+          <t>SRP.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H439" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO DE MÁQUINAS MULTIFUNCIONAIS E MONOCROMÁTICAS, COM FORNECIMENTO DEPEÇAS, MANUTENÇÃO PREVENTIVA E CORRETIVA</t>
+        </is>
+      </c>
+      <c r="M439" s="3" t="inlineStr">
+        <is>
+          <t>18/11/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="440">
+      <c r="A440" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C440" s="3" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="D276" s="3" t="inlineStr">
+      <c r="D440" s="3" t="inlineStr">
         <is>
           <t>SEHAB</t>
         </is>
       </c>
-      <c r="E276" s="3" t="inlineStr">
+      <c r="E440" s="3" t="inlineStr">
         <is>
           <t>277/2017/SEMCAT</t>
         </is>
       </c>
-      <c r="F276" s="3" t="inlineStr">
+      <c r="F440" s="3" t="inlineStr">
         <is>
           <t>11/10/2017</t>
         </is>
       </c>
-      <c r="G276" s="3" t="inlineStr">
+      <c r="G440" s="3" t="inlineStr">
         <is>
           <t>SRP.2017.003.SEMCAT.PMA</t>
         </is>
       </c>
-      <c r="H276" s="3" t="inlineStr">
+      <c r="H440" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM PRESTAÇÃO DE SERVIÇOS DE SONORIZAÇÃO</t>
         </is>
       </c>
-      <c r="M276" s="3" t="inlineStr">
+      <c r="M440" s="3" t="inlineStr">
         <is>
           <t>11/10/2017</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="277">
-[...5 lines deleted...]
-      <c r="B277" s="3" t="inlineStr">
+    <row outlineLevel="0" r="441">
+      <c r="A441" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C441" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D441" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E441" s="3" t="inlineStr">
+        <is>
+          <t>112/2020</t>
+        </is>
+      </c>
+      <c r="F441" s="3" t="inlineStr">
+        <is>
+          <t>18/11/2020</t>
+        </is>
+      </c>
+      <c r="G441" s="3" t="inlineStr">
+        <is>
+          <t>2019.001.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H441" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO ( CAFÉ, AÇÚCAR, LEITE , ADOÇANTE E FILTRO)</t>
+        </is>
+      </c>
+      <c r="M441" s="3" t="inlineStr">
+        <is>
+          <t>18/11/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="442">
+      <c r="A442" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B442" s="3" t="inlineStr">
         <is>
           <t>01</t>
         </is>
       </c>
-      <c r="C277" s="3" t="inlineStr">
+      <c r="C442" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D277" s="3" t="inlineStr">
+      <c r="D442" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E277" s="3" t="inlineStr">
+      <c r="E442" s="3" t="inlineStr">
         <is>
           <t>PROCESSO ADMINISTRATIVO Nº 8774/2023 - SESAN/PMA</t>
         </is>
       </c>
-      <c r="F277" s="3" t="inlineStr">
+      <c r="F442" s="3" t="inlineStr">
         <is>
           <t>11/09/2023</t>
         </is>
       </c>
-      <c r="G277" s="3" t="inlineStr">
+      <c r="G442" s="3" t="inlineStr">
         <is>
           <t>#PREGÃO ELETRÔNICO – SRP Nº 01/2023 - MARAPANIM - PMM</t>
         </is>
       </c>
-      <c r="H277" s="3" t="inlineStr">
+      <c r="H442" s="3" t="inlineStr">
         <is>
           <t>REGISTRO DE PREÇO PARA EVENTUAL AQUISIÇÃO DE MATERIAL DE HIGIENE, LIMPEZA, DESCARTÁVEIS E COZINHA PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SANEAMENTO E INFRAESTRUTURA DE ANANINDEUA-SESAN/PMA.</t>
         </is>
       </c>
-      <c r="I277" s="3" t="inlineStr">
+      <c r="I442" s="3" t="inlineStr">
         <is>
           <t>04/07/2023</t>
         </is>
       </c>
-      <c r="J277" s="3" t="inlineStr">
+      <c r="J442" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA DE SANEAMENTO E INFRAESTRUTURA TV SN 17, S/N CONJUNTO CIDADE NOVA II</t>
         </is>
       </c>
-      <c r="M277" s="3" t="inlineStr">
+      <c r="M442" s="3" t="inlineStr">
         <is>
           <t>11/09/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="278">
-[...5 lines deleted...]
-      <c r="C278" s="3" t="inlineStr">
+    <row outlineLevel="0" r="443">
+      <c r="A443" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C443" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D278" s="3" t="inlineStr">
+      <c r="D443" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E443" s="3" t="inlineStr">
+        <is>
+          <t>113/2020</t>
+        </is>
+      </c>
+      <c r="F443" s="3" t="inlineStr">
+        <is>
+          <t>18/11/2020</t>
+        </is>
+      </c>
+      <c r="G443" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 2019.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H443" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (EXPEDIENTE)</t>
+        </is>
+      </c>
+      <c r="M443" s="3" t="inlineStr">
+        <is>
+          <t>18/11/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="444">
+      <c r="A444" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C444" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D444" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E278" s="3" t="inlineStr">
+      <c r="E444" s="3" t="inlineStr">
         <is>
           <t>065/2020</t>
         </is>
       </c>
-      <c r="F278" s="3" t="inlineStr">
+      <c r="F444" s="3" t="inlineStr">
         <is>
           <t>11/08/2020</t>
         </is>
       </c>
-      <c r="G278" s="3" t="inlineStr">
+      <c r="G444" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP Nº 003/2020 - PMA/SESAU</t>
         </is>
       </c>
-      <c r="H278" s="3" t="inlineStr">
+      <c r="H444" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NOS SERVIÇOS CONTÍNUOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA, DE MATERIAIS PERMANENTES DE REFRIGERAÇÃO COMO OS APARELHOS DE AR CONDICIONADO TIPO SPLIT, AR CONDICIONADO CONVENCIONAL TIPO (ACJ) REFRIGERADORES, BEBEDO</t>
         </is>
       </c>
-      <c r="M278" s="3" t="inlineStr">
+      <c r="M444" s="3" t="inlineStr">
         <is>
           <t>11/08/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="279">
-[...5 lines deleted...]
-      <c r="C279" s="3" t="inlineStr">
+    <row outlineLevel="0" r="445">
+      <c r="A445" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C445" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D445" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E445" s="3" t="inlineStr">
+        <is>
+          <t>114/2020</t>
+        </is>
+      </c>
+      <c r="F445" s="3" t="inlineStr">
+        <is>
+          <t>18/11/2020</t>
+        </is>
+      </c>
+      <c r="G445" s="3" t="inlineStr">
+        <is>
+          <t>SRP. 2019.003.SEMED.PMA</t>
+        </is>
+      </c>
+      <c r="H445" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO ( LIMPEZA E HIGIENE)</t>
+        </is>
+      </c>
+      <c r="M445" s="3" t="inlineStr">
+        <is>
+          <t>18/11/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="446">
+      <c r="A446" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C446" s="3" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="D279" s="3" t="inlineStr">
+      <c r="D446" s="3" t="inlineStr">
         <is>
           <t>PREFEITURA</t>
         </is>
       </c>
-      <c r="E279" s="3" t="inlineStr">
+      <c r="E446" s="3" t="inlineStr">
         <is>
           <t>2761/2016</t>
         </is>
       </c>
-      <c r="F279" s="3" t="inlineStr">
+      <c r="F446" s="3" t="inlineStr">
         <is>
           <t>11/08/2016</t>
         </is>
       </c>
-      <c r="G279" s="3" t="inlineStr">
+      <c r="G446" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRONICO Nº 2015.002.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H279" s="3" t="inlineStr">
+      <c r="H446" s="3" t="inlineStr">
         <is>
           <t>5 PMA - AQUISIÇÃO DE MATERIAIS DE CONSUMO (EXPEDIENTE), PARA ATENDER AS NECESSIDADES DA SEPOF.</t>
         </is>
       </c>
-      <c r="M279" s="3" t="inlineStr">
+      <c r="M446" s="3" t="inlineStr">
         <is>
           <t>11/08/2016</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="280">
-[...5 lines deleted...]
-      <c r="C280" s="3" t="inlineStr">
+    <row outlineLevel="0" r="447">
+      <c r="A447" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C447" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D447" s="3" t="inlineStr">
+        <is>
+          <t>SEHAB</t>
+        </is>
+      </c>
+      <c r="E447" s="3" t="inlineStr">
+        <is>
+          <t>3671/2018/SEMED</t>
+        </is>
+      </c>
+      <c r="F447" s="3" t="inlineStr">
+        <is>
+          <t>18/11/2019</t>
+        </is>
+      </c>
+      <c r="G447" s="3" t="inlineStr">
+        <is>
+          <t>2019.003.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H447" s="3" t="inlineStr">
+        <is>
+          <t>MATERIAL DE CONSUMO (LIMPEZA E HIGIENE)</t>
+        </is>
+      </c>
+      <c r="M447" s="3" t="inlineStr">
+        <is>
+          <t>18/11/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="448">
+      <c r="A448" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C448" s="3" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="D280" s="3" t="inlineStr">
+      <c r="D448" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E280" s="3" t="inlineStr">
+      <c r="E448" s="3" t="inlineStr">
         <is>
           <t> 002/18</t>
         </is>
       </c>
-      <c r="F280" s="3" t="inlineStr">
+      <c r="F448" s="3" t="inlineStr">
         <is>
           <t>11/07/2018</t>
         </is>
       </c>
-      <c r="G280" s="3" t="inlineStr">
+      <c r="G448" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIAL - SRP.2017.001.PMA.SEMCAT-PMA</t>
         </is>
       </c>
-      <c r="H280" s="3" t="inlineStr">
+      <c r="H448" s="3" t="inlineStr">
         <is>
           <t>FORNECIMENTO DE ÁGUA MINERAL 20L (SOMENTE O LÍQUIDO), ÁGUA MINERAL 200ML E GÁS LIQUEFEITO 13KG.</t>
         </is>
       </c>
-      <c r="M280" s="3" t="inlineStr">
+      <c r="M448" s="3" t="inlineStr">
         <is>
           <t>11/07/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="281">
-[...5 lines deleted...]
-      <c r="C281" s="3" t="inlineStr">
+    <row outlineLevel="0" r="449">
+      <c r="A449" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C449" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D281" s="3" t="inlineStr">
+      <c r="D449" s="3" t="inlineStr">
+        <is>
+          <t>SEHAB</t>
+        </is>
+      </c>
+      <c r="E449" s="3" t="inlineStr">
+        <is>
+          <t>3670/2018/SEMED</t>
+        </is>
+      </c>
+      <c r="F449" s="3" t="inlineStr">
+        <is>
+          <t>18/11/2019</t>
+        </is>
+      </c>
+      <c r="G449" s="3" t="inlineStr">
+        <is>
+          <t>PE Nº 2019.004.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H449" s="3" t="inlineStr">
+        <is>
+          <t>MATERIAIS DE CONSUMO (PERIFÉRICOS)</t>
+        </is>
+      </c>
+      <c r="M449" s="3" t="inlineStr">
+        <is>
+          <t>18/11/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="450">
+      <c r="A450" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B450" s="3" t="inlineStr">
+        <is>
+          <t>004</t>
+        </is>
+      </c>
+      <c r="C450" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D450" s="3" t="inlineStr">
+        <is>
+          <t>FMAS</t>
+        </is>
+      </c>
+      <c r="E450" s="3" t="inlineStr">
+        <is>
+          <t>5.463/2022-SEMCAT</t>
+        </is>
+      </c>
+      <c r="F450" s="3" t="inlineStr">
+        <is>
+          <t>18/10/2022</t>
+        </is>
+      </c>
+      <c r="G450" s="3" t="inlineStr">
+        <is>
+          <t>SRP N°. 004/2022 - SANTA IZABEL/PA.</t>
+        </is>
+      </c>
+      <c r="H450" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE GÊNEROS ALIMENTÍCIOS, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E TRABALHO DO MUNICÍPIO DE ANANINDEUA E SUAS UNIDADES</t>
+        </is>
+      </c>
+      <c r="I450" s="3" t="inlineStr">
+        <is>
+          <t>30/06/2022</t>
+        </is>
+      </c>
+      <c r="J450" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTENCIA SOCIAL E TRABALHO - SEMCAT.</t>
+        </is>
+      </c>
+      <c r="K450" s="3" t="inlineStr">
+        <is>
+          <t>Jose Martiniano Oliveira Neto</t>
+        </is>
+      </c>
+      <c r="M450" s="3" t="inlineStr">
+        <is>
+          <t>18/10/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="451">
+      <c r="A451" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C451" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D451" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E281" s="3" t="inlineStr">
+      <c r="E451" s="3" t="inlineStr">
         <is>
           <t>002/2018</t>
         </is>
       </c>
-      <c r="F281" s="3" t="inlineStr">
+      <c r="F451" s="3" t="inlineStr">
         <is>
           <t>11/07/2018</t>
         </is>
       </c>
-      <c r="G281" s="3" t="inlineStr">
+      <c r="G451" s="3" t="inlineStr">
         <is>
           <t>SRP.2017.001.PMA.SEMCAT</t>
         </is>
       </c>
-      <c r="H281" s="3" t="inlineStr">
+      <c r="H451" s="3" t="inlineStr">
         <is>
           <t>FORNECIMENTO DE ÁGUA MINERAL 20L (SOMENTE O LÍQUIDO), ÁGUA MINERAL 200ML E GÁS LIQUEFEITO 13KG.</t>
         </is>
       </c>
-      <c r="M281" s="3" t="inlineStr">
+      <c r="M451" s="3" t="inlineStr">
         <is>
           <t>11/07/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="282">
-[...5 lines deleted...]
-      <c r="C282" s="3" t="inlineStr">
+    <row outlineLevel="0" r="452">
+      <c r="A452" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C452" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D452" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E452" s="3" t="inlineStr">
+        <is>
+          <t>2570/2020</t>
+        </is>
+      </c>
+      <c r="F452" s="3" t="inlineStr">
+        <is>
+          <t>18/08/2020</t>
+        </is>
+      </c>
+      <c r="G452" s="3" t="inlineStr">
+        <is>
+          <t>MEMO 205/2020</t>
+        </is>
+      </c>
+      <c r="H452" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS CONTÍNUOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA DE MATERIAIS PERMANENTES DE REFRIGERAÇÃO( AR CONDICIONADO TIPO SPLIT, CONVENCIONAL (ACJ), REFRIGERADORES, BEBEDOUROS E FRIGOBARES COM FORNECI</t>
+        </is>
+      </c>
+      <c r="M452" s="3" t="inlineStr">
+        <is>
+          <t>18/08/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="453">
+      <c r="A453" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C453" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D282" s="3" t="inlineStr">
+      <c r="D453" s="3" t="inlineStr">
         <is>
           <t>SEGEF</t>
         </is>
       </c>
-      <c r="E282" s="3" t="inlineStr">
+      <c r="E453" s="3" t="inlineStr">
         <is>
           <t>2021/03/002767</t>
         </is>
       </c>
-      <c r="F282" s="3" t="inlineStr">
+      <c r="F453" s="3" t="inlineStr">
         <is>
           <t>11/06/2021</t>
         </is>
       </c>
-      <c r="G282" s="3" t="inlineStr">
+      <c r="G453" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO-SPR Nº 002/2020</t>
         </is>
       </c>
-      <c r="H282" s="3" t="inlineStr">
+      <c r="H453" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE PREVENÇÃO CONTRA O VÍRUS DA COVID-19</t>
         </is>
       </c>
-      <c r="M282" s="3" t="inlineStr">
+      <c r="M453" s="3" t="inlineStr">
         <is>
           <t>11/06/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="283">
-[...5 lines deleted...]
-      <c r="C283" s="3" t="inlineStr">
+    <row outlineLevel="0" r="454">
+      <c r="A454" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B454" s="3" t="inlineStr">
+        <is>
+          <t>013</t>
+        </is>
+      </c>
+      <c r="C454" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D454" s="3" t="inlineStr">
+        <is>
+          <t>FMAS</t>
+        </is>
+      </c>
+      <c r="E454" s="3" t="inlineStr">
+        <is>
+          <t>5.920/2022-SEMCAT/PMA</t>
+        </is>
+      </c>
+      <c r="F454" s="3" t="inlineStr">
+        <is>
+          <t>18/07/2022</t>
+        </is>
+      </c>
+      <c r="G454" s="3" t="inlineStr">
+        <is>
+          <t>SRP 013/2021/SESMA-PMB</t>
+        </is>
+      </c>
+      <c r="H454" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL DE INFORMATICA.</t>
+        </is>
+      </c>
+      <c r="I454" s="3" t="inlineStr">
+        <is>
+          <t>10/02/2022</t>
+        </is>
+      </c>
+      <c r="J454" s="3" t="inlineStr">
+        <is>
+          <t> SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT.   Observação: NÃO INFORMADA</t>
+        </is>
+      </c>
+      <c r="K454" s="3" t="inlineStr">
+        <is>
+          <t>Jose Martiniano Oliveira Neto</t>
+        </is>
+      </c>
+      <c r="M454" s="3" t="inlineStr">
+        <is>
+          <t>18/07/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="455">
+      <c r="A455" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C455" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D283" s="3" t="inlineStr">
+      <c r="D455" s="3" t="inlineStr">
         <is>
           <t>SEMAD</t>
         </is>
       </c>
-      <c r="E283" s="3" t="inlineStr">
+      <c r="E455" s="3" t="inlineStr">
         <is>
           <t>050.2019.DAF.SEMAD</t>
         </is>
       </c>
-      <c r="F283" s="3" t="inlineStr">
+      <c r="F455" s="3" t="inlineStr">
         <is>
           <t>11/06/2019</t>
         </is>
       </c>
-      <c r="G283" s="3" t="inlineStr">
+      <c r="G455" s="3" t="inlineStr">
         <is>
           <t>SRP.2018.006.SEMCAT.PMA</t>
         </is>
       </c>
-      <c r="H283" s="3" t="inlineStr">
+      <c r="H455" s="3" t="inlineStr">
         <is>
           <t>1. AGUA MINERAL 20L(SOMENTE O LIQUIDO)- QUANTIDADE 2.100 UNIDADES. 2. GÁS LIQUEFEITO BOTIJÃO DE 13KG(LIQUIDO)-QUANTIDADE 48 UNIDADES. 3. AGUA MINERAL 200ML-5.760 UNIDADES.</t>
         </is>
       </c>
-      <c r="M283" s="3" t="inlineStr">
+      <c r="M455" s="3" t="inlineStr">
         <is>
           <t>11/06/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="284">
-[...5 lines deleted...]
-      <c r="C284" s="3" t="inlineStr">
+    <row outlineLevel="0" r="456">
+      <c r="A456" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C456" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D456" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E456" s="3" t="inlineStr">
+        <is>
+          <t>2017/07/10429</t>
+        </is>
+      </c>
+      <c r="F456" s="3" t="inlineStr">
+        <is>
+          <t>18/07/2017</t>
+        </is>
+      </c>
+      <c r="G456" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL Nº 005/2017 - CMA</t>
+        </is>
+      </c>
+      <c r="H456" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIMENTO DE CARTUCHOS E TONNER PARA IMPRESSORA E MATERIAL DE EXPEDIENTE. PARA ATENDER AS NECESSIDADES DESTA SEMAD PELO PERÍODO DE 12 (DOZE) MESES</t>
+        </is>
+      </c>
+      <c r="M456" s="3" t="inlineStr">
+        <is>
+          <t>18/07/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="457">
+      <c r="A457" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C457" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D284" s="3" t="inlineStr">
+      <c r="D457" s="3" t="inlineStr">
         <is>
           <t>SEGEF</t>
         </is>
       </c>
-      <c r="E284" s="3" t="inlineStr">
+      <c r="E457" s="3" t="inlineStr">
         <is>
           <t>2021/001111</t>
         </is>
       </c>
-      <c r="F284" s="3" t="inlineStr">
+      <c r="F457" s="3" t="inlineStr">
         <is>
           <t>11/05/2021</t>
         </is>
       </c>
-      <c r="G284" s="3" t="inlineStr">
+      <c r="G457" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SEPLAD/DGL/SRP Nº 001/2020</t>
         </is>
       </c>
-      <c r="H284" s="3" t="inlineStr">
+      <c r="H457" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE FORNECIMENTO DE MATERIAL DE EXPEDIENTE</t>
         </is>
       </c>
-      <c r="M284" s="3" t="inlineStr">
+      <c r="M457" s="3" t="inlineStr">
         <is>
           <t>11/05/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="285">
-[...5 lines deleted...]
-      <c r="C285" s="3" t="inlineStr">
+    <row outlineLevel="0" r="458">
+      <c r="A458" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C458" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D285" s="3" t="inlineStr">
+      <c r="D458" s="3" t="inlineStr">
         <is>
           <t>SEPOF</t>
         </is>
       </c>
-      <c r="E285" s="3" t="inlineStr">
+      <c r="E458" s="3" t="inlineStr">
         <is>
           <t>2384/2019</t>
         </is>
       </c>
-      <c r="F285" s="3" t="inlineStr">
+      <c r="F458" s="3" t="inlineStr">
         <is>
           <t>10/12/2020</t>
         </is>
       </c>
-      <c r="G285" s="3" t="inlineStr">
+      <c r="G458" s="3" t="inlineStr">
         <is>
           <t>SRP Nº 2019.0004.PMA .SEMED</t>
         </is>
       </c>
-      <c r="H285" s="3" t="inlineStr">
+      <c r="H458" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO ( TONNER, CARTUCHO E PERIFÉRICOS)</t>
         </is>
       </c>
-      <c r="M285" s="3" t="inlineStr">
+      <c r="M458" s="3" t="inlineStr">
         <is>
           <t>10/12/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="286">
-[...5 lines deleted...]
-      <c r="C286" s="3" t="inlineStr">
+    <row outlineLevel="0" r="459">
+      <c r="A459" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C459" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D286" s="3" t="inlineStr">
+      <c r="D459" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E459" s="3" t="inlineStr">
+        <is>
+          <t>057/2020</t>
+        </is>
+      </c>
+      <c r="F459" s="3" t="inlineStr">
+        <is>
+          <t>18/06/2020</t>
+        </is>
+      </c>
+      <c r="G459" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL SRP Nº 2019.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H459" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO DE MÁQUINAS MULTIFUNCIONAIS, COM FORNECIMENTO DE PEÇAS, MANUTENÇÃO PREVENTIVA E CORRETIVA, SUPRIMENTOS E CONSUMÍVEIS, EXCETO PAPEL.</t>
+        </is>
+      </c>
+      <c r="M459" s="3" t="inlineStr">
+        <is>
+          <t>18/06/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="460">
+      <c r="A460" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C460" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D460" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E286" s="3" t="inlineStr">
+      <c r="E460" s="3" t="inlineStr">
         <is>
           <t>2020.09.123.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="F286" s="3" t="inlineStr">
+      <c r="F460" s="3" t="inlineStr">
         <is>
           <t>10/12/2020</t>
         </is>
       </c>
-      <c r="G286" s="3" t="inlineStr">
+      <c r="G460" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIAL SRP Nº 2019.002.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H286" s="3" t="inlineStr">
+      <c r="H460" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS CONTINUADOS DE LOCAÇÃO DE IMPRESSORA E MULTIFUNCIONAIS PARA ATENDER AS DEMANDAS DA SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO-SEMUTRAN.</t>
         </is>
       </c>
-      <c r="M286" s="3" t="inlineStr">
+      <c r="M460" s="3" t="inlineStr">
         <is>
           <t>10/12/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="287">
-[...5 lines deleted...]
-      <c r="C287" s="3" t="inlineStr">
+    <row outlineLevel="0" r="461">
+      <c r="A461" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C461" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D461" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E461" s="3" t="inlineStr">
+        <is>
+          <t>2031/2019</t>
+        </is>
+      </c>
+      <c r="F461" s="3" t="inlineStr">
+        <is>
+          <t>18/06/2019</t>
+        </is>
+      </c>
+      <c r="G461" s="3" t="inlineStr">
+        <is>
+          <t>MEMO N° 550/2019</t>
+        </is>
+      </c>
+      <c r="H461" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSTRUÇÃO PARA ATENDER AS NECESSIDADES DAS ESCOLAS DA REDE MUNICIPAL DE ENSINO DE ANANINDEUA E DA SEMED</t>
+        </is>
+      </c>
+      <c r="M461" s="3" t="inlineStr">
+        <is>
+          <t>18/06/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="462">
+      <c r="A462" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C462" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D287" s="3" t="inlineStr">
+      <c r="D462" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E287" s="3" t="inlineStr">
+      <c r="E462" s="3" t="inlineStr">
         <is>
           <t>1126/2021 - SEMED/PMA</t>
         </is>
       </c>
-      <c r="F287" s="3" t="inlineStr">
+      <c r="F462" s="3" t="inlineStr">
         <is>
           <t>10/09/2021</t>
         </is>
       </c>
-      <c r="G287" s="3" t="inlineStr">
+      <c r="G462" s="3" t="inlineStr">
         <is>
           <t>ADESÃO A ATA DE REGISTRO DE PREÇO - PROC: 1126/2021 - SEMED/PMA</t>
         </is>
       </c>
-      <c r="H287" s="3" t="inlineStr">
+      <c r="H462" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO DIVERSOS, DOS TIPOS: HIGIENE PESSOAL, PRODUTOS DE LIMPEZA, MATERIAL DE EXPEDIENTE E MATERIAL PEDAGÓGICO.</t>
         </is>
       </c>
-      <c r="M287" s="3" t="inlineStr">
+      <c r="M462" s="3" t="inlineStr">
         <is>
           <t>10/09/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="288">
-[...5 lines deleted...]
-      <c r="C288" s="3" t="inlineStr">
+    <row outlineLevel="0" r="463">
+      <c r="A463" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C463" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D463" s="3" t="inlineStr">
+        <is>
+          <t>SEHAB</t>
+        </is>
+      </c>
+      <c r="E463" s="3" t="inlineStr">
+        <is>
+          <t>135/2017-SEMCAT</t>
+        </is>
+      </c>
+      <c r="F463" s="3" t="inlineStr">
+        <is>
+          <t>18/06/2018</t>
+        </is>
+      </c>
+      <c r="G463" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL PARA REGISTRO DE PREÇOS Nº SRP.2017.001.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H463" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE GÁS E ÁGUA MINERAL</t>
+        </is>
+      </c>
+      <c r="M463" s="3" t="inlineStr">
+        <is>
+          <t>18/06/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="464">
+      <c r="A464" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C464" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D288" s="3" t="inlineStr">
+      <c r="D464" s="3" t="inlineStr">
         <is>
           <t>SEDEC</t>
         </is>
       </c>
-      <c r="E288" s="3" t="inlineStr">
+      <c r="E464" s="3" t="inlineStr">
         <is>
           <t>001/2020 - SEDES/PMA</t>
         </is>
       </c>
-      <c r="F288" s="3" t="inlineStr">
+      <c r="F464" s="3" t="inlineStr">
         <is>
           <t>10/09/2020</t>
         </is>
       </c>
-      <c r="G288" s="3" t="inlineStr">
+      <c r="G464" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIAL SRP Nº 2019.002.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H288" s="3" t="inlineStr">
+      <c r="H464" s="3" t="inlineStr">
         <is>
           <t>CONTRATO ADMINISTRATIVO DE LOCAÇÃO DE 03 (TRÊS) IMPRESSORAS MONOCROMÁTICA E MULTIFUNCIONAIS.</t>
         </is>
       </c>
-      <c r="M288" s="3" t="inlineStr">
+      <c r="M464" s="3" t="inlineStr">
         <is>
           <t>10/09/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="289">
-[...5 lines deleted...]
-      <c r="B289" s="3" t="inlineStr">
+    <row outlineLevel="0" r="465">
+      <c r="A465" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B465" s="3" t="inlineStr">
+        <is>
+          <t>01</t>
+        </is>
+      </c>
+      <c r="C465" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D465" s="3" t="inlineStr">
+        <is>
+          <t>SECULT</t>
+        </is>
+      </c>
+      <c r="E465" s="3" t="inlineStr">
+        <is>
+          <t> 209/2019</t>
+        </is>
+      </c>
+      <c r="F465" s="3" t="inlineStr">
+        <is>
+          <t>18/05/2020</t>
+        </is>
+      </c>
+      <c r="G465" s="3" t="inlineStr">
+        <is>
+          <t>SRP N 01/2019/CMA</t>
+        </is>
+      </c>
+      <c r="H465" s="3" t="inlineStr">
+        <is>
+          <t>PRESTAÇÃO DE SERVIÇO DE ACESSO A INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM VELOCIDADE DE 30MB.</t>
+        </is>
+      </c>
+      <c r="I465" s="3" t="inlineStr">
+        <is>
+          <t>15/04/2020</t>
+        </is>
+      </c>
+      <c r="J465" s="3" t="inlineStr">
+        <is>
+          <t>SECELJ</t>
+        </is>
+      </c>
+      <c r="M465" s="3" t="inlineStr">
+        <is>
+          <t>18/05/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="466">
+      <c r="A466" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B466" s="3" t="inlineStr">
         <is>
           <t>001</t>
         </is>
       </c>
-      <c r="C289" s="3" t="inlineStr">
+      <c r="C466" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D289" s="3" t="inlineStr">
+      <c r="D466" s="3" t="inlineStr">
         <is>
           <t>FMAS</t>
         </is>
       </c>
-      <c r="E289" s="3" t="inlineStr">
+      <c r="E466" s="3" t="inlineStr">
         <is>
           <t>009/2023-SEMCAT/PMA</t>
         </is>
       </c>
-      <c r="F289" s="3" t="inlineStr">
+      <c r="F466" s="3" t="inlineStr">
         <is>
           <t>10/08/2023</t>
         </is>
       </c>
-      <c r="G289" s="3" t="inlineStr">
+      <c r="G466" s="3" t="inlineStr">
         <is>
           <t>#PE.SRP.2023.001.CMA</t>
         </is>
       </c>
-      <c r="H289" s="3" t="inlineStr">
+      <c r="H466" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS GRÁFICOS, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT.</t>
         </is>
       </c>
-      <c r="I289" s="3" t="inlineStr">
+      <c r="I466" s="3" t="inlineStr">
         <is>
           <t>03/03/2023</t>
         </is>
       </c>
-      <c r="J289" s="3" t="inlineStr">
+      <c r="J466" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT</t>
         </is>
       </c>
-      <c r="M289" s="3" t="inlineStr">
+      <c r="M466" s="3" t="inlineStr">
         <is>
           <t>10/08/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="290">
-[...5 lines deleted...]
-      <c r="C290" s="3" t="inlineStr">
+    <row outlineLevel="0" r="467">
+      <c r="A467" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B467" s="3" t="inlineStr">
+        <is>
+          <t>019</t>
+        </is>
+      </c>
+      <c r="C467" s="3" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="D467" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E467" s="3" t="inlineStr">
+        <is>
+          <t>12-4.312/2024</t>
+        </is>
+      </c>
+      <c r="G467" s="3" t="inlineStr">
+        <is>
+          <t>ATA DE REGISTRO DE PREÇOS DE Nº 019/2023</t>
+        </is>
+      </c>
+      <c r="H467" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MOBILIÁRIO ESCOLAR, PARA ATENDER AS DEMANDAS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DE ANANINDEUA SEMED/PMA.</t>
+        </is>
+      </c>
+      <c r="I467" s="3" t="inlineStr">
+        <is>
+          <t>15/02/2024</t>
+        </is>
+      </c>
+      <c r="K467" s="3" t="inlineStr">
+        <is>
+          <t>ELIZABETH BRITO DE ALMEIDA</t>
+        </is>
+      </c>
+      <c r="M467" s="3" t="inlineStr">
+        <is>
+          <t>18/04/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="468">
+      <c r="A468" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C468" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D290" s="3" t="inlineStr">
+      <c r="D468" s="3" t="inlineStr">
         <is>
           <t>SEMCAT</t>
         </is>
       </c>
-      <c r="E290" s="3" t="inlineStr">
+      <c r="E468" s="3" t="inlineStr">
         <is>
           <t>029/2021-SEMCAT/PMA</t>
         </is>
       </c>
-      <c r="F290" s="3" t="inlineStr">
+      <c r="F468" s="3" t="inlineStr">
         <is>
           <t>10/08/2021</t>
         </is>
       </c>
-      <c r="G290" s="3" t="inlineStr">
+      <c r="G468" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO N°. 004/2020-PE-SEMADS-PMM</t>
         </is>
       </c>
-      <c r="H290" s="3" t="inlineStr">
+      <c r="H468" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE IMPRESSÃO DE MATERIAIS GRÁFICOS, PARA ATENDER AS NECESSIDADES INSTITUCIONAIS DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT, POR UM PERÍODO DE 12 (DOZE) ME</t>
         </is>
       </c>
-      <c r="M290" s="3" t="inlineStr">
+      <c r="M468" s="3" t="inlineStr">
         <is>
           <t>10/08/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="291">
-[...5 lines deleted...]
-      <c r="C291" s="3" t="inlineStr">
+    <row outlineLevel="0" r="469">
+      <c r="A469" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B469" s="3" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="C469" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D469" s="3" t="inlineStr">
+        <is>
+          <t>SEGEF</t>
+        </is>
+      </c>
+      <c r="E469" s="3" t="inlineStr">
+        <is>
+          <t>3.939/2023</t>
+        </is>
+      </c>
+      <c r="F469" s="3" t="inlineStr">
+        <is>
+          <t>18/04/2023</t>
+        </is>
+      </c>
+      <c r="G469" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO Nº PE.SRP.2022.11.CMA</t>
+        </is>
+      </c>
+      <c r="H469" s="3" t="inlineStr">
+        <is>
+          <t>FORNECIMENTO DE SOLUÇÃO ELETRÔNICA QUE PERMITA GERENCIAR E ORGANIZAR O ATENDIMENTO POR SENHAS, CONTEMPLANDO LOCAÇÃO DE EQUIPAMENTOS E SISTEMAS, COM ASSISTÊNCIA TÉCNICA E MANUTENÇÃO CORRETIVA, PREVENTIVA E ESPECIALIZADA, REPOSIÇÃO DE PEÇAS E INSUMOS DESTIN</t>
+        </is>
+      </c>
+      <c r="I469" s="3" t="inlineStr">
+        <is>
+          <t>24/03/2023</t>
+        </is>
+      </c>
+      <c r="J469" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE GESTÃO FAZENDÁRIA</t>
+        </is>
+      </c>
+      <c r="K469" s="3" t="inlineStr">
+        <is>
+          <t>TIAGO MACEDO COSTA DA SILVA (Titular)</t>
+        </is>
+      </c>
+      <c r="M469" s="3" t="inlineStr">
+        <is>
+          <t>18/04/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="470">
+      <c r="A470" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C470" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D470" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E470" s="3" t="inlineStr">
+        <is>
+          <t>50/2018</t>
+        </is>
+      </c>
+      <c r="F470" s="3" t="inlineStr">
+        <is>
+          <t>18/04/2018</t>
+        </is>
+      </c>
+      <c r="G470" s="3" t="inlineStr">
+        <is>
+          <t>SRP.2017.001.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H470" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE GÁS LIQUEFEITO E ÁGUA MINERAL</t>
+        </is>
+      </c>
+      <c r="M470" s="3" t="inlineStr">
+        <is>
+          <t>18/04/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="471">
+      <c r="A471" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C471" s="3" t="inlineStr">
+        <is>
+          <t>2015</t>
+        </is>
+      </c>
+      <c r="D471" s="3" t="inlineStr">
+        <is>
+          <t>VICE-PREFEITURA</t>
+        </is>
+      </c>
+      <c r="E471" s="3" t="inlineStr">
+        <is>
+          <t>8931/2015/SESAU</t>
+        </is>
+      </c>
+      <c r="F471" s="3" t="inlineStr">
+        <is>
+          <t>18/04/2016</t>
+        </is>
+      </c>
+      <c r="G471" s="3" t="inlineStr">
+        <is>
+          <t>PPRP.005.2015.PMA.SESAU</t>
+        </is>
+      </c>
+      <c r="H471" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA LOCAÇÃO DE VEÍCULOS AUTOMOTORES PARA ATENDER AS NECESSIDADES DO GABINETE DO VICE-PREFEITO.</t>
+        </is>
+      </c>
+      <c r="M471" s="3" t="inlineStr">
+        <is>
+          <t>18/04/2016</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="472">
+      <c r="A472" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C472" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D291" s="3" t="inlineStr">
+      <c r="D472" s="3" t="inlineStr">
         <is>
           <t>SEURB</t>
         </is>
       </c>
-      <c r="E291" s="3" t="inlineStr">
+      <c r="E472" s="3" t="inlineStr">
         <is>
           <t>84/2021</t>
         </is>
       </c>
-      <c r="F291" s="3" t="inlineStr">
+      <c r="F472" s="3" t="inlineStr">
         <is>
           <t>10/08/2021</t>
         </is>
       </c>
-      <c r="G291" s="3" t="inlineStr">
+      <c r="G472" s="3" t="inlineStr">
         <is>
           <t>ATA DE REGISTRO DE PREÇO Nº 2020/002/SEMCAT</t>
         </is>
       </c>
-      <c r="H291" s="3" t="inlineStr">
+      <c r="H472" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAIS DE LIMPEZA EM GERAL POR UM PERÍODO DE 7 (SETE) MESES PARA SUPRIR AS DEMANDAS DESTA SECRETARIA E SEU ANEXO DLP.</t>
         </is>
       </c>
-      <c r="M291" s="3" t="inlineStr">
+      <c r="M472" s="3" t="inlineStr">
         <is>
           <t>10/08/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="292">
-[...5 lines deleted...]
-      <c r="C292" s="3" t="inlineStr">
+    <row outlineLevel="0" r="473">
+      <c r="A473" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C473" s="3" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="D292" s="3" t="inlineStr">
+      <c r="D473" s="3" t="inlineStr">
         <is>
           <t>SEPOF</t>
         </is>
       </c>
-      <c r="E292" s="3" t="inlineStr">
+      <c r="E473" s="3" t="inlineStr">
         <is>
           <t>2017.002.PMA.SEMED	 ADES</t>
         </is>
       </c>
-      <c r="F292" s="3" t="inlineStr">
+      <c r="F473" s="3" t="inlineStr">
         <is>
           <t>10/08/2017</t>
         </is>
       </c>
-      <c r="H292" s="3" t="inlineStr">
+      <c r="H473" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO (EXPEDIENTE) PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE PLANEJAMENTO, ORÇAMENTO E FINANÇAS.</t>
         </is>
       </c>
-      <c r="M292" s="3" t="inlineStr">
+      <c r="M473" s="3" t="inlineStr">
         <is>
           <t>10/08/2017</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="293">
-[...5 lines deleted...]
-      <c r="C293" s="3" t="inlineStr">
+    <row outlineLevel="0" r="474">
+      <c r="A474" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C474" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D474" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E474" s="3" t="inlineStr">
+        <is>
+          <t>2018.05.087.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F474" s="3" t="inlineStr">
+        <is>
+          <t>18/03/2019</t>
+        </is>
+      </c>
+      <c r="G474" s="3" t="inlineStr">
+        <is>
+          <t>ATA DE REGISTRO DE PREÇOS Nº 001/2018-CMA. PREGÃO PRESENCIAL Nº 006.2017.CMA.  000008 - ANANINDEUA   008501 - SEC. MUN.</t>
+        </is>
+      </c>
+      <c r="H474" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO E INSTALAÇÃO DE EQUIPAMENTOS PARA IMPLANTAÇÃO DE SISTEMA DE SEGURANÇA ELETRÔNICA COM ACESSO REMOTO PARA A SEDE SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO-SEMUTRAN.</t>
+        </is>
+      </c>
+      <c r="M474" s="3" t="inlineStr">
+        <is>
+          <t>18/03/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="475">
+      <c r="A475" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C475" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D293" s="3" t="inlineStr">
+      <c r="D475" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E293" s="3" t="inlineStr">
+      <c r="E475" s="3" t="inlineStr">
         <is>
           <t>2020.03.037.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="F293" s="3" t="inlineStr">
+      <c r="F475" s="3" t="inlineStr">
         <is>
           <t>10/06/2020</t>
         </is>
       </c>
-      <c r="G293" s="3" t="inlineStr">
+      <c r="G475" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP Nº 2019.001.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H293" s="3" t="inlineStr">
+      <c r="H475" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM FORNECIMENTO DE ÁGUA MINERAL – COPO DE 200 ML,GARRAFA DE 1,5L, NÉCTAR DE FRUTAS E REFRIGERANTE, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE TRANSPORTE E TRANSITO-SEMUTRAN.</t>
         </is>
       </c>
-      <c r="M293" s="3" t="inlineStr">
+      <c r="M475" s="3" t="inlineStr">
         <is>
           <t>10/06/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="294">
-[...5 lines deleted...]
-      <c r="C294" s="3" t="inlineStr">
+    <row outlineLevel="0" r="476">
+      <c r="A476" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C476" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D476" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="E476" s="3" t="inlineStr">
+        <is>
+          <t>17414</t>
+        </is>
+      </c>
+      <c r="F476" s="3" t="inlineStr">
+        <is>
+          <t>17/12/2019</t>
+        </is>
+      </c>
+      <c r="G476" s="3" t="inlineStr">
+        <is>
+          <t>108/2019</t>
+        </is>
+      </c>
+      <c r="H476" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA CONTRATAÇÃO DE SERVIÇOS DE PRESTAÇÃO DE SERVIÇOS DE RESERVA DE PASSAGENS AÉREAS NA FORMA DE BILHETE PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE DE ANANINDEU-NÍVEL CENTRAL,CMS, FORMAÇÃO DE RE</t>
+        </is>
+      </c>
+      <c r="M476" s="3" t="inlineStr">
+        <is>
+          <t>17/12/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="477">
+      <c r="A477" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C477" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D294" s="3" t="inlineStr">
+      <c r="D477" s="3" t="inlineStr">
         <is>
           <t>CGM</t>
         </is>
       </c>
-      <c r="E294" s="3" t="inlineStr">
+      <c r="E477" s="3" t="inlineStr">
         <is>
           <t>04/2020-CGM/PMA</t>
         </is>
       </c>
-      <c r="F294" s="3" t="inlineStr">
+      <c r="F477" s="3" t="inlineStr">
         <is>
           <t>10/04/2020</t>
         </is>
       </c>
-      <c r="G294" s="3" t="inlineStr">
+      <c r="G477" s="3" t="inlineStr">
         <is>
           <t>SRP.PE.2019.001.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H294" s="3" t="inlineStr">
+      <c r="H477" s="3" t="inlineStr">
         <is>
           <t>ADESÃO A ATA DE REGISTRO DE PREÇO REFERENTE A AQUISIÇÃO DE MATERIAL DE CONSUMO (CAFÉ, LEITE, ADOÇANTE, AÇÚCAR E FILTRO).</t>
         </is>
       </c>
-      <c r="M294" s="3" t="inlineStr">
+      <c r="M477" s="3" t="inlineStr">
         <is>
           <t>10/04/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="295">
-[...5 lines deleted...]
-      <c r="C295" s="3" t="inlineStr">
+    <row outlineLevel="0" r="478">
+      <c r="A478" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C478" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D478" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E478" s="3" t="inlineStr">
+        <is>
+          <t>2017.004.PMA.SEMED	 ADES</t>
+        </is>
+      </c>
+      <c r="F478" s="3" t="inlineStr">
+        <is>
+          <t>17/12/2017</t>
+        </is>
+      </c>
+      <c r="H478" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (CAFÉ, AÇUCAR, LEITE , ADOÇANTE, FILTRO, ÁGUA MINERAL EM COPO DE 200ML, GARRAFA 1,5L, NÉCTAR DE FRUTAS E REFRIGERANTE), PARA ATENDER AS NECESSIDADES DA PREFITURA DE ANANINDEUA.</t>
+        </is>
+      </c>
+      <c r="M478" s="3" t="inlineStr">
+        <is>
+          <t>17/12/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="479">
+      <c r="A479" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C479" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D295" s="3" t="inlineStr">
+      <c r="D479" s="3" t="inlineStr">
         <is>
           <t>CGM</t>
         </is>
       </c>
-      <c r="E295" s="3" t="inlineStr">
+      <c r="E479" s="3" t="inlineStr">
         <is>
           <t>05/2020-CGM/PMA</t>
         </is>
       </c>
-      <c r="F295" s="3" t="inlineStr">
+      <c r="F479" s="3" t="inlineStr">
         <is>
           <t>10/04/2020</t>
         </is>
       </c>
-      <c r="G295" s="3" t="inlineStr">
+      <c r="G479" s="3" t="inlineStr">
         <is>
           <t>SRP.PE.2019.002.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H295" s="3" t="inlineStr">
+      <c r="H479" s="3" t="inlineStr">
         <is>
           <t>ADESÃO A ATA DE REGISTRO DE PREÇO REFERENTE A AQUISIÇÃO DE MATERIAL DE CONSUMO (EXPEDIENTE).</t>
         </is>
       </c>
-      <c r="M295" s="3" t="inlineStr">
+      <c r="M479" s="3" t="inlineStr">
         <is>
           <t>10/04/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="296">
-[...5 lines deleted...]
-      <c r="C296" s="3" t="inlineStr">
+    <row outlineLevel="0" r="480">
+      <c r="A480" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B480" s="3" t="inlineStr">
+        <is>
+          <t>003</t>
+        </is>
+      </c>
+      <c r="C480" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D480" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E480" s="3" t="inlineStr">
+        <is>
+          <t>10.477/2023</t>
+        </is>
+      </c>
+      <c r="G480" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº. 003/2023-PMI</t>
+        </is>
+      </c>
+      <c r="H480" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAIS DE EXPEDIENTE, PELO PERÍODO DE 12 (DOZE) MESES, PARA ATENDER ÀS NECESSIDADES DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO DE ANANINDEUA, CONFORME AS ESPECIFICAÇÕES, CONDIÇÕES E EXIGÊNCIAS ESTABELECIDAS NO TERMO DE REFERÊNCIA._x000d_
+</t>
+        </is>
+      </c>
+      <c r="I480" s="3" t="inlineStr">
+        <is>
+          <t>31/10/2023</t>
+        </is>
+      </c>
+      <c r="M480" s="3" t="inlineStr">
+        <is>
+          <t>17/11/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="481">
+      <c r="A481" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C481" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D296" s="3" t="inlineStr">
+      <c r="D481" s="3" t="inlineStr">
         <is>
           <t>CGM</t>
         </is>
       </c>
-      <c r="E296" s="3" t="inlineStr">
+      <c r="E481" s="3" t="inlineStr">
         <is>
           <t>03/2020-CGM.PMA</t>
         </is>
       </c>
-      <c r="F296" s="3" t="inlineStr">
+      <c r="F481" s="3" t="inlineStr">
         <is>
           <t>10/04/2020</t>
         </is>
       </c>
-      <c r="G296" s="3" t="inlineStr">
+      <c r="G481" s="3" t="inlineStr">
         <is>
           <t>SRP.PE.2019.003.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H296" s="3" t="inlineStr">
+      <c r="H481" s="3" t="inlineStr">
         <is>
           <t>ADESÃO A ATA DE REGISTRO DE PREÇOS REFERENTE A AQUISIÇÃO DE MATERIAIS DE CONSUMO (HIGIENE E LIMPEZA).</t>
         </is>
       </c>
-      <c r="M296" s="3" t="inlineStr">
+      <c r="M481" s="3" t="inlineStr">
         <is>
           <t>10/04/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="297">
-[...5 lines deleted...]
-      <c r="C297" s="3" t="inlineStr">
+    <row outlineLevel="0" r="482">
+      <c r="A482" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B482" s="3" t="inlineStr">
+        <is>
+          <t>004</t>
+        </is>
+      </c>
+      <c r="C482" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D482" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E482" s="3" t="inlineStr">
+        <is>
+          <t> 9.313/2022</t>
+        </is>
+      </c>
+      <c r="F482" s="3" t="inlineStr">
+        <is>
+          <t>17/10/2022</t>
+        </is>
+      </c>
+      <c r="G482" s="3" t="inlineStr">
+        <is>
+          <t>ATA DE REGISTRO DE PREÇOS Nº 004/2022 PREGÃO ELETRÔNICO SRP Nº 007/2022</t>
+        </is>
+      </c>
+      <c r="H482" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA O FORNECIMENTO DE GÊNEROS ALIMENTÍCIOS PARA SUPRIR AS NECESSIDADES DA SEURB.</t>
+        </is>
+      </c>
+      <c r="I482" s="3" t="inlineStr">
+        <is>
+          <t>08/06/2022</t>
+        </is>
+      </c>
+      <c r="J482" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE SERVIÇOS URBANOS</t>
+        </is>
+      </c>
+      <c r="K482" s="3" t="inlineStr">
+        <is>
+          <t>Ana Paula Gomnes Mendonça (Titular) Carla valessa silva barbosa de lima (Titular) Allan Guerreiro da Silva  (Titular) Victor Andrade Murilla (Substitu</t>
+        </is>
+      </c>
+      <c r="M482" s="3" t="inlineStr">
+        <is>
+          <t>17/10/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="483">
+      <c r="A483" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C483" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D297" s="3" t="inlineStr">
+      <c r="D483" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E297" s="3" t="inlineStr">
+      <c r="E483" s="3" t="inlineStr">
         <is>
           <t>2019.02.035.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="F297" s="3" t="inlineStr">
+      <c r="F483" s="3" t="inlineStr">
         <is>
           <t>10/04/2019</t>
         </is>
       </c>
-      <c r="G297" s="3" t="inlineStr">
+      <c r="G483" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIAL SISTEMA DE REGISTRO DE PREÇOS Nº 004/2018-CMA</t>
         </is>
       </c>
-      <c r="H297" s="3" t="inlineStr">
+      <c r="H483" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL DE LIMPEZA E HIGIENIZAÇÃO, PRODUTOS DESCARTÁVEIS E GÊNEROS ALIMENTÍCIOS.</t>
         </is>
       </c>
-      <c r="M297" s="3" t="inlineStr">
+      <c r="M483" s="3" t="inlineStr">
         <is>
           <t>10/04/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="298">
-[...5 lines deleted...]
-      <c r="C298" s="3" t="inlineStr">
+    <row outlineLevel="0" r="484">
+      <c r="A484" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C484" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D484" s="3" t="inlineStr">
+        <is>
+          <t>SEMA</t>
+        </is>
+      </c>
+      <c r="E484" s="3" t="inlineStr">
+        <is>
+          <t>094/2019-SEMA/PMA</t>
+        </is>
+      </c>
+      <c r="F484" s="3" t="inlineStr">
+        <is>
+          <t>17/10/2019</t>
+        </is>
+      </c>
+      <c r="G484" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATO ADMINISTRATIVO Nº 007/2019-SEMA/PMA</t>
+        </is>
+      </c>
+      <c r="H484" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (EXPEDIENTE)</t>
+        </is>
+      </c>
+      <c r="M484" s="3" t="inlineStr">
+        <is>
+          <t>17/10/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="485">
+      <c r="A485" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C485" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D298" s="3" t="inlineStr">
+      <c r="D485" s="3" t="inlineStr">
         <is>
           <t>CGM</t>
         </is>
       </c>
-      <c r="E298" s="3" t="inlineStr">
+      <c r="E485" s="3" t="inlineStr">
         <is>
           <t>01/2020</t>
         </is>
       </c>
-      <c r="F298" s="3" t="inlineStr">
+      <c r="F485" s="3" t="inlineStr">
         <is>
           <t>10/03/2020</t>
         </is>
       </c>
-      <c r="G298" s="3" t="inlineStr">
+      <c r="G485" s="3" t="inlineStr">
         <is>
           <t>PP.SRP.002.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H298" s="3" t="inlineStr">
+      <c r="H485" s="3" t="inlineStr">
         <is>
           <t>ADESÃO A ATA DE REGISTRO DE PREÇOS, REFERENTE A PRESTAÇÃO DE SERVIÇOS CONTINUADOS DE LOCAÇÃO DE IMPRESSORAS E MULTIFUNCIONAIS PARA ATENDER AS DEMANDAS, COMPREENDENDO A PRESTAÇÃO DE SERVIÇO DE MANUTENÇÃO PREVENTIVA E CORRETIVA, FORNECIMENTO DE PEÇAS E</t>
         </is>
       </c>
-      <c r="M298" s="3" t="inlineStr">
+      <c r="M485" s="3" t="inlineStr">
         <is>
           <t>10/03/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="299">
-[...5 lines deleted...]
-      <c r="B299" s="3" t="inlineStr">
+    <row outlineLevel="0" r="486">
+      <c r="A486" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B486" s="3" t="inlineStr">
+        <is>
+          <t>034</t>
+        </is>
+      </c>
+      <c r="C486" s="3" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="D486" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E486" s="3" t="inlineStr">
+        <is>
+          <t>18.202/2024</t>
+        </is>
+      </c>
+      <c r="G486" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº 9/2023-034-SEMAD.PMA</t>
+        </is>
+      </c>
+      <c r="H486" s="3" t="inlineStr">
+        <is>
+          <t>FORNECIMENTO DE ÁGUA MINERAL NATURAL, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SERVIÇOS URBANOS - SEURB</t>
+        </is>
+      </c>
+      <c r="I486" s="3" t="inlineStr">
+        <is>
+          <t>25/07/2024</t>
+        </is>
+      </c>
+      <c r="J486" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE SERVIÇOS URBANOS</t>
+        </is>
+      </c>
+      <c r="M486" s="3" t="inlineStr">
+        <is>
+          <t>17/09/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="487">
+      <c r="A487" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B487" s="3" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="C299" s="3" t="inlineStr">
+      <c r="C487" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D299" s="3" t="inlineStr">
+      <c r="D487" s="3" t="inlineStr">
         <is>
           <t>SEMAD</t>
         </is>
       </c>
-      <c r="E299" s="3" t="inlineStr">
+      <c r="E487" s="3" t="inlineStr">
         <is>
           <t>08.2022.DAL.SEMAD</t>
         </is>
       </c>
-      <c r="F299" s="3" t="inlineStr">
+      <c r="F487" s="3" t="inlineStr">
         <is>
           <t>03/02/2023</t>
         </is>
       </c>
-      <c r="G299" s="3" t="inlineStr">
+      <c r="G487" s="3" t="inlineStr">
         <is>
           <t>#EDITAL DE CONCORRÊNCIA SRP Nº 3/2022-021 SEMED/PMA</t>
         </is>
       </c>
-      <c r="H299" s="3" t="inlineStr">
+      <c r="H487" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA PARA A PRESTAÇÃO DE SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA DAS INSTALAÇÕES, COM FORNECIMENTO DE MÃO DE OBRA.</t>
         </is>
       </c>
-      <c r="I299" s="3" t="inlineStr">
+      <c r="I487" s="3" t="inlineStr">
         <is>
           <t>03/02/2023</t>
         </is>
       </c>
-      <c r="J299" s="3" t="inlineStr">
+      <c r="J487" s="3" t="inlineStr">
         <is>
           <t>SETOR DE LICITAÇÕES - PRÉDIO DA PREFEITURA DE ANANINDEUA</t>
         </is>
       </c>
-      <c r="M299" s="3" t="inlineStr">
+      <c r="M487" s="3" t="inlineStr">
         <is>
           <t>10/02/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="300">
-[...5 lines deleted...]
-      <c r="B300" s="3" t="inlineStr">
+    <row outlineLevel="0" r="488">
+      <c r="A488" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C488" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D488" s="3" t="inlineStr">
+        <is>
+          <t>CGM</t>
+        </is>
+      </c>
+      <c r="E488" s="3" t="inlineStr">
+        <is>
+          <t>028/2019-ADM/CGM</t>
+        </is>
+      </c>
+      <c r="F488" s="3" t="inlineStr">
+        <is>
+          <t>17/09/2019</t>
+        </is>
+      </c>
+      <c r="G488" s="3" t="inlineStr">
+        <is>
+          <t>20190021</t>
+        </is>
+      </c>
+      <c r="H488" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº PP-003/2019-PMT. PROCESSO ADMINISTRATIVO Nº 20190021</t>
+        </is>
+      </c>
+      <c r="M488" s="3" t="inlineStr">
+        <is>
+          <t>17/09/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="489">
+      <c r="A489" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B489" s="3" t="inlineStr">
         <is>
           <t>047</t>
         </is>
       </c>
-      <c r="C300" s="3" t="inlineStr">
+      <c r="C489" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D300" s="3" t="inlineStr">
+      <c r="D489" s="3" t="inlineStr">
         <is>
           <t>FMS</t>
         </is>
       </c>
-      <c r="E300" s="3" t="inlineStr">
+      <c r="E489" s="3" t="inlineStr">
         <is>
           <t>12959</t>
         </is>
       </c>
-      <c r="F300" s="3" t="inlineStr">
+      <c r="F489" s="3" t="inlineStr">
         <is>
           <t>08/02/2022</t>
         </is>
       </c>
-      <c r="H300" s="3" t="inlineStr">
+      <c r="H489" s="3" t="inlineStr">
         <is>
           <t>REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL AQUISIÇÃO DE MATERIAIS PERMANENTE TIPO: EQUIPAMENTOS DE SONORIZAÇÃO E AÚDIO VISUAL, APARELHOS ELETRÔNICOS E ELETRODOMÉSTICOS,APARELHOS DE REFRIGERAÇÃO,EQUIPAMENTOS ELETRO PORTÁTEIS, MOBILIÁRIOS E OUTROS EQUIPAMENT</t>
         </is>
       </c>
-      <c r="I300" s="3" t="inlineStr">
+      <c r="I489" s="3" t="inlineStr">
         <is>
           <t>08/02/2022</t>
         </is>
       </c>
-      <c r="J300" s="3" t="inlineStr">
+      <c r="J489" s="3" t="inlineStr">
         <is>
           <t>WWW.PORTALDECOMPRASPUBLICAS.COM.BR- 28/09/2021 ADESÃO A ATA DE REGISTRO DE PREÇO Nº047/2021-001-MARITUBA/PA</t>
         </is>
       </c>
-      <c r="M300" s="3" t="inlineStr">
+      <c r="M489" s="3" t="inlineStr">
         <is>
           <t>10/02/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="301">
-[...5 lines deleted...]
-      <c r="C301" s="3" t="inlineStr">
+    <row outlineLevel="0" r="490">
+      <c r="A490" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B490" s="3" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="C490" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D490" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E490" s="3" t="inlineStr">
+        <is>
+          <t> PROCESSO Nº 7.076/2023</t>
+        </is>
+      </c>
+      <c r="F490" s="3" t="inlineStr">
+        <is>
+          <t>17/08/2023</t>
+        </is>
+      </c>
+      <c r="G490" s="3" t="inlineStr">
+        <is>
+          <t>#PREGÃO ELETRÕNICO SRP Nº 02/2023</t>
+        </is>
+      </c>
+      <c r="H490" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO À ATA DE REGISTRO DE PREÇO - AQUISIÇÃO DE MATERIAL DE EXPEDIENTE</t>
+        </is>
+      </c>
+      <c r="I490" s="3" t="inlineStr">
+        <is>
+          <t>11/08/2023</t>
+        </is>
+      </c>
+      <c r="J490" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF - SECRETARIA MUNICIPAL DE PLANEJAMENTO , ORÇAMENTO E FINANÇAS</t>
+        </is>
+      </c>
+      <c r="M490" s="3" t="inlineStr">
+        <is>
+          <t>17/08/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="491">
+      <c r="A491" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C491" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D301" s="3" t="inlineStr">
+      <c r="D491" s="3" t="inlineStr">
         <is>
           <t>SESDS</t>
         </is>
       </c>
-      <c r="E301" s="3" t="inlineStr">
+      <c r="E491" s="3" t="inlineStr">
         <is>
           <t>3756/2019-SEMED</t>
         </is>
       </c>
-      <c r="F301" s="3" t="inlineStr">
+      <c r="F491" s="3" t="inlineStr">
         <is>
           <t>09/11/2020</t>
         </is>
       </c>
-      <c r="G301" s="3" t="inlineStr">
+      <c r="G491" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIAL SRP N°.2019.002.PMA.SESDS</t>
         </is>
       </c>
-      <c r="H301" s="3" t="inlineStr">
+      <c r="H491" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO DE IMPRESSORAS E MULTIFUNCIONAIS COMPREENDENDO SERVIÇO DE MANUTENÇÃO PREVENTIVA E CORRETIVA COM FORNECIMENTO DE PEÇAS E SUPRIMENTOS NECESSÁRIOS (EXCETO PAPEL) PARA ATENDER AS NECESSIDADES DA SECRETARI</t>
         </is>
       </c>
-      <c r="M301" s="3" t="inlineStr">
+      <c r="M491" s="3" t="inlineStr">
         <is>
           <t>09/11/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="302">
-[...5 lines deleted...]
-      <c r="C302" s="3" t="inlineStr">
+    <row outlineLevel="0" r="492">
+      <c r="A492" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C492" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D492" s="3" t="inlineStr">
+        <is>
+          <t>SEMA</t>
+        </is>
+      </c>
+      <c r="E492" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 2017.001.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="F492" s="3" t="inlineStr">
+        <is>
+          <t>17/07/2019</t>
+        </is>
+      </c>
+      <c r="G492" s="3" t="inlineStr">
+        <is>
+          <t>058/2018-SEMA/PMA</t>
+        </is>
+      </c>
+      <c r="H492" s="3" t="inlineStr">
+        <is>
+          <t>FORNECIMENTO DE ÁGUA MINERAL DE 20 LITROS E GÁS LIQUEFEITO</t>
+        </is>
+      </c>
+      <c r="M492" s="3" t="inlineStr">
+        <is>
+          <t>17/07/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="493">
+      <c r="A493" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C493" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D302" s="3" t="inlineStr">
+      <c r="D493" s="3" t="inlineStr">
         <is>
           <t>SESAU</t>
         </is>
       </c>
-      <c r="E302" s="3" t="inlineStr">
+      <c r="E493" s="3" t="inlineStr">
         <is>
           <t>10596</t>
         </is>
       </c>
-      <c r="F302" s="3" t="inlineStr">
+      <c r="F493" s="3" t="inlineStr">
         <is>
           <t>09/11/2018</t>
         </is>
       </c>
-      <c r="H302" s="3" t="inlineStr">
+      <c r="H493" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇO DE AQUISIÇÃO E INSTALAÇÃO DE EQUIPAMENTOS DE SEGURANÇA ELETRÔNICA COM ACESSO REMOTO PARA A SECRETARIA MUNICIPAL DE SAÚDE DE ANANINDEUA.</t>
         </is>
       </c>
-      <c r="M302" s="3" t="inlineStr">
+      <c r="M493" s="3" t="inlineStr">
         <is>
           <t>09/11/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="303">
-[...5 lines deleted...]
-      <c r="C303" s="3" t="inlineStr">
+    <row outlineLevel="0" r="494">
+      <c r="A494" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C494" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D494" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E494" s="3" t="inlineStr">
+        <is>
+          <t>14.981/2019</t>
+        </is>
+      </c>
+      <c r="F494" s="3" t="inlineStr">
+        <is>
+          <t>17/05/2021</t>
+        </is>
+      </c>
+      <c r="G494" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO Nº 003/2020</t>
+        </is>
+      </c>
+      <c r="H494" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO RAMO DE ENGENHARIA MECÂNICA E ELÉTRICA, PARA A PRESTAÇÃO DE SERVIÇOS CONTÍNUOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA DE MATERIAIS PERMANENTES DE REFRIGERAÇÃO COM INSTALAÇÃO, DESINSTALAÇÃO E FORNECIMENTO DE PEÇAS</t>
+        </is>
+      </c>
+      <c r="M494" s="3" t="inlineStr">
+        <is>
+          <t>17/05/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="495">
+      <c r="A495" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C495" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D303" s="3" t="inlineStr">
+      <c r="D495" s="3" t="inlineStr">
         <is>
           <t>SEURB</t>
         </is>
       </c>
-      <c r="E303" s="3" t="inlineStr">
+      <c r="E495" s="3" t="inlineStr">
         <is>
           <t> 80/2021</t>
         </is>
       </c>
-      <c r="F303" s="3" t="inlineStr">
+      <c r="F495" s="3" t="inlineStr">
         <is>
           <t>09/08/2021</t>
         </is>
       </c>
-      <c r="G303" s="3" t="inlineStr">
+      <c r="G495" s="3" t="inlineStr">
         <is>
           <t>ATA DE REGISTRO DE PREÇOS Nº 2020.002.SEMCAT.PMA</t>
         </is>
       </c>
-      <c r="H303" s="3" t="inlineStr">
+      <c r="H495" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAIS DE EXPEDIENTE DE FORMA PARCELADO NO PERÍODO DE 07 (SETE) MESES PARA SUPRIR AS NECESSIDADES DOS DEPARTAMENTOS DESTA SECRETARIA.</t>
         </is>
       </c>
-      <c r="M303" s="3" t="inlineStr">
+      <c r="M495" s="3" t="inlineStr">
         <is>
           <t>09/08/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="304">
-[...5 lines deleted...]
-      <c r="C304" s="3" t="inlineStr">
+    <row outlineLevel="0" r="496">
+      <c r="A496" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B496" s="3" t="inlineStr">
+        <is>
+          <t>010</t>
+        </is>
+      </c>
+      <c r="C496" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D304" s="3" t="inlineStr">
+      <c r="D496" s="3" t="inlineStr">
+        <is>
+          <t>SEGEF</t>
+        </is>
+      </c>
+      <c r="E496" s="3" t="inlineStr">
+        <is>
+          <t>2021/03/002800</t>
+        </is>
+      </c>
+      <c r="F496" s="3" t="inlineStr">
+        <is>
+          <t>17/05/2021</t>
+        </is>
+      </c>
+      <c r="G496" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO Nº 010/2020 -SESAU</t>
+        </is>
+      </c>
+      <c r="H496" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE INFORMÁTICA</t>
+        </is>
+      </c>
+      <c r="I496" s="3" t="inlineStr">
+        <is>
+          <t>24/03/2021</t>
+        </is>
+      </c>
+      <c r="J496" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA DE GESTÃO FAZENDÁRIA DE ANANINDEUA</t>
+        </is>
+      </c>
+      <c r="M496" s="3" t="inlineStr">
+        <is>
+          <t>17/05/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="497">
+      <c r="A497" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C497" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D497" s="3" t="inlineStr">
         <is>
           <t>SEMCAT</t>
         </is>
       </c>
-      <c r="E304" s="3" t="inlineStr">
+      <c r="E497" s="3" t="inlineStr">
         <is>
           <t>310/2021-SEMCAT/PMA.</t>
         </is>
       </c>
-      <c r="F304" s="3" t="inlineStr">
+      <c r="F497" s="3" t="inlineStr">
         <is>
           <t>09/08/2021</t>
         </is>
       </c>
-      <c r="G304" s="3" t="inlineStr">
+      <c r="G497" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO N°. 036/2020-PMSIP</t>
         </is>
       </c>
-      <c r="H304" s="3" t="inlineStr">
+      <c r="H497" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA PARA O FORNECIMENTO DE GÊNEROS ALIMENTÍCIOS, ESTIVAS EM GERAL, PROTEÍNAS E HORTIFRUTIGRANJEIRO, PARA ATENDER AS NECESSIDADES INSTITUCIONAIS DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT</t>
         </is>
       </c>
-      <c r="M304" s="3" t="inlineStr">
+      <c r="M497" s="3" t="inlineStr">
         <is>
           <t>09/08/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="305">
-[...5 lines deleted...]
-      <c r="C305" s="3" t="inlineStr">
+    <row outlineLevel="0" r="498">
+      <c r="A498" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C498" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D498" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="F498" s="3" t="inlineStr">
+        <is>
+          <t>17/05/2018</t>
+        </is>
+      </c>
+      <c r="H498" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇOS DE Nº011/SESMA/2017 (BELÉM)</t>
+        </is>
+      </c>
+      <c r="M498" s="3" t="inlineStr">
+        <is>
+          <t>17/05/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="499">
+      <c r="A499" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C499" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D305" s="3" t="inlineStr">
+      <c r="D499" s="3" t="inlineStr">
         <is>
           <t>SEURB</t>
         </is>
       </c>
-      <c r="E305" s="3" t="inlineStr">
+      <c r="E499" s="3" t="inlineStr">
         <is>
           <t>74/2021</t>
         </is>
       </c>
-      <c r="F305" s="3" t="inlineStr">
+      <c r="F499" s="3" t="inlineStr">
         <is>
           <t>09/08/2021</t>
         </is>
       </c>
-      <c r="G305" s="3" t="inlineStr">
+      <c r="G499" s="3" t="inlineStr">
         <is>
           <t>SRP 036/2020 - PMSIP ATA Nº 001/2021</t>
         </is>
       </c>
-      <c r="H305" s="3" t="inlineStr">
+      <c r="H499" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS (CAFÉ, VINAGRE E TRIGO) PARA SUPRIR AS DEMANDAS DIÁRIAS</t>
         </is>
       </c>
-      <c r="M305" s="3" t="inlineStr">
+      <c r="M499" s="3" t="inlineStr">
         <is>
           <t>09/08/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="306">
-[...5 lines deleted...]
-      <c r="C306" s="3" t="inlineStr">
+    <row outlineLevel="0" r="500">
+      <c r="A500" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C500" s="3" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="D500" s="3" t="inlineStr">
+        <is>
+          <t>SEHAB</t>
+        </is>
+      </c>
+      <c r="E500" s="3" t="inlineStr">
+        <is>
+          <t>3970/2016.SEMED</t>
+        </is>
+      </c>
+      <c r="F500" s="3" t="inlineStr">
+        <is>
+          <t>17/04/2018</t>
+        </is>
+      </c>
+      <c r="G500" s="3" t="inlineStr">
+        <is>
+          <t>2017.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H500" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (EXPEDIENTE)</t>
+        </is>
+      </c>
+      <c r="M500" s="3" t="inlineStr">
+        <is>
+          <t>17/04/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="501">
+      <c r="A501" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C501" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D306" s="3" t="inlineStr">
+      <c r="D501" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E306" s="3" t="inlineStr">
+      <c r="E501" s="3" t="inlineStr">
         <is>
           <t>056/2020-SEMED</t>
         </is>
       </c>
-      <c r="F306" s="3" t="inlineStr">
+      <c r="F501" s="3" t="inlineStr">
         <is>
           <t>09/06/2020</t>
         </is>
       </c>
-      <c r="G306" s="3" t="inlineStr">
+      <c r="G501" s="3" t="inlineStr">
         <is>
           <t>SRP PP Nº 2019.001.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="H306" s="3" t="inlineStr">
+      <c r="H501" s="3" t="inlineStr">
         <is>
           <t>ADESÃO A ATA DE REGISTRO DE PREÇO, REFERENTE A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE VALE COMBUSTÍVEL TIPO IMPRESSO PARA O PERÍODO DE 06 (SEIS) MESES.</t>
         </is>
       </c>
-      <c r="M306" s="3" t="inlineStr">
+      <c r="M501" s="3" t="inlineStr">
         <is>
           <t>09/06/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="307">
-[...5 lines deleted...]
-      <c r="B307" s="3" t="inlineStr">
+    <row outlineLevel="0" r="502">
+      <c r="A502" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C502" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D502" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E502" s="3" t="inlineStr">
+        <is>
+          <t>309/2019</t>
+        </is>
+      </c>
+      <c r="F502" s="3" t="inlineStr">
+        <is>
+          <t>17/03/2020</t>
+        </is>
+      </c>
+      <c r="G502" s="3" t="inlineStr">
+        <is>
+          <t>Nº 137/GAP-BE/2019</t>
+        </is>
+      </c>
+      <c r="H502" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A AQUISIÇÃO DE CANALETAS DE CONCRETO, TUBOS, BLOCOS E AFINS PARA A MANUTENÇÃO DE DRENAGEM DE VIAS PÚBLICAS DESTE MUNICÍPIO.</t>
+        </is>
+      </c>
+      <c r="M502" s="3" t="inlineStr">
+        <is>
+          <t>17/03/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="503">
+      <c r="A503" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B503" s="3" t="inlineStr">
         <is>
           <t>04</t>
         </is>
       </c>
-      <c r="C307" s="3" t="inlineStr">
+      <c r="C503" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D307" s="3" t="inlineStr">
+      <c r="D503" s="3" t="inlineStr">
         <is>
           <t>SEMUPA</t>
         </is>
       </c>
-      <c r="E307" s="3" t="inlineStr">
+      <c r="E503" s="3" t="inlineStr">
         <is>
           <t>17.858/2024</t>
         </is>
       </c>
-      <c r="G307" s="3" t="inlineStr">
+      <c r="G503" s="3" t="inlineStr">
         <is>
           <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº 04/2023</t>
         </is>
       </c>
-      <c r="H307" s="3" t="inlineStr">
+      <c r="H503" s="3" t="inlineStr">
         <is>
           <t>O OBJETO DO PRESENTE ESTUDO É SUBSIDIAR A INSTRUÇÃO PARA O REGISTRO DE PREÇO DA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL PERMANENTE AFIM DE ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE PESCA E AGRICULTURA-SEMUPA, CONFORME CON</t>
         </is>
       </c>
-      <c r="I307" s="3" t="inlineStr">
+      <c r="I503" s="3" t="inlineStr">
         <is>
           <t>16/04/2024</t>
         </is>
       </c>
-      <c r="M307" s="3" t="inlineStr">
+      <c r="M503" s="3" t="inlineStr">
         <is>
           <t>09/05/2024</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="308">
-[...5 lines deleted...]
-      <c r="C308" s="3" t="inlineStr">
+    <row outlineLevel="0" r="504">
+      <c r="A504" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B504" s="3" t="inlineStr">
+        <is>
+          <t>001</t>
+        </is>
+      </c>
+      <c r="C504" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D504" s="3" t="inlineStr">
+        <is>
+          <t>SEDEC</t>
+        </is>
+      </c>
+      <c r="E504" s="3" t="inlineStr">
+        <is>
+          <t>02/2022</t>
+        </is>
+      </c>
+      <c r="F504" s="3" t="inlineStr">
+        <is>
+          <t>15/02/2022</t>
+        </is>
+      </c>
+      <c r="H504" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE EQUIPAMENTOS E MATERIAIS PARA COMERCIALIZAÇÃO DE PRODUTOS AGROPECUÁRIOS ALIMENTARES EM FEIRAS E MERCADOS NO MUNICÍPIO DE ANANINDEUA</t>
+        </is>
+      </c>
+      <c r="I504" s="3" t="inlineStr">
+        <is>
+          <t>10/02/2022</t>
+        </is>
+      </c>
+      <c r="J504" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA DE DESENVOLVIMENTO ECONÔMICO - SEDEC</t>
+        </is>
+      </c>
+      <c r="M504" s="3" t="inlineStr">
+        <is>
+          <t>17/02/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="505">
+      <c r="A505" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C505" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D308" s="3" t="inlineStr">
+      <c r="D505" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E308" s="3" t="inlineStr">
+      <c r="E505" s="3" t="inlineStr">
         <is>
           <t>2018.12.200.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="F308" s="3" t="inlineStr">
+      <c r="F505" s="3" t="inlineStr">
         <is>
           <t>09/05/2019</t>
         </is>
       </c>
-      <c r="G308" s="3" t="inlineStr">
+      <c r="G505" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIAL SISTEMA DE REGISTRO DE PREÇOS Nº 003/2018-CMA. ATA DE REGISTRO DE PREÇOS Nº 007/2018-CMA.</t>
         </is>
       </c>
-      <c r="H308" s="3" t="inlineStr">
+      <c r="H505" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE CARTUCHOS, TONNER PARA IMPRESSORAS E MATERIAL DE EXPEDIENTE, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO - SEMUTRAN.</t>
         </is>
       </c>
-      <c r="M308" s="3" t="inlineStr">
+      <c r="M505" s="3" t="inlineStr">
         <is>
           <t>09/05/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="309">
-[...5 lines deleted...]
-      <c r="B309" s="3" t="inlineStr">
+    <row outlineLevel="0" r="506">
+      <c r="A506" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B506" s="3" t="inlineStr">
+        <is>
+          <t>1751</t>
+        </is>
+      </c>
+      <c r="C506" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D506" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E506" s="3" t="inlineStr">
+        <is>
+          <t>1751/2021</t>
+        </is>
+      </c>
+      <c r="F506" s="3" t="inlineStr">
+        <is>
+          <t>16/02/2022</t>
+        </is>
+      </c>
+      <c r="H506" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO E INSTALAÇÃO DE EQUIPAMENTOS DE AR CONDICIONADO</t>
+        </is>
+      </c>
+      <c r="I506" s="3" t="inlineStr">
+        <is>
+          <t>08/04/2021</t>
+        </is>
+      </c>
+      <c r="J506" s="3" t="inlineStr">
+        <is>
+          <t>PORTAL DE COMPRAS DO GOVERNO FEDERAL - WWW.COMPRASGOVERNAMENTAIS.GOV.BR</t>
+        </is>
+      </c>
+      <c r="M506" s="3" t="inlineStr">
+        <is>
+          <t>17/02/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="507">
+      <c r="A507" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B507" s="3" t="inlineStr">
         <is>
           <t>03</t>
         </is>
       </c>
-      <c r="C309" s="3" t="inlineStr">
+      <c r="C507" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D309" s="3" t="inlineStr">
+      <c r="D507" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E309" s="3" t="inlineStr">
+      <c r="E507" s="3" t="inlineStr">
         <is>
           <t>8.981/2023</t>
         </is>
       </c>
-      <c r="G309" s="3" t="inlineStr">
+      <c r="G507" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO – SRP Nº 03/2023 - MARAPANIM - PMM</t>
         </is>
       </c>
-      <c r="H309" s="3" t="inlineStr">
+      <c r="H507" s="3" t="inlineStr">
         <is>
           <t>RESGITRO DE PREÇO PARA EVENTUAL AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS.</t>
         </is>
       </c>
-      <c r="I309" s="3" t="inlineStr">
+      <c r="I507" s="3" t="inlineStr">
         <is>
           <t>25/08/2023</t>
         </is>
       </c>
-      <c r="M309" s="3" t="inlineStr">
+      <c r="M507" s="3" t="inlineStr">
         <is>
           <t>09/04/2024</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="310">
-[...5 lines deleted...]
-      <c r="C310" s="3" t="inlineStr">
+    <row outlineLevel="0" r="508">
+      <c r="A508" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B508" s="3" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="C508" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D508" s="3" t="inlineStr">
+        <is>
+          <t>SEMES</t>
+        </is>
+      </c>
+      <c r="E508" s="3" t="inlineStr">
+        <is>
+          <t>004/2022</t>
+        </is>
+      </c>
+      <c r="F508" s="3" t="inlineStr">
+        <is>
+          <t>15/02/2022</t>
+        </is>
+      </c>
+      <c r="H508" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇOS DE ORGANIZAÇÃO, PLANEJAMENTO OPERACIONAL E EXECUÇÃO DE EVENTOS, ELABORAÇÃO, LOCAÇÃO E FORNECIMENTO DE TODO O MATERIAL E INFRAESTRUTURA NECESSÁRIO, QUE SERÃO UTILIZADOS DURANTE A PROGRAMAÇÃO D</t>
+        </is>
+      </c>
+      <c r="I508" s="3" t="inlineStr">
+        <is>
+          <t>04/01/2022</t>
+        </is>
+      </c>
+      <c r="J508" s="3" t="inlineStr">
+        <is>
+          <t> SECRETARIA MUNICIPAL DE ESPORTE LAZER E JUVENTUDE</t>
+        </is>
+      </c>
+      <c r="M508" s="3" t="inlineStr">
+        <is>
+          <t>17/02/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="509">
+      <c r="A509" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C509" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D310" s="3" t="inlineStr">
+      <c r="D509" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E310" s="3" t="inlineStr">
+      <c r="E509" s="3" t="inlineStr">
         <is>
           <t>Nº.022/2021/SESAN/PMA</t>
         </is>
       </c>
-      <c r="F310" s="3" t="inlineStr">
+      <c r="F509" s="3" t="inlineStr">
         <is>
           <t>09/04/2021</t>
         </is>
       </c>
-      <c r="G310" s="3" t="inlineStr">
+      <c r="G509" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO Nº 2020.002.PMA.SEMCAT</t>
         </is>
       </c>
-      <c r="H310" s="3" t="inlineStr">
+      <c r="H509" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A AQUISIÇÃO DE MATERIAIS DE CONSUMO DIVERSOS, DOS TIPOS: HIGIENE PESSOAL, PRODUTOS DE LIMPEZA, MATERIAL DE EXPEDIENTE E MATERIAL PEDAGÓGICO.</t>
         </is>
       </c>
-      <c r="M310" s="3" t="inlineStr">
+      <c r="M509" s="3" t="inlineStr">
         <is>
           <t>09/04/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="311">
-[...5 lines deleted...]
-      <c r="C311" s="3" t="inlineStr">
+    <row outlineLevel="0" r="510">
+      <c r="A510" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C510" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D311" s="3" t="inlineStr">
+      <c r="D510" s="3" t="inlineStr">
         <is>
           <t>CGM</t>
         </is>
       </c>
-      <c r="E311" s="3" t="inlineStr">
+      <c r="E510" s="3" t="inlineStr">
         <is>
           <t>06/2020-CGM/PMA</t>
         </is>
       </c>
-      <c r="F311" s="3" t="inlineStr">
+      <c r="F510" s="3" t="inlineStr">
         <is>
           <t>09/04/2020</t>
         </is>
       </c>
-      <c r="G311" s="3" t="inlineStr">
+      <c r="G510" s="3" t="inlineStr">
         <is>
           <t>SRP.PE.2019.004.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H311" s="3" t="inlineStr">
+      <c r="H510" s="3" t="inlineStr">
         <is>
           <t>ADESÃO A ATA DE REGISTRO DE PREÇO, PARA AQUISIÇÃO DE MATERIAL DE CONSUMO (TONNER, CARTUCHOS E PERIFÉRICOS).</t>
         </is>
       </c>
-      <c r="M311" s="3" t="inlineStr">
+      <c r="M510" s="3" t="inlineStr">
         <is>
           <t>09/04/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="312">
-[...5 lines deleted...]
-      <c r="B312" s="3" t="inlineStr">
+    <row outlineLevel="0" r="511">
+      <c r="A511" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C511" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D511" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E511" s="3" t="inlineStr">
+        <is>
+          <t>033/2019</t>
+        </is>
+      </c>
+      <c r="F511" s="3" t="inlineStr">
+        <is>
+          <t>17/01/2020</t>
+        </is>
+      </c>
+      <c r="G511" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP.01.2019</t>
+        </is>
+      </c>
+      <c r="H511" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO FUTURA DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE AGENCIAMENTO DE VIAGENS, COMPREENDENDO A COTAÇÃO, RESERVA, EMISSÃO, MARCAÇÃO DE ASSENTOS E REMARCAÇÃO DE BILHETES DE PASSAGENS AÉREAS NACIONAIS E INTERNACIONAIS, BEM COMO A EMISS</t>
+        </is>
+      </c>
+      <c r="M511" s="3" t="inlineStr">
+        <is>
+          <t>17/01/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="512">
+      <c r="A512" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B512" s="3" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="C312" s="3" t="inlineStr">
+      <c r="C512" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D312" s="3" t="inlineStr">
+      <c r="D512" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E312" s="3" t="inlineStr">
+      <c r="E512" s="3" t="inlineStr">
         <is>
           <t> 3589/2022 - SEMED</t>
         </is>
       </c>
-      <c r="F312" s="3" t="inlineStr">
+      <c r="F512" s="3" t="inlineStr">
         <is>
           <t>06/01/2023</t>
         </is>
       </c>
-      <c r="H312" s="3" t="inlineStr">
+      <c r="H512" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE LIMPEZA, HIGIENIZAÇÃO DE AMBIENTES, ESPECIALMENTE CONTROLE DE PRAGAS E VETORES, LIMPEZA DE FORROS EM GERAL E SANITIZAÇÃO</t>
         </is>
       </c>
-      <c r="I312" s="3" t="inlineStr">
+      <c r="I512" s="3" t="inlineStr">
         <is>
           <t>04/01/2023</t>
         </is>
       </c>
-      <c r="J312" s="3" t="inlineStr">
+      <c r="J512" s="3" t="inlineStr">
         <is>
           <t> SECRETARIA MUNICIPAL DE EDUCAÇÃO DE ANANINDEUA - SEMED</t>
         </is>
       </c>
-      <c r="M312" s="3" t="inlineStr">
+      <c r="M512" s="3" t="inlineStr">
         <is>
           <t>09/01/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="313">
-[...5 lines deleted...]
-      <c r="C313" s="3" t="inlineStr">
+    <row outlineLevel="0" r="513">
+      <c r="A513" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C513" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D313" s="3" t="inlineStr">
+      <c r="D513" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E313" s="3" t="inlineStr">
+      <c r="E513" s="3" t="inlineStr">
         <is>
           <t>026/2019</t>
         </is>
       </c>
-      <c r="F313" s="3" t="inlineStr">
+      <c r="F513" s="3" t="inlineStr">
         <is>
           <t>09/01/2020</t>
         </is>
       </c>
-      <c r="G313" s="3" t="inlineStr">
+      <c r="G513" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIAL SRP Nº PP - 003/2019 - PMT</t>
         </is>
       </c>
-      <c r="H313" s="3" t="inlineStr">
+      <c r="H513" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA(S) ESPECIALIZADA(S) PARA PRESTAR SERVIÇOS DE LOCAÇÃO DE EQUIPAMENTOS DE INFORMÁTICA PARA ATENDER A SECRETÁRIA DE SANEAMENTO E INFRAESTRUTURA DO MUNICÍPIO DE ANANINDEUA - SESAN/PMA - (SRP) Nº PP-003/2019-PMT</t>
         </is>
       </c>
-      <c r="M313" s="3" t="inlineStr">
+      <c r="M513" s="3" t="inlineStr">
         <is>
           <t>09/01/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="314">
-[...5 lines deleted...]
-      <c r="B314" s="3" t="inlineStr">
+    <row outlineLevel="0" r="514">
+      <c r="A514" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B514" s="3" t="inlineStr">
         <is>
           <t>018</t>
         </is>
       </c>
-      <c r="C314" s="3" t="inlineStr">
+      <c r="C514" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D314" s="3" t="inlineStr">
+      <c r="D514" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E314" s="3" t="inlineStr">
+      <c r="E514" s="3" t="inlineStr">
         <is>
           <t>Nº 12.035/2022 - SESAN/PMA</t>
         </is>
       </c>
-      <c r="F314" s="3" t="inlineStr">
+      <c r="F514" s="3" t="inlineStr">
         <is>
           <t>08/11/2022</t>
         </is>
       </c>
-      <c r="G314" s="3" t="inlineStr">
+      <c r="G514" s="3" t="inlineStr">
         <is>
           <t>EDITAL DE CONCORRÊNCIA SRP Nº 3/2021-018 GP/PMA</t>
         </is>
       </c>
-      <c r="H314" s="3" t="inlineStr">
+      <c r="H514" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SERVIÇOS EVENTUAIS DE BUFFET COM FORNECIMENTO DE ALIMENTOS E COMPLEMENTOS, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SANEAMENTO E INFRAESTRUTURA-SESAN.</t>
         </is>
       </c>
-      <c r="I314" s="3" t="inlineStr">
+      <c r="I514" s="3" t="inlineStr">
         <is>
           <t>07/11/2022</t>
         </is>
       </c>
-      <c r="J314" s="3" t="inlineStr">
+      <c r="J514" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA DE SANEAMENTO E INFRAESTRUTURA TV SN 17, S/N CONJUNTO CIDADE NOVA II.</t>
         </is>
       </c>
-      <c r="M314" s="3" t="inlineStr">
+      <c r="M514" s="3" t="inlineStr">
         <is>
           <t>08/11/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="315">
-[...5 lines deleted...]
-      <c r="C315" s="3" t="inlineStr">
+    <row outlineLevel="0" r="515">
+      <c r="A515" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B515" s="3" t="inlineStr">
+        <is>
+          <t>01</t>
+        </is>
+      </c>
+      <c r="C515" s="3" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="D515" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E515" s="3" t="inlineStr">
+        <is>
+          <t>19.007/2024</t>
+        </is>
+      </c>
+      <c r="G515" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO DE ATA DE REGISTRO DE PREÇO Nº 01/2024 PREGÃO ELETRÔNICO Nº 029/2023 PE SRP</t>
+        </is>
+      </c>
+      <c r="H515" s="3" t="inlineStr">
+        <is>
+          <t>FORNECIMENTO DE ARTEFATOS DECONCRETO – TUBOS DE CONCRETO</t>
+        </is>
+      </c>
+      <c r="I515" s="3" t="inlineStr">
+        <is>
+          <t>16/09/2024</t>
+        </is>
+      </c>
+      <c r="J515" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA DE SANEAMENTO E INFRAESTRUTURA TV SN 17, S/N CONJUNTO CIDADE NOVA II</t>
+        </is>
+      </c>
+      <c r="M515" s="3" t="inlineStr">
+        <is>
+          <t>16/09/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="516">
+      <c r="A516" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C516" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D315" s="3" t="inlineStr">
+      <c r="D516" s="3" t="inlineStr">
         <is>
           <t>SESDS</t>
         </is>
       </c>
-      <c r="E315" s="3" t="inlineStr">
+      <c r="E516" s="3" t="inlineStr">
         <is>
           <t>3670/2018-SEMED</t>
         </is>
       </c>
-      <c r="F315" s="3" t="inlineStr">
+      <c r="F516" s="3" t="inlineStr">
         <is>
           <t>08/11/2019</t>
         </is>
       </c>
-      <c r="G315" s="3" t="inlineStr">
+      <c r="G516" s="3" t="inlineStr">
         <is>
           <t>EDITAL SISTEMA DE REGISTRO DE PREÇOS - PREGÃO ELETRONICO N°.2019.004.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H315" s="3" t="inlineStr">
+      <c r="H516" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO (TONNER, CARTUCHOS E PERIFÉRICOS) PARA ATENDER AS NECESSIDADES DA SECRETARIA DE SEGURANÇA E DO COMANDO DA GUARDA CIVIL MUNICIPAL DE ANANINDEUA.</t>
         </is>
       </c>
-      <c r="M315" s="3" t="inlineStr">
+      <c r="M516" s="3" t="inlineStr">
         <is>
           <t>08/11/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="316">
-[...5 lines deleted...]
-      <c r="C316" s="3" t="inlineStr">
+    <row outlineLevel="0" r="517">
+      <c r="A517" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B517" s="3" t="inlineStr">
+        <is>
+          <t>014</t>
+        </is>
+      </c>
+      <c r="C517" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D517" s="3" t="inlineStr">
+        <is>
+          <t>FMS</t>
+        </is>
+      </c>
+      <c r="E517" s="3" t="inlineStr">
+        <is>
+          <t> 6895</t>
+        </is>
+      </c>
+      <c r="F517" s="3" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="G517" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL Nº014/2021-SRP-FCP</t>
+        </is>
+      </c>
+      <c r="H517" s="3" t="inlineStr">
+        <is>
+          <t>REGISTRO DE PREÇOS QUE OBJETIVA A FUTURA OU EVENTUAL CONTRATAÇÃO DE PESSOA JURÍDICA PARA CONTRATAÇÃO ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS QUE COMPREENDE O GRUPO 4 DE ESTRUTURAS.</t>
+        </is>
+      </c>
+      <c r="I517" s="3" t="inlineStr">
+        <is>
+          <t>15/09/2022</t>
+        </is>
+      </c>
+      <c r="J517" s="3" t="inlineStr">
+        <is>
+          <t> FUNDAÇÃO CULTURAL DO ESTADO DO PARÁ-GOVERNO DO ESTADO DO PARÁ</t>
+        </is>
+      </c>
+      <c r="K517" s="3" t="inlineStr">
+        <is>
+          <t>FÁBIO RODRIGO DA CONCEIÇÃO FURTADO</t>
+        </is>
+      </c>
+      <c r="M517" s="3" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="518">
+      <c r="A518" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C518" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D316" s="3" t="inlineStr">
+      <c r="D518" s="3" t="inlineStr">
         <is>
           <t>SEURB</t>
         </is>
       </c>
-      <c r="E316" s="3" t="inlineStr">
+      <c r="E518" s="3" t="inlineStr">
         <is>
           <t>385/2018</t>
         </is>
       </c>
-      <c r="F316" s="3" t="inlineStr">
+      <c r="F518" s="3" t="inlineStr">
         <is>
           <t>08/11/2018</t>
         </is>
       </c>
-      <c r="G316" s="3" t="inlineStr">
+      <c r="G518" s="3" t="inlineStr">
         <is>
           <t>SRP N°003/2018</t>
         </is>
       </c>
-      <c r="H316" s="3" t="inlineStr">
+      <c r="H518" s="3" t="inlineStr">
         <is>
           <t>CONTRAÇÃO DE UMA EMPRESA ESPECIALIZADA EM FORNECIMENTO DE CARTUCHOS, TONER PARA IMPRESSORA E MATERIAL DE EXPEDIENTE.</t>
         </is>
       </c>
-      <c r="M316" s="3" t="inlineStr">
+      <c r="M518" s="3" t="inlineStr">
         <is>
           <t>08/11/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="317">
-[...5 lines deleted...]
-      <c r="C317" s="3" t="inlineStr">
+    <row outlineLevel="0" r="519">
+      <c r="A519" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B519" s="3" t="inlineStr">
+        <is>
+          <t>017</t>
+        </is>
+      </c>
+      <c r="C519" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D519" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E519" s="3" t="inlineStr">
+        <is>
+          <t>2658/2022/SEMED</t>
+        </is>
+      </c>
+      <c r="F519" s="3" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+      <c r="G519" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº 9/2021-017 SESAU/PMA -2658/2022</t>
+        </is>
+      </c>
+      <c r="H519" s="3" t="inlineStr">
+        <is>
+          <t>REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE MATERIAIS DE LIMPEZA DIVERSOS, PARA AUXILIAR NAS ATIVIDADES DE HIGIENIZAÇÃO DA SEDE DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DE ANANINDEUA/PA, DO CONSELHO MUNICIPAL DE EDUCAÇÃO E DAS UNIDADES ESCOLARES MUNI</t>
+        </is>
+      </c>
+      <c r="I519" s="3" t="inlineStr">
+        <is>
+          <t>01/09/2021</t>
+        </is>
+      </c>
+      <c r="J519" s="3" t="inlineStr">
+        <is>
+          <t>WWW.GOV.BR/COMPRAS</t>
+        </is>
+      </c>
+      <c r="K519" s="3" t="inlineStr">
+        <is>
+          <t>GERSON DE NAZARE SILVEIRA REIS (Titular) JOSE ARGENTINO MIGLIO NASCIMENTO (Suplente)</t>
+        </is>
+      </c>
+      <c r="M519" s="3" t="inlineStr">
+        <is>
+          <t>16/09/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="520">
+      <c r="A520" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C520" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D317" s="3" t="inlineStr">
+      <c r="D520" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E317" s="3" t="inlineStr">
+      <c r="E520" s="3" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
-      <c r="F317" s="3" t="inlineStr">
+      <c r="F520" s="3" t="inlineStr">
         <is>
           <t>08/09/2021</t>
         </is>
       </c>
-      <c r="G317" s="3" t="inlineStr">
+      <c r="G520" s="3" t="inlineStr">
         <is>
           <t>REGISTRO DE PREÇOS ORIGINÁRIO DE PREGÃO ELETRÔNICO Nº 029/2021 - SEMAD/MARITUBA</t>
         </is>
       </c>
-      <c r="H317" s="3" t="inlineStr">
+      <c r="H520" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE ARTEFATOS DE CIMENTO, TAIS COMO BLOCOS, BLOQUETES, MEIO FIO E TUBOS DE CONCRETO</t>
         </is>
       </c>
-      <c r="M317" s="3" t="inlineStr">
+      <c r="M520" s="3" t="inlineStr">
         <is>
           <t>08/09/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="318">
-[...5 lines deleted...]
-      <c r="C318" s="3" t="inlineStr">
+    <row outlineLevel="0" r="521">
+      <c r="A521" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C521" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D318" s="3" t="inlineStr">
+      <c r="D521" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E521" s="3" t="inlineStr">
+        <is>
+          <t>069.2019.PMA.SEMAD</t>
+        </is>
+      </c>
+      <c r="F521" s="3" t="inlineStr">
+        <is>
+          <t>16/09/2020</t>
+        </is>
+      </c>
+      <c r="G521" s="3" t="inlineStr">
+        <is>
+          <t>SRP N° PP-003/2019-PMT</t>
+        </is>
+      </c>
+      <c r="H521" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECILIZADA PARA A PRESTAR SERVIÇOS DE LOCAÇÃO DE EQUIPAMENTOS DE INFORMATICA ( COMPUTADORES E NOTBOOKS).</t>
+        </is>
+      </c>
+      <c r="M521" s="3" t="inlineStr">
+        <is>
+          <t>16/09/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="522">
+      <c r="A522" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C522" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D522" s="3" t="inlineStr">
         <is>
           <t>SEURB</t>
         </is>
       </c>
-      <c r="E318" s="3" t="inlineStr">
+      <c r="E522" s="3" t="inlineStr">
         <is>
           <t>118/2019</t>
         </is>
       </c>
-      <c r="F318" s="3" t="inlineStr">
+      <c r="F522" s="3" t="inlineStr">
         <is>
           <t>08/08/2019</t>
         </is>
       </c>
-      <c r="G318" s="3" t="inlineStr">
+      <c r="G522" s="3" t="inlineStr">
         <is>
           <t>SRP.2018.006.PMA.SEMCAT</t>
         </is>
       </c>
-      <c r="H318" s="3" t="inlineStr">
+      <c r="H522" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE GÁS E ÁGUA MINERAL</t>
         </is>
       </c>
-      <c r="M318" s="3" t="inlineStr">
+      <c r="M522" s="3" t="inlineStr">
         <is>
           <t>08/08/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="319">
-[...5 lines deleted...]
-      <c r="C319" s="3" t="inlineStr">
+    <row outlineLevel="0" r="523">
+      <c r="A523" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C523" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D523" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="E523" s="3" t="inlineStr">
+        <is>
+          <t>6892</t>
+        </is>
+      </c>
+      <c r="F523" s="3" t="inlineStr">
+        <is>
+          <t>16/09/2019</t>
+        </is>
+      </c>
+      <c r="G523" s="3" t="inlineStr">
+        <is>
+          <t>1658/2018</t>
+        </is>
+      </c>
+      <c r="H523" s="3" t="inlineStr">
+        <is>
+          <t>SOLICITAÇÃO DE ADESÃO A ATA DE REGISTRO DE PREÇO Nº007.2018.PMA-SEMED PROCESSO ADMINISTRATIVO Nº1658/2018 ÁS 10:00HS (CUJO O OBJETO É A AQUISIÇÃO DE MATERIAL ELÉTRICO, HIDRÁULICO,PINTURA E DE CONSTRUÇÃO)</t>
+        </is>
+      </c>
+      <c r="M523" s="3" t="inlineStr">
+        <is>
+          <t>16/09/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="524">
+      <c r="A524" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C524" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D319" s="3" t="inlineStr">
+      <c r="D524" s="3" t="inlineStr">
         <is>
           <t>SEMA</t>
         </is>
       </c>
-      <c r="E319" s="3" t="inlineStr">
+      <c r="E524" s="3" t="inlineStr">
         <is>
           <t>007/2020-SEMA/PMA</t>
         </is>
       </c>
-      <c r="F319" s="3" t="inlineStr">
+      <c r="F524" s="3" t="inlineStr">
         <is>
           <t>08/07/2020</t>
         </is>
       </c>
-      <c r="G319" s="3" t="inlineStr">
+      <c r="G524" s="3" t="inlineStr">
         <is>
           <t>CONTRATO ADMINISTRATIVO Nº 002/2020-SEMA/PMA</t>
         </is>
       </c>
-      <c r="H319" s="3" t="inlineStr">
+      <c r="H524" s="3" t="inlineStr">
         <is>
           <t>PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO À INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM VELOCIDADE DE 30MB</t>
         </is>
       </c>
-      <c r="M319" s="3" t="inlineStr">
+      <c r="M524" s="3" t="inlineStr">
         <is>
           <t>08/07/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="320">
-[...5 lines deleted...]
-      <c r="C320" s="3" t="inlineStr">
+    <row outlineLevel="0" r="525">
+      <c r="A525" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B525" s="3" t="inlineStr">
+        <is>
+          <t>009</t>
+        </is>
+      </c>
+      <c r="C525" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D525" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E525" s="3" t="inlineStr">
+        <is>
+          <t>Processo nº 047/2021.DAF.SEMAD</t>
+        </is>
+      </c>
+      <c r="F525" s="3" t="inlineStr">
+        <is>
+          <t>16/07/2021</t>
+        </is>
+      </c>
+      <c r="G525" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL DO PREGÃO ELETRÔNICO SRP Nº 009/2020.PMA.SESAU</t>
+        </is>
+      </c>
+      <c r="H525" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE MANUTENÇÃO PREDIAL PREVENTIVA E CORRETIVA DA NOVA SEDE DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO DE ANANINDEUA/PA E ANEXO,</t>
+        </is>
+      </c>
+      <c r="I525" s="3" t="inlineStr">
+        <is>
+          <t>09/02/2021</t>
+        </is>
+      </c>
+      <c r="J525" s="3" t="inlineStr">
+        <is>
+          <t>WWW.COMPRASNET.COM.BR</t>
+        </is>
+      </c>
+      <c r="M525" s="3" t="inlineStr">
+        <is>
+          <t>16/07/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="526">
+      <c r="A526" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C526" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D320" s="3" t="inlineStr">
+      <c r="D526" s="3" t="inlineStr">
         <is>
           <t>SEGOV</t>
         </is>
       </c>
-      <c r="E320" s="3" t="inlineStr">
+      <c r="E526" s="3" t="inlineStr">
         <is>
           <t>013/2018 - SEGOV</t>
         </is>
       </c>
-      <c r="F320" s="3" t="inlineStr">
+      <c r="F526" s="3" t="inlineStr">
         <is>
           <t>08/05/2018</t>
         </is>
       </c>
-      <c r="G320" s="3" t="inlineStr">
+      <c r="G526" s="3" t="inlineStr">
         <is>
           <t>SRP Nº 2017.004.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H320" s="3" t="inlineStr">
+      <c r="H526" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL DE CONSUMO ( CAFÉ, AÇÚCAR, LEITE, ADOÇANTE, FILTRO PARA CAFÉ)</t>
         </is>
       </c>
-      <c r="M320" s="3" t="inlineStr">
+      <c r="M526" s="3" t="inlineStr">
         <is>
           <t>08/05/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="321">
-[...5 lines deleted...]
-      <c r="C321" s="3" t="inlineStr">
+    <row outlineLevel="0" r="527">
+      <c r="A527" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C527" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D321" s="3" t="inlineStr">
+      <c r="D527" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E321" s="3" t="inlineStr">
+      <c r="E527" s="3" t="inlineStr">
         <is>
           <t>028/2018</t>
         </is>
       </c>
-      <c r="F321" s="3" t="inlineStr">
+      <c r="F527" s="3" t="inlineStr">
         <is>
           <t>08/05/2018</t>
         </is>
       </c>
-      <c r="G321" s="3" t="inlineStr">
+      <c r="G527" s="3" t="inlineStr">
         <is>
           <t>SRP Nº 2017.005.SEMED.PMA</t>
         </is>
       </c>
-      <c r="H321" s="3" t="inlineStr">
+      <c r="H527" s="3" t="inlineStr">
         <is>
           <t>MATERIAL DE CONSUMO (LIMPEZA)</t>
         </is>
       </c>
-      <c r="M321" s="3" t="inlineStr">
+      <c r="M527" s="3" t="inlineStr">
         <is>
           <t>08/05/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="322">
-[...5 lines deleted...]
-      <c r="B322" s="3" t="inlineStr">
+    <row outlineLevel="0" r="528">
+      <c r="A528" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B528" s="3" t="inlineStr">
+        <is>
+          <t>001</t>
+        </is>
+      </c>
+      <c r="C528" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D528" s="3" t="inlineStr">
+        <is>
+          <t>CGM</t>
+        </is>
+      </c>
+      <c r="E528" s="3" t="inlineStr">
+        <is>
+          <t>12/2020-CGM/PMA</t>
+        </is>
+      </c>
+      <c r="F528" s="3" t="inlineStr">
+        <is>
+          <t>16/06/2020</t>
+        </is>
+      </c>
+      <c r="G528" s="3" t="inlineStr">
+        <is>
+          <t>PP.SRP..Nº 001/2019/CMA</t>
+        </is>
+      </c>
+      <c r="H528" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇO REFERENTE A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DEDICADO A INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM VELOCIDADE DE 30MB SIMETRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS A PONTO COM TAXA DE TRA</t>
+        </is>
+      </c>
+      <c r="I528" s="3" t="inlineStr">
+        <is>
+          <t>27/01/2020</t>
+        </is>
+      </c>
+      <c r="J528" s="3" t="inlineStr">
+        <is>
+          <t>CONTROLADORIA GERAL DO MUNICIPIO</t>
+        </is>
+      </c>
+      <c r="M528" s="3" t="inlineStr">
+        <is>
+          <t>16/06/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="529">
+      <c r="A529" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B529" s="3" t="inlineStr">
+        <is>
+          <t>060</t>
+        </is>
+      </c>
+      <c r="C529" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D529" s="3" t="inlineStr">
+        <is>
+          <t>FMAS</t>
+        </is>
+      </c>
+      <c r="E529" s="3" t="inlineStr">
+        <is>
+          <t>063/2023-SEMCAT/PMA</t>
+        </is>
+      </c>
+      <c r="G529" s="3" t="inlineStr">
+        <is>
+          <t>SRP. N°. 2022.060-SESAU/PMA</t>
+        </is>
+      </c>
+      <c r="H529" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL PERMANENTE DO TIPO MÓVEIS, PARA ATENDER AS DEMANDAS INSTITUCIONAIS DOS CRAS, CREAS E ACOLHIMENTO.</t>
+        </is>
+      </c>
+      <c r="I529" s="3" t="inlineStr">
+        <is>
+          <t>21/08/2023</t>
+        </is>
+      </c>
+      <c r="M529" s="3" t="inlineStr">
+        <is>
+          <t>16/04/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="530">
+      <c r="A530" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B530" s="3" t="inlineStr">
         <is>
           <t>003</t>
         </is>
       </c>
-      <c r="C322" s="3" t="inlineStr">
+      <c r="C530" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D322" s="3" t="inlineStr">
+      <c r="D530" s="3" t="inlineStr">
         <is>
           <t>SECULT</t>
         </is>
       </c>
-      <c r="E322" s="3" t="inlineStr">
+      <c r="E530" s="3" t="inlineStr">
         <is>
           <t>054/2020</t>
         </is>
       </c>
-      <c r="F322" s="3" t="inlineStr">
+      <c r="F530" s="3" t="inlineStr">
         <is>
           <t>08/03/2021</t>
         </is>
       </c>
-      <c r="G322" s="3" t="inlineStr">
+      <c r="G530" s="3" t="inlineStr">
         <is>
           <t>SRP Nº 003/2020.PMA.SESAU</t>
         </is>
       </c>
-      <c r="H322" s="3" t="inlineStr">
+      <c r="H530" s="3" t="inlineStr">
         <is>
           <t>MANUTENÇÃO PREVENTIVA E CORRETIVA DE AR CONDICIONADO TIPO SPLIT</t>
         </is>
       </c>
-      <c r="I322" s="3" t="inlineStr">
+      <c r="I530" s="3" t="inlineStr">
         <is>
           <t>20/12/2020</t>
         </is>
       </c>
-      <c r="J322" s="3" t="inlineStr">
+      <c r="J530" s="3" t="inlineStr">
         <is>
           <t>SECELJ</t>
         </is>
       </c>
-      <c r="M322" s="3" t="inlineStr">
+      <c r="M530" s="3" t="inlineStr">
         <is>
           <t>08/03/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="323">
-[...5 lines deleted...]
-      <c r="C323" s="3" t="inlineStr">
+    <row outlineLevel="0" r="531">
+      <c r="A531" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C531" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D531" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E531" s="3" t="inlineStr">
+        <is>
+          <t> 002.2021.DAF.SEMAD</t>
+        </is>
+      </c>
+      <c r="F531" s="3" t="inlineStr">
+        <is>
+          <t>16/04/2021</t>
+        </is>
+      </c>
+      <c r="G531" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº 09/2019</t>
+        </is>
+      </c>
+      <c r="H531" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE PESSOA JURÍDICA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE NATUREZA CONTINUADA DE TRANSPORTE INDIVIDUAL PRIVADO DE PASSAGEIROS, SOB DEMANDA QUE POSSIBILITE A OPERAÇÃO E A GESTÃO DE SOLICITAÇÃO DE VIAGEM, POR MEIO DE APLICAÇÃO WEB E APLIC</t>
+        </is>
+      </c>
+      <c r="M531" s="3" t="inlineStr">
+        <is>
+          <t>16/04/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="532">
+      <c r="A532" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C532" s="3" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="D323" s="3" t="inlineStr">
+      <c r="D532" s="3" t="inlineStr">
         <is>
           <t>SEURB</t>
         </is>
       </c>
-      <c r="E323" s="3" t="inlineStr">
+      <c r="E532" s="3" t="inlineStr">
         <is>
           <t>208/2017</t>
         </is>
       </c>
-      <c r="F323" s="3" t="inlineStr">
+      <c r="F532" s="3" t="inlineStr">
         <is>
           <t>08/03/2018</t>
         </is>
       </c>
-      <c r="G323" s="3" t="inlineStr">
+      <c r="G532" s="3" t="inlineStr">
         <is>
           <t>PPSRP.2016.004.PMA.SESAU</t>
         </is>
       </c>
-      <c r="H323" s="3" t="inlineStr">
+      <c r="H532" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATEIRAL DE CONSUMO - PROTEÇÃO E SEGURANÇA</t>
         </is>
       </c>
-      <c r="M323" s="3" t="inlineStr">
+      <c r="M532" s="3" t="inlineStr">
         <is>
           <t>08/03/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="324">
-[...5 lines deleted...]
-      <c r="C324" s="3" t="inlineStr">
+    <row outlineLevel="0" r="533">
+      <c r="A533" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C533" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D533" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="E533" s="3" t="inlineStr">
+        <is>
+          <t>16959</t>
+        </is>
+      </c>
+      <c r="F533" s="3" t="inlineStr">
+        <is>
+          <t>16/04/2020</t>
+        </is>
+      </c>
+      <c r="G533" s="3" t="inlineStr">
+        <is>
+          <t>16959</t>
+        </is>
+      </c>
+      <c r="H533" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE PESSOA JURÍDICA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS PARA A LOCAÇÃO MENSAL, COM QUILOMETRAGEM LIVRE,SEM MOTORISTA E SEM FORNECIMENTO DE COMBUSTÍVEL PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE DE ANANINDEUA</t>
+        </is>
+      </c>
+      <c r="M533" s="3" t="inlineStr">
+        <is>
+          <t>16/04/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="534">
+      <c r="A534" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C534" s="3" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="D324" s="3" t="inlineStr">
+      <c r="D534" s="3" t="inlineStr">
         <is>
           <t>SESDS</t>
         </is>
       </c>
-      <c r="E324" s="3" t="inlineStr">
+      <c r="E534" s="3" t="inlineStr">
         <is>
           <t>3971/2016/SEMED</t>
         </is>
       </c>
-      <c r="F324" s="3" t="inlineStr">
+      <c r="F534" s="3" t="inlineStr">
         <is>
           <t>08/03/2018</t>
         </is>
       </c>
-      <c r="G324" s="3" t="inlineStr">
+      <c r="G534" s="3" t="inlineStr">
         <is>
           <t>EDITAL-SISTEMA DE REGISTRO DE PREÇOS - PREGÃO ELETRÔNICO N° 2017.005.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H324" s="3" t="inlineStr">
+      <c r="H534" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO (LIMPEZA) PARA ATENDER AS NECESSIDADES DA SECRETARIA DE SEGURANÇA, DO COMANDO DA GUARDA E DO PROJETO ANJOS DA GUARDA - PARA O PERÍODO DE DOIS MESES.(PROCESSO RELANÇADO)</t>
         </is>
       </c>
-      <c r="M324" s="3" t="inlineStr">
+      <c r="M534" s="3" t="inlineStr">
         <is>
           <t>08/03/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="325">
-[...5 lines deleted...]
-      <c r="C325" s="3" t="inlineStr">
+    <row outlineLevel="0" r="535">
+      <c r="A535" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C535" s="3" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="D325" s="3" t="inlineStr">
+      <c r="D535" s="3" t="inlineStr">
         <is>
           <t>SESDS</t>
         </is>
       </c>
-      <c r="E325" s="3" t="inlineStr">
+      <c r="E535" s="3" t="inlineStr">
         <is>
           <t>2017.005.PMA.SEMED</t>
         </is>
       </c>
-      <c r="F325" s="3" t="inlineStr">
+      <c r="F535" s="3" t="inlineStr">
         <is>
           <t>08/03/2018</t>
         </is>
       </c>
-      <c r="H325" s="3" t="inlineStr">
+      <c r="H535" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO (LIMPEZA) PARA ATENDER AS NECESSIDADES DA SECRETARIA DE SEGURANÇA, DO COMANDO DA GUARDA E DO PROJETO ANJOS DA GUARDA - PARA O PERÍODO DE DOIS MESES.(PROCESSO RELANÇADO)</t>
         </is>
       </c>
-      <c r="M325" s="3" t="inlineStr">
+      <c r="M535" s="3" t="inlineStr">
         <is>
           <t>08/03/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="326">
-[...5 lines deleted...]
-      <c r="B326" s="3" t="inlineStr">
+    <row outlineLevel="0" r="536">
+      <c r="A536" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B536" s="3" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="C536" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D536" s="3" t="inlineStr">
+        <is>
+          <t>FMAS</t>
+        </is>
+      </c>
+      <c r="E536" s="3" t="inlineStr">
+        <is>
+          <t>050/2023-SEMCAT/PMA</t>
+        </is>
+      </c>
+      <c r="G536" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP N°. 9/2023-001-PMVN</t>
+        </is>
+      </c>
+      <c r="H536" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FUTURA E EVENTUAL AQUISIÇÃO DE MATERIAIS DE EXPEDIENTE PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT</t>
+        </is>
+      </c>
+      <c r="I536" s="3" t="inlineStr">
+        <is>
+          <t>16/08/2023</t>
+        </is>
+      </c>
+      <c r="M536" s="3" t="inlineStr">
+        <is>
+          <t>15/12/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="537">
+      <c r="A537" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B537" s="3" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="C537" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D537" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E537" s="3" t="inlineStr">
+        <is>
+          <t>13.925/2023</t>
+        </is>
+      </c>
+      <c r="G537" s="3" t="inlineStr">
+        <is>
+          <t>ATA DE REGISTRO DE PREÇOS SRP Nº 8/2023-PMSN</t>
+        </is>
+      </c>
+      <c r="H537" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE SERVIÇOS GRÁFICOS CUSTOMIZADOS DE INDENTIFICAÇÃO VISUAL PARA ATENDER À DEMANDA DA SECRETARIA MUNICIPAL DE SERVIÇOS URBANOS DE ANANINDEUA/PA._x000d_
+</t>
+        </is>
+      </c>
+      <c r="I537" s="3" t="inlineStr">
+        <is>
+          <t>26/09/2023</t>
+        </is>
+      </c>
+      <c r="M537" s="3" t="inlineStr">
+        <is>
+          <t>15/12/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="538">
+      <c r="A538" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B538" s="3" t="inlineStr">
         <is>
           <t>105</t>
         </is>
       </c>
-      <c r="C326" s="3" t="inlineStr">
+      <c r="C538" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D326" s="3" t="inlineStr">
+      <c r="D538" s="3" t="inlineStr">
         <is>
           <t>SESDS</t>
         </is>
       </c>
-      <c r="E326" s="3" t="inlineStr">
+      <c r="E538" s="3" t="inlineStr">
         <is>
           <t> 2710001</t>
         </is>
       </c>
-      <c r="G326" s="3" t="inlineStr">
+      <c r="G538" s="3" t="inlineStr">
         <is>
           <t>EDITAL DO PREGÃO ELETRÔNICO Nº 105/2022</t>
         </is>
       </c>
-      <c r="H326" s="3" t="inlineStr">
+      <c r="H538" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESAS(S) ESPECIALIZADA(S) PARA AQUISIÇÃO DE CAMINHONETES E MOTOS PARA ATENDER AS DEMANDAS DO DEPARTAMENTO MUNICIPAL DE TRÂNSITO DE ALTAMIRA/PA (DEMUTRAN) E DA GUARDA MUNICIPAL DE ALTAMIRA/PA (GMA)</t>
         </is>
       </c>
-      <c r="I326" s="3" t="inlineStr">
+      <c r="I538" s="3" t="inlineStr">
         <is>
           <t>15/12/2022</t>
         </is>
       </c>
-      <c r="L326" s="3" t="inlineStr">
+      <c r="L538" s="3" t="inlineStr">
         <is>
           <t>&lt;p&gt;Publicada no mural do TCM em 06/12/2023&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M326" s="3" t="inlineStr">
+      <c r="M538" s="3" t="inlineStr">
         <is>
           <t>07/12/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="327">
-[...5 lines deleted...]
-      <c r="C327" s="3" t="inlineStr">
+    <row outlineLevel="0" r="539">
+      <c r="A539" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C539" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D327" s="3" t="inlineStr">
+      <c r="D539" s="3" t="inlineStr">
         <is>
           <t>SEPOF</t>
         </is>
       </c>
-      <c r="E327" s="3" t="inlineStr">
+      <c r="E539" s="3" t="inlineStr">
         <is>
           <t>2365/2019</t>
         </is>
       </c>
-      <c r="F327" s="3" t="inlineStr">
+      <c r="F539" s="3" t="inlineStr">
         <is>
           <t>07/12/2020</t>
         </is>
       </c>
-      <c r="G327" s="3" t="inlineStr">
+      <c r="G539" s="3" t="inlineStr">
         <is>
           <t>SRP. Nº 2019.001. PMA . SEMED</t>
         </is>
       </c>
-      <c r="H327" s="3" t="inlineStr">
+      <c r="H539" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO ( CAFÉ , LEITE , AÇÚCAR, ADOÇANTE E FILTRO)</t>
         </is>
       </c>
-      <c r="M327" s="3" t="inlineStr">
+      <c r="M539" s="3" t="inlineStr">
         <is>
           <t>07/12/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="328">
-[...5 lines deleted...]
-      <c r="C328" s="3" t="inlineStr">
+    <row outlineLevel="0" r="540">
+      <c r="A540" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C540" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D540" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E540" s="3" t="inlineStr">
+        <is>
+          <t>219</t>
+        </is>
+      </c>
+      <c r="F540" s="3" t="inlineStr">
+        <is>
+          <t>15/10/2019</t>
+        </is>
+      </c>
+      <c r="G540" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 04.2019 PMA-SEMED</t>
+        </is>
+      </c>
+      <c r="H540" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (TONNER, CARTUCHO E PERIFÉRICOS)</t>
+        </is>
+      </c>
+      <c r="M540" s="3" t="inlineStr">
+        <is>
+          <t>15/10/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="541">
+      <c r="A541" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C541" s="3" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="D328" s="3" t="inlineStr">
+      <c r="D541" s="3" t="inlineStr">
         <is>
           <t>SESDS</t>
         </is>
       </c>
-      <c r="E328" s="3" t="inlineStr">
+      <c r="E541" s="3" t="inlineStr">
         <is>
           <t> 089/2017</t>
         </is>
       </c>
-      <c r="F328" s="3" t="inlineStr">
+      <c r="F541" s="3" t="inlineStr">
         <is>
           <t>07/12/2017</t>
         </is>
       </c>
-      <c r="G328" s="3" t="inlineStr">
+      <c r="G541" s="3" t="inlineStr">
         <is>
           <t>TP.2017.001.PMA.SESDS</t>
         </is>
       </c>
-      <c r="H328" s="3" t="inlineStr">
+      <c r="H541" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA EXECUÇÃO DOS SERVIÇOS DE REFORMA COM FORNECIMENTO DE MATERIAIS E MÃO DE OBRA, A SER REALIZADA NOS PRÉDIOS DA SECRETARIA MUNICIPAL DE SEGURANÇA E DEFESA SOCIAL - SESDS E DA GUARDA CIVIL MUNICIPAL DE ANANINDEUA</t>
         </is>
       </c>
-      <c r="M328" s="3" t="inlineStr">
+      <c r="M541" s="3" t="inlineStr">
         <is>
           <t>07/12/2017</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="329">
-[...5 lines deleted...]
-      <c r="B329" s="3" t="inlineStr">
+    <row outlineLevel="0" r="542">
+      <c r="A542" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C542" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D542" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E542" s="3" t="inlineStr">
+        <is>
+          <t>61/2021</t>
+        </is>
+      </c>
+      <c r="F542" s="3" t="inlineStr">
+        <is>
+          <t>15/07/2021</t>
+        </is>
+      </c>
+      <c r="G542" s="3" t="inlineStr">
+        <is>
+          <t>ATA DE REGISTRO DE PREÇOS Nº 001/2021</t>
+        </is>
+      </c>
+      <c r="H542" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE GÊNEROS ALIMENTÍCIOS.</t>
+        </is>
+      </c>
+      <c r="M542" s="3" t="inlineStr">
+        <is>
+          <t>15/07/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="543">
+      <c r="A543" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B543" s="3" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
-      <c r="C329" s="3" t="inlineStr">
+      <c r="C543" s="3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="D329" s="3" t="inlineStr">
+      <c r="D543" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E329" s="3" t="inlineStr">
+      <c r="E543" s="3" t="inlineStr">
         <is>
           <t>16.411/2024</t>
         </is>
       </c>
-      <c r="G329" s="3" t="inlineStr">
+      <c r="G543" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO – SRP Nº 9/2023-035 SEMAD/PMA</t>
         </is>
       </c>
-      <c r="H329" s="3" t="inlineStr">
+      <c r="H543" s="3" t="inlineStr">
         <is>
           <t>FORNECIMENTO DE ALIMENTOS DE USO COMUM (CAFÉ)_x000d_
 </t>
         </is>
       </c>
-      <c r="I329" s="3" t="inlineStr">
+      <c r="I543" s="3" t="inlineStr">
         <is>
           <t>06/06/2024</t>
         </is>
       </c>
-      <c r="J329" s="3" t="inlineStr">
+      <c r="J543" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA DE SANEAMENTO E INFRAESTRUTURA TV SN 17, S/N CONJUNTO CIDADE NOVA II</t>
         </is>
       </c>
-      <c r="M329" s="3" t="inlineStr">
+      <c r="M543" s="3" t="inlineStr">
         <is>
           <t>07/11/2024</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="330">
-[...5 lines deleted...]
-      <c r="B330" s="3" t="inlineStr">
+    <row outlineLevel="0" r="544">
+      <c r="A544" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C544" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D544" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E544" s="3" t="inlineStr">
+        <is>
+          <t>035/2019-CMA</t>
+        </is>
+      </c>
+      <c r="F544" s="3" t="inlineStr">
+        <is>
+          <t>15/05/2020</t>
+        </is>
+      </c>
+      <c r="G544" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL - SISTEMA DE REGISTRO DE PREÇOS-PREGÃO PRESENCIAL N°. 001/2019-CMA</t>
+        </is>
+      </c>
+      <c r="H544" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA PARA A PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO À INTERNET CORPORATIVA VIA FIBRA ÓPTICA, POR UM PERÍODO DE 12 (DOZE) MESES.</t>
+        </is>
+      </c>
+      <c r="M544" s="3" t="inlineStr">
+        <is>
+          <t>15/05/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="545">
+      <c r="A545" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B545" s="3" t="inlineStr">
         <is>
           <t>018</t>
         </is>
       </c>
-      <c r="C330" s="3" t="inlineStr">
+      <c r="C545" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D330" s="3" t="inlineStr">
+      <c r="D545" s="3" t="inlineStr">
         <is>
           <t>PROGE</t>
         </is>
       </c>
-      <c r="E330" s="3" t="inlineStr">
+      <c r="E545" s="3" t="inlineStr">
         <is>
           <t>2022.08.045</t>
         </is>
       </c>
-      <c r="F330" s="3" t="inlineStr">
+      <c r="F545" s="3" t="inlineStr">
         <is>
           <t>07/11/2022</t>
         </is>
       </c>
-      <c r="G330" s="3" t="inlineStr">
+      <c r="G545" s="3" t="inlineStr">
         <is>
           <t>ADESÃO A ATA DO EDITAL DE CONCORRÊNCIA SRP Nº 3/2021-018 GP/PMA</t>
         </is>
       </c>
-      <c r="H330" s="3" t="inlineStr">
+      <c r="H545" s="3" t="inlineStr">
         <is>
           <t>REGISTRO DE PREÇO PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE BUFFET COM FORNECIMENTO DE ALIMENTOS E COMPLEMENTOS, PARA ATENDER AS ATIVIDADES OFICIAIS DO GABINETE DO PREFEITO DE ANANINDEUA/PA.</t>
         </is>
       </c>
-      <c r="I330" s="3" t="inlineStr">
+      <c r="I545" s="3" t="inlineStr">
         <is>
           <t>16/12/2021</t>
         </is>
       </c>
-      <c r="J330" s="3" t="inlineStr">
+      <c r="J545" s="3" t="inlineStr">
         <is>
           <t>SALA DO SETOR DE LICITAÇÕES - PREFEITURA MUNICIPAL DE ANANINDEUA.</t>
         </is>
       </c>
-      <c r="M330" s="3" t="inlineStr">
+      <c r="M545" s="3" t="inlineStr">
         <is>
           <t>07/11/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="331">
-[...5 lines deleted...]
-      <c r="C331" s="3" t="inlineStr">
+    <row outlineLevel="0" r="546">
+      <c r="A546" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C546" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D546" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E546" s="3" t="inlineStr">
+        <is>
+          <t>2018.09161.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F546" s="3" t="inlineStr">
+        <is>
+          <t>15/05/2019</t>
+        </is>
+      </c>
+      <c r="G546" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL PARA SISTEMA DE REGISTRO DE PREÇOS Nº SRP.2018.008.SEMCAT.PMA. ATA DE REGISTRO DE PREÇOS Nº2018/001/SE</t>
+        </is>
+      </c>
+      <c r="H546" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE MATERIAL PERMANENTE E MATERIAIS DIVERSOS, PARA ATENDER AS NECESSIDADES INSTITUCIONAIS DA SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO.</t>
+        </is>
+      </c>
+      <c r="M546" s="3" t="inlineStr">
+        <is>
+          <t>15/05/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="547">
+      <c r="A547" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C547" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D331" s="3" t="inlineStr">
+      <c r="D547" s="3" t="inlineStr">
         <is>
           <t>SEGEF</t>
         </is>
       </c>
-      <c r="E331" s="3" t="inlineStr">
+      <c r="E547" s="3" t="inlineStr">
         <is>
           <t>2019/06/008609</t>
         </is>
       </c>
-      <c r="F331" s="3" t="inlineStr">
+      <c r="F547" s="3" t="inlineStr">
         <is>
           <t>07/11/2019</t>
         </is>
       </c>
-      <c r="G331" s="3" t="inlineStr">
+      <c r="G547" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIA POR SRP N° PP-003/2019-PMT</t>
         </is>
       </c>
-      <c r="H331" s="3" t="inlineStr">
+      <c r="H547" s="3" t="inlineStr">
         <is>
           <t>SERVIÇO DE LOCAÇÃO DE EQUIPAMENTOS DE INFORMÁTICA - COMPUTADORES</t>
         </is>
       </c>
-      <c r="M331" s="3" t="inlineStr">
+      <c r="M547" s="3" t="inlineStr">
         <is>
           <t>07/11/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="332">
-[...5 lines deleted...]
-      <c r="B332" s="3" t="inlineStr">
+    <row outlineLevel="0" r="548">
+      <c r="A548" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C548" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D548" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="E548" s="3" t="inlineStr">
+        <is>
+          <t>1100/19</t>
+        </is>
+      </c>
+      <c r="F548" s="3" t="inlineStr">
+        <is>
+          <t>15/04/2020</t>
+        </is>
+      </c>
+      <c r="G548" s="3" t="inlineStr">
+        <is>
+          <t>1100</t>
+        </is>
+      </c>
+      <c r="H548" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO AO SISTEMA DE REGISTRO DE PREÇO SRP Nº01/2019-PREGÃO PRESENCIAL SRP Nº02/2018-PROCESSO ADMINISTRATIVO AA.001.1.000533/18-63 OBJETO: CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇOS DE DIETA E NUTRIÇÃO COM FORNECIMENTOS DE TODOS</t>
+        </is>
+      </c>
+      <c r="M548" s="3" t="inlineStr">
+        <is>
+          <t>15/04/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="549">
+      <c r="A549" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B549" s="3" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>
-      <c r="C332" s="3" t="inlineStr">
+      <c r="C549" s="3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="D332" s="3" t="inlineStr">
+      <c r="D549" s="3" t="inlineStr">
         <is>
           <t>FMAS</t>
         </is>
       </c>
-      <c r="E332" s="3" t="inlineStr">
+      <c r="E549" s="3" t="inlineStr">
         <is>
           <t>017/2024-SEMCAT/PMA</t>
         </is>
       </c>
-      <c r="G332" s="3" t="inlineStr">
+      <c r="G549" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO N°. 9.2023.034-SEMAD/PMA</t>
         </is>
       </c>
-      <c r="H332" s="3" t="inlineStr">
+      <c r="H549" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE ÁGUA MINERAL, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT.</t>
         </is>
       </c>
-      <c r="I332" s="3" t="inlineStr">
+      <c r="I549" s="3" t="inlineStr">
         <is>
           <t>27/03/2024</t>
         </is>
       </c>
-      <c r="J332" s="3" t="inlineStr">
+      <c r="J549" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT.</t>
         </is>
       </c>
-      <c r="M332" s="3" t="inlineStr">
+      <c r="M549" s="3" t="inlineStr">
         <is>
           <t>07/10/2024</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="333">
-[...5 lines deleted...]
-      <c r="C333" s="3" t="inlineStr">
+    <row outlineLevel="0" r="550">
+      <c r="A550" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B550" s="3" t="inlineStr">
+        <is>
+          <t>002</t>
+        </is>
+      </c>
+      <c r="C550" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D550" s="3" t="inlineStr">
+        <is>
+          <t>SECULT</t>
+        </is>
+      </c>
+      <c r="E550" s="3" t="inlineStr">
+        <is>
+          <t>240/2019</t>
+        </is>
+      </c>
+      <c r="F550" s="3" t="inlineStr">
+        <is>
+          <t>15/04/2020</t>
+        </is>
+      </c>
+      <c r="G550" s="3" t="inlineStr">
+        <is>
+          <t>2019.002.PMA-SEMED</t>
+        </is>
+      </c>
+      <c r="H550" s="3" t="inlineStr">
+        <is>
+          <t>PRESTAÇÃO DE SERVIÇO CONTINUADO DE LOCAÇÃO DE IMPRESSORAS E MULTIFUNCIONAIS</t>
+        </is>
+      </c>
+      <c r="I550" s="3" t="inlineStr">
+        <is>
+          <t>15/04/2020</t>
+        </is>
+      </c>
+      <c r="J550" s="3" t="inlineStr">
+        <is>
+          <t>SECELJ</t>
+        </is>
+      </c>
+      <c r="M550" s="3" t="inlineStr">
+        <is>
+          <t>15/04/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="551">
+      <c r="A551" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C551" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D333" s="3" t="inlineStr">
+      <c r="D551" s="3" t="inlineStr">
         <is>
           <t>SESAU</t>
         </is>
       </c>
-      <c r="E333" s="3" t="inlineStr">
+      <c r="E551" s="3" t="inlineStr">
         <is>
           <t>7584</t>
         </is>
       </c>
-      <c r="F333" s="3" t="inlineStr">
+      <c r="F551" s="3" t="inlineStr">
         <is>
           <t>07/08/2019</t>
         </is>
       </c>
-      <c r="G333" s="3" t="inlineStr">
+      <c r="G551" s="3" t="inlineStr">
         <is>
           <t>ATA DE REGISTRO DE PREÇO Nº036/2018</t>
         </is>
       </c>
-      <c r="H333" s="3" t="inlineStr">
+      <c r="H551" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA COM APTIDÃO EM FORNECIMENTO DE GÁS LIQUEFEITO DE PETRÓLEO ENVASADO EM BOTIJÃO DE 13 KG BEM COMO ÁGUA MINERAL DE 20 LITROS(APENAS LIQUIDO) E ÁGUA MINERAL DE 200ML, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE, D</t>
         </is>
       </c>
-      <c r="M333" s="3" t="inlineStr">
+      <c r="M551" s="3" t="inlineStr">
         <is>
           <t>07/08/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="334">
-[...5 lines deleted...]
-      <c r="C334" s="3" t="inlineStr">
+    <row outlineLevel="0" r="552">
+      <c r="A552" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C552" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D552" s="3" t="inlineStr">
+        <is>
+          <t>SEHAB</t>
+        </is>
+      </c>
+      <c r="E552" s="3" t="inlineStr">
+        <is>
+          <t>416/2018/SEMCAT</t>
+        </is>
+      </c>
+      <c r="F552" s="3" t="inlineStr">
+        <is>
+          <t>15/04/2019</t>
+        </is>
+      </c>
+      <c r="G552" s="3" t="inlineStr">
+        <is>
+          <t>SRP.2018.006.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H552" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA O FORNECIMENTO DE GLP - GÁS LIQUEFEITO DE PETRÓLEO, ÁGUA MINERAL EM EMBALAGEM DE 200ML</t>
+        </is>
+      </c>
+      <c r="M552" s="3" t="inlineStr">
+        <is>
+          <t>15/04/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="553">
+      <c r="A553" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C553" s="3" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="D334" s="3" t="inlineStr">
+      <c r="D553" s="3" t="inlineStr">
         <is>
           <t>SEHAB</t>
         </is>
       </c>
-      <c r="E334" s="3" t="inlineStr">
+      <c r="E553" s="3" t="inlineStr">
         <is>
           <t>3970/2016/SEMED</t>
         </is>
       </c>
-      <c r="F334" s="3" t="inlineStr">
+      <c r="F553" s="3" t="inlineStr">
         <is>
           <t>07/08/2017</t>
         </is>
       </c>
-      <c r="G334" s="3" t="inlineStr">
+      <c r="G553" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO Nº 2017.002.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H334" s="3" t="inlineStr">
+      <c r="H553" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO (EXPEDIENTE).</t>
         </is>
       </c>
-      <c r="M334" s="3" t="inlineStr">
+      <c r="M553" s="3" t="inlineStr">
         <is>
           <t>07/08/2017</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="335">
-[...5 lines deleted...]
-      <c r="C335" s="3" t="inlineStr">
+    <row outlineLevel="0" r="554">
+      <c r="A554" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B554" s="3" t="inlineStr">
+        <is>
+          <t>001</t>
+        </is>
+      </c>
+      <c r="C554" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D554" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E554" s="3" t="inlineStr">
+        <is>
+          <t>11.272</t>
+        </is>
+      </c>
+      <c r="F554" s="3" t="inlineStr">
+        <is>
+          <t>14/12/2022</t>
+        </is>
+      </c>
+      <c r="G554" s="3" t="inlineStr">
+        <is>
+          <t>ATA DE REGISTRO DE PREÇO Nº 047/2021.001</t>
+        </is>
+      </c>
+      <c r="H554" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MOBILIARIO</t>
+        </is>
+      </c>
+      <c r="I554" s="3" t="inlineStr">
+        <is>
+          <t>13/09/2022</t>
+        </is>
+      </c>
+      <c r="J554" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE SERVIÇOS URBANOS</t>
+        </is>
+      </c>
+      <c r="K554" s="3" t="inlineStr">
+        <is>
+          <t>Edson Costa Carrera (Titular) Alan Guerreiro da Silva (Suplente)</t>
+        </is>
+      </c>
+      <c r="M554" s="3" t="inlineStr">
+        <is>
+          <t>14/12/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="555">
+      <c r="A555" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C555" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D335" s="3" t="inlineStr">
+      <c r="D555" s="3" t="inlineStr">
         <is>
           <t>SEURB</t>
         </is>
       </c>
-      <c r="E335" s="3" t="inlineStr">
+      <c r="E555" s="3" t="inlineStr">
         <is>
           <t>289</t>
         </is>
       </c>
-      <c r="F335" s="3" t="inlineStr">
+      <c r="F555" s="3" t="inlineStr">
         <is>
           <t>07/07/2020</t>
         </is>
       </c>
-      <c r="G335" s="3" t="inlineStr">
+      <c r="G555" s="3" t="inlineStr">
         <is>
           <t>SRP. 046/2019</t>
         </is>
       </c>
-      <c r="H335" s="3" t="inlineStr">
+      <c r="H555" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA LOCAÇÃO DE MÁQUINAS PESADAS (SEM CONDUTOR).</t>
         </is>
       </c>
-      <c r="M335" s="3" t="inlineStr">
+      <c r="M555" s="3" t="inlineStr">
         <is>
           <t>07/07/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="336">
-[...5 lines deleted...]
-      <c r="B336" s="3" t="inlineStr">
+    <row outlineLevel="0" r="556">
+      <c r="A556" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C556" s="3" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="D556" s="3" t="inlineStr">
+        <is>
+          <t>SEDEC</t>
+        </is>
+      </c>
+      <c r="E556" s="3" t="inlineStr">
+        <is>
+          <t>3970/2016/SEMED</t>
+        </is>
+      </c>
+      <c r="F556" s="3" t="inlineStr">
+        <is>
+          <t>14/12/2017</t>
+        </is>
+      </c>
+      <c r="G556" s="3" t="inlineStr">
+        <is>
+          <t>2017.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H556" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (MATERIAL DE EXPEDIENTE).</t>
+        </is>
+      </c>
+      <c r="M556" s="3" t="inlineStr">
+        <is>
+          <t>14/12/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="557">
+      <c r="A557" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B557" s="3" t="inlineStr">
         <is>
           <t>4844</t>
         </is>
       </c>
-      <c r="C336" s="3" t="inlineStr">
+      <c r="C557" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D336" s="3" t="inlineStr">
+      <c r="D557" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E336" s="3" t="inlineStr">
+      <c r="E557" s="3" t="inlineStr">
         <is>
           <t>4844/2023</t>
         </is>
       </c>
-      <c r="F336" s="3" t="inlineStr">
+      <c r="F557" s="3" t="inlineStr">
         <is>
           <t>06/06/2024</t>
         </is>
       </c>
-      <c r="G336" s="3" t="inlineStr">
+      <c r="G557" s="3" t="inlineStr">
         <is>
           <t>4844/2023 - SEMED</t>
         </is>
       </c>
-      <c r="H336" s="3" t="inlineStr">
+      <c r="H557" s="3" t="inlineStr">
         <is>
           <t>PRESTAÇÃO DE SERVIÇOS GRÁFICOS DIVERSOS E DE MATERIAL GRÁFICO COM GARANTIA DE QUALIDADE PARA ATENDER A REDE MUNICIPAL DE EDUCAÇÃO DE ANANINDEUA.</t>
         </is>
       </c>
-      <c r="I336" s="3" t="inlineStr">
+      <c r="I557" s="3" t="inlineStr">
         <is>
           <t>22/01/2024</t>
         </is>
       </c>
-      <c r="J336" s="3" t="inlineStr">
+      <c r="J557" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO - SEMED</t>
         </is>
       </c>
-      <c r="M336" s="3" t="inlineStr">
+      <c r="M557" s="3" t="inlineStr">
         <is>
           <t>07/06/2024</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="337">
-[...5 lines deleted...]
-      <c r="C337" s="3" t="inlineStr">
+    <row outlineLevel="0" r="558">
+      <c r="A558" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C558" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D337" s="3" t="inlineStr">
+      <c r="D558" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E558" s="3" t="inlineStr">
+        <is>
+          <t>3669/2018/SEMED</t>
+        </is>
+      </c>
+      <c r="F558" s="3" t="inlineStr">
+        <is>
+          <t>14/11/2019</t>
+        </is>
+      </c>
+      <c r="G558" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL - SISTEMA DE REGISTRO DE PREÇOS PREGÃO ELETRÔNICO N°.2019.002.PMA.SEMED.</t>
+        </is>
+      </c>
+      <c r="H558" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (EXPEDIENTE), PARA ATENDER AS NECESSIDADES DA SECRETARIA DE SEGURANÇA E DA GUARDA CIVIL MUNICIPAL DE ANANINDEUA.</t>
+        </is>
+      </c>
+      <c r="M558" s="3" t="inlineStr">
+        <is>
+          <t>14/11/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="559">
+      <c r="A559" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C559" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D559" s="3" t="inlineStr">
         <is>
           <t>SEMA</t>
         </is>
       </c>
-      <c r="F337" s="3" t="inlineStr">
+      <c r="F559" s="3" t="inlineStr">
         <is>
           <t>07/05/2018</t>
         </is>
       </c>
-      <c r="H337" s="3" t="inlineStr">
+      <c r="H559" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (EXPEDIENTE.)</t>
         </is>
       </c>
-      <c r="M337" s="3" t="inlineStr">
+      <c r="M559" s="3" t="inlineStr">
         <is>
           <t>07/05/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="338">
-[...5 lines deleted...]
-      <c r="B338" s="3" t="inlineStr">
+    <row outlineLevel="0" r="560">
+      <c r="A560" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C560" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D560" s="3" t="inlineStr">
+        <is>
+          <t>SEHAB</t>
+        </is>
+      </c>
+      <c r="E560" s="3" t="inlineStr">
+        <is>
+          <t>277/2017-SEMCAT</t>
+        </is>
+      </c>
+      <c r="F560" s="3" t="inlineStr">
+        <is>
+          <t>14/11/2017</t>
+        </is>
+      </c>
+      <c r="G560" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 2017.0003.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H560" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM PRESTAÇÃO DE SERVIÇOS DE SONORIZAÇÃO.</t>
+        </is>
+      </c>
+      <c r="M560" s="3" t="inlineStr">
+        <is>
+          <t>14/11/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="561">
+      <c r="A561" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B561" s="3" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
-      <c r="C338" s="3" t="inlineStr">
+      <c r="C561" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D338" s="3" t="inlineStr">
+      <c r="D561" s="3" t="inlineStr">
         <is>
           <t>FMAS</t>
         </is>
       </c>
-      <c r="E338" s="3" t="inlineStr">
+      <c r="E561" s="3" t="inlineStr">
         <is>
           <t>076/2023-SEMCAT/PMA</t>
         </is>
       </c>
-      <c r="G338" s="3" t="inlineStr">
+      <c r="G561" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP N°. 011/2023-PMC</t>
         </is>
       </c>
-      <c r="H338" s="3" t="inlineStr">
+      <c r="H561" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE GÁS DE COZINHA, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT E SUAS UNIDADES.</t>
         </is>
       </c>
-      <c r="I338" s="3" t="inlineStr">
+      <c r="I561" s="3" t="inlineStr">
         <is>
           <t>30/10/2023</t>
         </is>
       </c>
-      <c r="M338" s="3" t="inlineStr">
+      <c r="M561" s="3" t="inlineStr">
         <is>
           <t>07/03/2024</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="339">
-[...5 lines deleted...]
-      <c r="C339" s="3" t="inlineStr">
+    <row outlineLevel="0" r="562">
+      <c r="A562" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B562" s="3" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="C562" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D562" s="3" t="inlineStr">
+        <is>
+          <t>SECULT</t>
+        </is>
+      </c>
+      <c r="E562" s="3" t="inlineStr">
+        <is>
+          <t>Nº 9.526/2022 - SECULT/PMA</t>
+        </is>
+      </c>
+      <c r="F562" s="3" t="inlineStr">
+        <is>
+          <t>14/10/2022</t>
+        </is>
+      </c>
+      <c r="G562" s="3" t="inlineStr">
+        <is>
+          <t>SRP N.º 9/2022-14 SEMAD/PMA - ATA DE REGISTRO DE PREÇO N º 2022.014 SEMAD/PMA</t>
+        </is>
+      </c>
+      <c r="H562" s="3" t="inlineStr">
+        <is>
+          <t>SERVIÇOS DE LOCAÇÃO DE VEÍCULOS AUTOMOTORES TERRESTRES, SEM MOTORISTA</t>
+        </is>
+      </c>
+      <c r="I562" s="3" t="inlineStr">
+        <is>
+          <t>08/09/2022</t>
+        </is>
+      </c>
+      <c r="J562" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE CULTURA DE ANANINDEUA - SECULT</t>
+        </is>
+      </c>
+      <c r="K562" s="3" t="inlineStr">
+        <is>
+          <t>MICHEL TOBIAS BARBOSA (Titular) VIVIAN MELO DOS SANTOS (Suplente)</t>
+        </is>
+      </c>
+      <c r="M562" s="3" t="inlineStr">
+        <is>
+          <t>14/10/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="563">
+      <c r="A563" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C563" s="3" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="D339" s="3" t="inlineStr">
+      <c r="D563" s="3" t="inlineStr">
         <is>
           <t>GABINETE</t>
         </is>
       </c>
-      <c r="E339" s="3" t="inlineStr">
+      <c r="E563" s="3" t="inlineStr">
         <is>
           <t>041/2017-GAB.PMA</t>
         </is>
       </c>
-      <c r="F339" s="3" t="inlineStr">
+      <c r="F563" s="3" t="inlineStr">
         <is>
           <t>06/09/2017</t>
         </is>
       </c>
-      <c r="G339" s="3" t="inlineStr">
+      <c r="G563" s="3" t="inlineStr">
         <is>
           <t>S/N</t>
         </is>
       </c>
-      <c r="H339" s="3" t="inlineStr">
+      <c r="H563" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE LOCAÇÃO DE VEÍCULOS, SEM CONDUTOR E SEM LIMITE DE QUILOMETRAGEM.</t>
         </is>
       </c>
-      <c r="M339" s="3" t="inlineStr">
+      <c r="M563" s="3" t="inlineStr">
         <is>
           <t>06/09/2017</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="340">
-[...5 lines deleted...]
-      <c r="B340" s="3" t="inlineStr">
+    <row outlineLevel="0" r="564">
+      <c r="A564" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B564" s="3" t="inlineStr">
+        <is>
+          <t>001</t>
+        </is>
+      </c>
+      <c r="C564" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D564" s="3" t="inlineStr">
+        <is>
+          <t>SECULT</t>
+        </is>
+      </c>
+      <c r="E564" s="3" t="inlineStr">
+        <is>
+          <t>Processo nº 3.520/2023</t>
+        </is>
+      </c>
+      <c r="F564" s="3" t="inlineStr">
+        <is>
+          <t>14/07/2023</t>
+        </is>
+      </c>
+      <c r="G564" s="3" t="inlineStr">
+        <is>
+          <t>#ATA REGISTRO DE PREÇO Nº 001/2022, PREGÃO ELETRONICO Nº 009/2022 – CPL/ALEPA</t>
+        </is>
+      </c>
+      <c r="H564" s="3" t="inlineStr">
+        <is>
+          <t>SERVIÇO DE ORGANIZAÇÃO, OPERACIONALIZAÇÃO, COORDENAÇÃO E EXECUÇÃO DE EVENTOS.</t>
+        </is>
+      </c>
+      <c r="I564" s="3" t="inlineStr">
+        <is>
+          <t>13/06/2023</t>
+        </is>
+      </c>
+      <c r="J564" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE CULTURA DE ANANINDEUA - SECULT</t>
+        </is>
+      </c>
+      <c r="M564" s="3" t="inlineStr">
+        <is>
+          <t>14/07/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="565">
+      <c r="A565" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B565" s="3" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
-      <c r="C340" s="3" t="inlineStr">
+      <c r="C565" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D340" s="3" t="inlineStr">
+      <c r="D565" s="3" t="inlineStr">
         <is>
           <t>GABINETE</t>
         </is>
       </c>
-      <c r="E340" s="3" t="inlineStr">
+      <c r="E565" s="3" t="inlineStr">
         <is>
           <t>PROC. Nº 2023.03.06.GP.PMA</t>
         </is>
       </c>
-      <c r="F340" s="3" t="inlineStr">
+      <c r="F565" s="3" t="inlineStr">
         <is>
           <t>06/08/2023</t>
         </is>
       </c>
-      <c r="G340" s="3" t="inlineStr">
+      <c r="G565" s="3" t="inlineStr">
         <is>
           <t>#PREGÃO ELETRÔNICO SRP Nº 029/2022 /PMC</t>
         </is>
       </c>
-      <c r="H340" s="3" t="inlineStr">
+      <c r="H565" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIMENTO DE SOLUÇÃO DE OUTSOURCING DE TECNOLOGIA DA INFORMAÇÃO/TI, COMPREENDENDO A CESSÃO DE DIREITO DE USO DE EQUIPAMENTOS (PRIMEIRO USO), INCLUINDO A PRESTAÇÃO DE SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIV</t>
         </is>
       </c>
-      <c r="I340" s="3" t="inlineStr">
+      <c r="I565" s="3" t="inlineStr">
         <is>
           <t>05/04/2022</t>
         </is>
       </c>
-      <c r="J340" s="3" t="inlineStr">
+      <c r="J565" s="3" t="inlineStr">
         <is>
           <t>WWW.COMPRASGOVERNAMENTAIS.GOV.BR</t>
         </is>
       </c>
-      <c r="M340" s="3" t="inlineStr">
+      <c r="M565" s="3" t="inlineStr">
         <is>
           <t>06/08/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="341">
-[...5 lines deleted...]
-      <c r="C341" s="3" t="inlineStr">
+    <row outlineLevel="0" r="566">
+      <c r="A566" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C566" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D566" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E566" s="3" t="inlineStr">
+        <is>
+          <t>4145/2018</t>
+        </is>
+      </c>
+      <c r="F566" s="3" t="inlineStr">
+        <is>
+          <t>14/06/2019</t>
+        </is>
+      </c>
+      <c r="G566" s="3" t="inlineStr">
+        <is>
+          <t>15/2018</t>
+        </is>
+      </c>
+      <c r="H566" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MOBILIÁRIO PARA SALA DE AULA</t>
+        </is>
+      </c>
+      <c r="M566" s="3" t="inlineStr">
+        <is>
+          <t>14/06/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="567">
+      <c r="A567" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C567" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D341" s="3" t="inlineStr">
+      <c r="D567" s="3" t="inlineStr">
         <is>
           <t>SEURB</t>
         </is>
       </c>
-      <c r="E341" s="3" t="inlineStr">
+      <c r="E567" s="3" t="inlineStr">
         <is>
           <t>103</t>
         </is>
       </c>
-      <c r="F341" s="3" t="inlineStr">
+      <c r="F567" s="3" t="inlineStr">
         <is>
           <t>06/07/2020</t>
         </is>
       </c>
-      <c r="G341" s="3" t="inlineStr">
+      <c r="G567" s="3" t="inlineStr">
         <is>
           <t>ATA DE REGISTRO DE PREÇO Nº SRP. 001/2019-CMA</t>
         </is>
       </c>
-      <c r="H341" s="3" t="inlineStr">
+      <c r="H567" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A PRESTAÇÃO DE SERVIÇOS DE ACESSO À INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM VELOCIDADE DE 30 MB SIMÉTRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO-A-PONTO DEDICADO COM TAXA DE TRANSMISSÃO DE 10GB.</t>
         </is>
       </c>
-      <c r="M341" s="3" t="inlineStr">
+      <c r="M567" s="3" t="inlineStr">
         <is>
           <t>06/07/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="342">
-[...5 lines deleted...]
-      <c r="C342" s="3" t="inlineStr">
+    <row outlineLevel="0" r="568">
+      <c r="A568" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C568" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D342" s="3" t="inlineStr">
+      <c r="D568" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E568" s="3" t="inlineStr">
+        <is>
+          <t>2019.02.058.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F568" s="3" t="inlineStr">
+        <is>
+          <t>14/05/2019</t>
+        </is>
+      </c>
+      <c r="G568" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº 2018.001.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H568" s="3" t="inlineStr">
+        <is>
+          <t>O OBJETO DESTE CONTRATO É A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIMENTO DE KIT DE LANCHES, BRUNCH E CAFÉ DA MANHÃ PARA ATENDER OS EVENTOS INTERNOS E EXTERNOS PROMOVIDOS PELA SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO, E OS SERVIDORES QU</t>
+        </is>
+      </c>
+      <c r="M568" s="3" t="inlineStr">
+        <is>
+          <t>14/05/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="569">
+      <c r="A569" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C569" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D569" s="3" t="inlineStr">
         <is>
           <t>GABINETE</t>
         </is>
       </c>
-      <c r="E342" s="3" t="inlineStr">
+      <c r="E569" s="3" t="inlineStr">
         <is>
           <t>015.2019.GP.PMA</t>
         </is>
       </c>
-      <c r="F342" s="3" t="inlineStr">
+      <c r="F569" s="3" t="inlineStr">
         <is>
           <t>06/06/2019</t>
         </is>
       </c>
-      <c r="G342" s="3" t="inlineStr">
+      <c r="G569" s="3" t="inlineStr">
         <is>
           <t>SRP 014.2018.SEMED/PMM</t>
         </is>
       </c>
-      <c r="H342" s="3" t="inlineStr">
+      <c r="H569" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA LOCAÇÃO DE VEÍCULOS DE PEQUENO E MÉDIO PORTE, SEM MOTORISTA E SEM COMBUSTÍVEL, PARA ATENDER AS NECESSIDADES DO GABINETE DO PREFEITO.</t>
         </is>
       </c>
-      <c r="M342" s="3" t="inlineStr">
+      <c r="M569" s="3" t="inlineStr">
         <is>
           <t>06/06/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="343">
-[...5 lines deleted...]
-      <c r="C343" s="3" t="inlineStr">
+    <row outlineLevel="0" r="570">
+      <c r="A570" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C570" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D570" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E570" s="3" t="inlineStr">
+        <is>
+          <t>263/2018</t>
+        </is>
+      </c>
+      <c r="F570" s="3" t="inlineStr">
+        <is>
+          <t>14/05/2018</t>
+        </is>
+      </c>
+      <c r="G570" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL 003/2018/SRP</t>
+        </is>
+      </c>
+      <c r="H570" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE TUBO DE CONCRETO ARMADO</t>
+        </is>
+      </c>
+      <c r="M570" s="3" t="inlineStr">
+        <is>
+          <t>14/05/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="571">
+      <c r="A571" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C571" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D343" s="3" t="inlineStr">
+      <c r="D571" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E343" s="3" t="inlineStr">
+      <c r="E571" s="3" t="inlineStr">
         <is>
           <t>964/2020-SEMED</t>
         </is>
       </c>
-      <c r="F343" s="3" t="inlineStr">
+      <c r="F571" s="3" t="inlineStr">
         <is>
           <t>06/05/2020</t>
         </is>
       </c>
-      <c r="G343" s="3" t="inlineStr">
+      <c r="G571" s="3" t="inlineStr">
         <is>
           <t>SRP PP Nº 001/2019-CMA</t>
         </is>
       </c>
-      <c r="H343" s="3" t="inlineStr">
+      <c r="H571" s="3" t="inlineStr">
         <is>
           <t>ADESÃO A ATA DE REGISTRO DE PREÇOS REFERENTE A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE ACESSO DEDICADO A INTERNET CORPORATIVA, VIA FIBRA ÓPTICA, COM VELOCIDADE DE 30MB SIMÉTRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO A P</t>
         </is>
       </c>
-      <c r="M343" s="3" t="inlineStr">
+      <c r="M571" s="3" t="inlineStr">
         <is>
           <t>06/05/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="344">
-[...5 lines deleted...]
-      <c r="B344" s="3" t="inlineStr">
+    <row outlineLevel="0" r="572">
+      <c r="A572" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C572" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D572" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E572" s="3" t="inlineStr">
+        <is>
+          <t>Nº 033/2021 - SESAN/PMA</t>
+        </is>
+      </c>
+      <c r="F572" s="3" t="inlineStr">
+        <is>
+          <t>14/04/2021</t>
+        </is>
+      </c>
+      <c r="G572" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº 24/2020- PMSIP - PREFEITURA MUNICIPAL DE SANTA IZABEL DO PARÁ</t>
+        </is>
+      </c>
+      <c r="H572" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA O FORNECIMENTO, SOB DEMANDA, DE EQUIPAMENTOS DE INFORMÁTICA.</t>
+        </is>
+      </c>
+      <c r="M572" s="3" t="inlineStr">
+        <is>
+          <t>14/04/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="573">
+      <c r="A573" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B573" s="3" t="inlineStr">
         <is>
           <t>001</t>
         </is>
       </c>
-      <c r="C344" s="3" t="inlineStr">
+      <c r="C573" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D344" s="3" t="inlineStr">
+      <c r="D573" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E344" s="3" t="inlineStr">
+      <c r="E573" s="3" t="inlineStr">
         <is>
           <t>2021.10.172.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="F344" s="3" t="inlineStr">
+      <c r="F573" s="3" t="inlineStr">
         <is>
           <t>30/03/2022</t>
         </is>
       </c>
-      <c r="H344" s="3" t="inlineStr">
+      <c r="H573" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM LOCAÇÃO DE EQUIPAMENTOS DE INFORMÁTICA, COM PRESTAÇÃO DE SERVIÇOS DE MANUTENÇÃO, SUPORTE TÉCNICO E GARANTIA DE SUBSTITUIÇÃO DO EQUIPAMENTO, QUANDO NECESSÁRIO.</t>
         </is>
       </c>
-      <c r="I344" s="3" t="inlineStr">
+      <c r="I573" s="3" t="inlineStr">
         <is>
           <t>01/04/2021</t>
         </is>
       </c>
-      <c r="J344" s="3" t="inlineStr">
+      <c r="J573" s="3" t="inlineStr">
         <is>
           <t>SISTEMA ELETRÔNICO UTILIZADO: BANCO DO BRASIL/ WWW.LICITACOES-E.COM.BR/Nº 861869</t>
         </is>
       </c>
-      <c r="M344" s="3" t="inlineStr">
+      <c r="M573" s="3" t="inlineStr">
         <is>
           <t>06/04/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="345">
-[...5 lines deleted...]
-      <c r="C345" s="3" t="inlineStr">
+    <row outlineLevel="0" r="574">
+      <c r="A574" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B574" s="3" t="inlineStr">
+        <is>
+          <t>005</t>
+        </is>
+      </c>
+      <c r="C574" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D574" s="3" t="inlineStr">
+        <is>
+          <t>SEGEF</t>
+        </is>
+      </c>
+      <c r="E574" s="3" t="inlineStr">
+        <is>
+          <t>2021/10/10295</t>
+        </is>
+      </c>
+      <c r="F574" s="3" t="inlineStr">
+        <is>
+          <t>09/03/2022</t>
+        </is>
+      </c>
+      <c r="H574" s="3" t="inlineStr">
+        <is>
+          <t>CANECAS DE CERÂMICA PERSONALIZADA 350 ML</t>
+        </is>
+      </c>
+      <c r="I574" s="3" t="inlineStr">
+        <is>
+          <t>29/09/2021</t>
+        </is>
+      </c>
+      <c r="J574" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE GESTÃO FAZENDARIA</t>
+        </is>
+      </c>
+      <c r="M574" s="3" t="inlineStr">
+        <is>
+          <t>14/03/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="575">
+      <c r="A575" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C575" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D345" s="3" t="inlineStr">
+      <c r="D575" s="3" t="inlineStr">
         <is>
           <t>SESAU</t>
         </is>
       </c>
-      <c r="E345" s="3" t="inlineStr">
+      <c r="E575" s="3" t="inlineStr">
         <is>
           <t>13653</t>
         </is>
       </c>
-      <c r="F345" s="3" t="inlineStr">
+      <c r="F575" s="3" t="inlineStr">
         <is>
           <t>06/04/2020</t>
         </is>
       </c>
-      <c r="G345" s="3" t="inlineStr">
+      <c r="G575" s="3" t="inlineStr">
         <is>
           <t>ATA DE REGISTRO DE PREÇO Nº01/2018 (HOSPITAL GERAL DE BELÉM-HOSPITAL MILITAR)</t>
         </is>
       </c>
-      <c r="H345" s="3" t="inlineStr">
+      <c r="H575" s="3" t="inlineStr">
         <is>
           <t>PRESTAÇÃO DOS SERVIÇOS DE TRANSPORTES E FORNECIMENTO DE GASES MEDICINAIS LIQUEFEITOS, EM SISTEMA DE COMODATO DE TANQUES DE PRESSÃO , PARA ARMANEZAMENTO DOS GASES DESTINADOS ÀS UNIDADES DE PRONTO ATENDIMENTO DA SECRETARIA MUNICIPAL DE SAÚDE DE ANANIND</t>
         </is>
       </c>
-      <c r="M345" s="3" t="inlineStr">
+      <c r="M575" s="3" t="inlineStr">
         <is>
           <t>06/04/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="346">
-[...5 lines deleted...]
-      <c r="B346" s="3" t="inlineStr">
+    <row outlineLevel="0" r="576">
+      <c r="A576" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B576" s="3" t="inlineStr">
+        <is>
+          <t>005</t>
+        </is>
+      </c>
+      <c r="C576" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D576" s="3" t="inlineStr">
+        <is>
+          <t>SEGEF</t>
+        </is>
+      </c>
+      <c r="E576" s="3" t="inlineStr">
+        <is>
+          <t>10295/10/2021</t>
+        </is>
+      </c>
+      <c r="F576" s="3" t="inlineStr">
+        <is>
+          <t>07/03/2021</t>
+        </is>
+      </c>
+      <c r="H576" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE COPO REUTILIZÁVEL (PERSONALIZADO)</t>
+        </is>
+      </c>
+      <c r="I576" s="3" t="inlineStr">
+        <is>
+          <t>29/09/2021</t>
+        </is>
+      </c>
+      <c r="J576" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE GESTÃO FAZENDÁRIA</t>
+        </is>
+      </c>
+      <c r="M576" s="3" t="inlineStr">
+        <is>
+          <t>14/03/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="577">
+      <c r="A577" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B577" s="3" t="inlineStr">
         <is>
           <t>09</t>
         </is>
       </c>
-      <c r="C346" s="3" t="inlineStr">
+      <c r="C577" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D346" s="3" t="inlineStr">
+      <c r="D577" s="3" t="inlineStr">
         <is>
           <t>FMS</t>
         </is>
       </c>
-      <c r="E346" s="3" t="inlineStr">
+      <c r="E577" s="3" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
-      <c r="F346" s="3" t="inlineStr">
+      <c r="F577" s="3" t="inlineStr">
         <is>
           <t>06/03/2023</t>
         </is>
       </c>
-      <c r="G346" s="3" t="inlineStr">
+      <c r="G577" s="3" t="inlineStr">
         <is>
           <t>#SRP Nº09/2022-034-SEMAD/PMA</t>
         </is>
       </c>
-      <c r="H346" s="3" t="inlineStr">
+      <c r="H577" s="3" t="inlineStr">
         <is>
           <t>FORNECIMENTO DE ÁGUA MINERAL NATURAL,PARA OS ÓRGÃOS E ENTIDADES DO PODER EXECUTIVO MUNICIPAL.</t>
         </is>
       </c>
-      <c r="I346" s="3" t="inlineStr">
+      <c r="I577" s="3" t="inlineStr">
         <is>
           <t>03/03/2023</t>
         </is>
       </c>
-      <c r="J346" s="3" t="inlineStr">
+      <c r="J577" s="3" t="inlineStr">
         <is>
           <t> SECRETARIA MUNICIPAL DE SAÚDE DE ANANINDEUA-ENDEREÇO:AV SN/21,CIDADE NOVA VI, Nº18,COQUEIRO,ANANINDEUA-PARÁ</t>
         </is>
       </c>
-      <c r="M346" s="3" t="inlineStr">
+      <c r="M577" s="3" t="inlineStr">
         <is>
           <t>06/03/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="347">
-[...5 lines deleted...]
-      <c r="C347" s="3" t="inlineStr">
+    <row outlineLevel="0" r="578">
+      <c r="A578" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B578" s="3" t="inlineStr">
+        <is>
+          <t>002</t>
+        </is>
+      </c>
+      <c r="C578" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D578" s="3" t="inlineStr">
+        <is>
+          <t>PROGE</t>
+        </is>
+      </c>
+      <c r="E578" s="3" t="inlineStr">
+        <is>
+          <t>2020.001.008 PROGE/PMA</t>
+        </is>
+      </c>
+      <c r="F578" s="3" t="inlineStr">
+        <is>
+          <t>14/02/2020</t>
+        </is>
+      </c>
+      <c r="G578" s="3" t="inlineStr">
+        <is>
+          <t>PP 2019.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H578" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS CONTINUADOS DE LOCAÇÃO DE IMPRESSORAS E MULTIFUNCIONAIS PARA ATENDER AS DEMANDAS DA PROCURADORIA GERAL DO MUNICÍPIO E DA COMISSÃO PERMANENTE DE LICITAÇÃO, COMPREENDENDO A PRESTAÇÃO DE SERV</t>
+        </is>
+      </c>
+      <c r="I578" s="3" t="inlineStr">
+        <is>
+          <t>12/02/2020</t>
+        </is>
+      </c>
+      <c r="J578" s="3" t="inlineStr">
+        <is>
+          <t>COMISSÃO PERMANENTE DE LICITAÇÃO</t>
+        </is>
+      </c>
+      <c r="M578" s="3" t="inlineStr">
+        <is>
+          <t>14/02/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="579">
+      <c r="A579" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C579" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D347" s="3" t="inlineStr">
+      <c r="D579" s="3" t="inlineStr">
         <is>
           <t>SEURB</t>
         </is>
       </c>
-      <c r="E347" s="3" t="inlineStr">
+      <c r="E579" s="3" t="inlineStr">
         <is>
           <t>473/2018</t>
         </is>
       </c>
-      <c r="F347" s="3" t="inlineStr">
+      <c r="F579" s="3" t="inlineStr">
         <is>
           <t>06/02/2019</t>
         </is>
       </c>
-      <c r="G347" s="3" t="inlineStr">
+      <c r="G579" s="3" t="inlineStr">
         <is>
           <t>009/2017.CMA</t>
         </is>
       </c>
-      <c r="H347" s="3" t="inlineStr">
+      <c r="H579" s="3" t="inlineStr">
         <is>
           <t>CONTRAÇÃO DE UMA EMPRESA ESPECIALIZADA EM SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA EM MICRO COMPUTADORES, SERVIDORES, NOTEBOOKS, IMPRESSORAS A JATO DE TINTA, E A LASER, INCLUINDO O FORNECIMENTO DE MÃO DE OBRA, PEÇAS E COMPONENTES.</t>
         </is>
       </c>
-      <c r="M347" s="3" t="inlineStr">
+      <c r="M579" s="3" t="inlineStr">
         <is>
           <t>06/02/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="348">
-[...5 lines deleted...]
-      <c r="C348" s="3" t="inlineStr">
+    <row outlineLevel="0" r="580">
+      <c r="A580" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B580" s="3" t="inlineStr">
+        <is>
+          <t>2028</t>
+        </is>
+      </c>
+      <c r="C580" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D580" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E580" s="3" t="inlineStr">
+        <is>
+          <t>2028/2021</t>
+        </is>
+      </c>
+      <c r="F580" s="3" t="inlineStr">
+        <is>
+          <t>03/01/2022</t>
+        </is>
+      </c>
+      <c r="H580" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE EQUIPAMENTOS E DISPOSITIVOS TECNOLÓGICOS.</t>
+        </is>
+      </c>
+      <c r="I580" s="3" t="inlineStr">
+        <is>
+          <t>11/08/2021</t>
+        </is>
+      </c>
+      <c r="J580" s="3" t="inlineStr">
+        <is>
+          <t>WWW.GOV.BR/COMPRAS</t>
+        </is>
+      </c>
+      <c r="M580" s="3" t="inlineStr">
+        <is>
+          <t>14/01/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="581">
+      <c r="A581" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C581" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D348" s="3" t="inlineStr">
+      <c r="D581" s="3" t="inlineStr">
         <is>
           <t>SEURB</t>
         </is>
       </c>
-      <c r="E348" s="3" t="inlineStr">
+      <c r="E581" s="3" t="inlineStr">
         <is>
           <t>472/2018</t>
         </is>
       </c>
-      <c r="F348" s="3" t="inlineStr">
+      <c r="F581" s="3" t="inlineStr">
         <is>
           <t>06/02/2019</t>
         </is>
       </c>
-      <c r="G348" s="3" t="inlineStr">
+      <c r="G581" s="3" t="inlineStr">
         <is>
           <t>006/2017-CMA</t>
         </is>
       </c>
-      <c r="H348" s="3" t="inlineStr">
+      <c r="H581" s="3" t="inlineStr">
         <is>
           <t>CONTRAÇÃO DE UMA EMPRESA ESPECIALIZADA PARA A AQUISIÇÃO E INSTALAÇÃO DE EQUIPAMENTOS PARA IMPLANTAÇÃO DE SISTEMA DE SEGURANÇA ELETRÔNICA COM ACESSO REMOTO.</t>
         </is>
       </c>
-      <c r="M348" s="3" t="inlineStr">
+      <c r="M581" s="3" t="inlineStr">
         <is>
           <t>06/02/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="349">
-[...5 lines deleted...]
-      <c r="C349" s="3" t="inlineStr">
+    <row outlineLevel="0" r="582">
+      <c r="A582" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B582" s="3" t="inlineStr">
+        <is>
+          <t>1302</t>
+        </is>
+      </c>
+      <c r="C582" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D582" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E582" s="3" t="inlineStr">
+        <is>
+          <t>1302/2021</t>
+        </is>
+      </c>
+      <c r="F582" s="3" t="inlineStr">
+        <is>
+          <t>28/12/2021</t>
+        </is>
+      </c>
+      <c r="H582" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS : ESTIVAS EM GERAL, PROTEÍNA E HORTIFRUTIGRANJEIRO.</t>
+        </is>
+      </c>
+      <c r="I582" s="3" t="inlineStr">
+        <is>
+          <t>03/12/2021</t>
+        </is>
+      </c>
+      <c r="J582" s="3" t="inlineStr">
+        <is>
+          <t> WWW.COMPRASNET.GOV.BR (UASG</t>
+        </is>
+      </c>
+      <c r="M582" s="3" t="inlineStr">
+        <is>
+          <t>14/01/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="583">
+      <c r="A583" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C583" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D349" s="3" t="inlineStr">
+      <c r="D583" s="3" t="inlineStr">
         <is>
           <t>SEURB</t>
         </is>
       </c>
-      <c r="E349" s="3" t="inlineStr">
+      <c r="E583" s="3" t="inlineStr">
         <is>
           <t>473/2018</t>
         </is>
       </c>
-      <c r="F349" s="3" t="inlineStr">
+      <c r="F583" s="3" t="inlineStr">
         <is>
           <t>06/02/2019</t>
         </is>
       </c>
-      <c r="G349" s="3" t="inlineStr">
+      <c r="G583" s="3" t="inlineStr">
         <is>
           <t>009/2017.CMA</t>
         </is>
       </c>
-      <c r="H349" s="3" t="inlineStr">
+      <c r="H583" s="3" t="inlineStr">
         <is>
           <t>CONTRAÇÃO DE UMA EMPRESA ESPECIALIZADA EM SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA EM MICRO COMPUTADORES, SERVIDORES, NOTEBOOKS, IMPRESSORAS A JATO DE TINTA, E A LASER, INCLUINDO O FORNECIMENTO DE MÃO DE OBRA, PEÇAS E COMPONENTES.</t>
         </is>
       </c>
-      <c r="M349" s="3" t="inlineStr">
+      <c r="M583" s="3" t="inlineStr">
         <is>
           <t>06/02/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="350">
-[...5 lines deleted...]
-      <c r="B350" s="3" t="inlineStr">
+    <row outlineLevel="0" r="584">
+      <c r="A584" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B584" s="3" t="inlineStr">
+        <is>
+          <t>083</t>
+        </is>
+      </c>
+      <c r="C584" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D584" s="3" t="inlineStr">
+        <is>
+          <t>SECULT</t>
+        </is>
+      </c>
+      <c r="E584" s="3" t="inlineStr">
+        <is>
+          <t>026/2021</t>
+        </is>
+      </c>
+      <c r="F584" s="3" t="inlineStr">
+        <is>
+          <t>21/12/2021</t>
+        </is>
+      </c>
+      <c r="H584" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE ORGANIZAÇÃO, PLANEJAMENTO FORNECIMENTO DE TODO O MATERIAL E INFRAESTRUTURA</t>
+        </is>
+      </c>
+      <c r="I584" s="3" t="inlineStr">
+        <is>
+          <t>10/12/2021</t>
+        </is>
+      </c>
+      <c r="J584" s="3" t="inlineStr">
+        <is>
+          <t> SECRETARIA MUNICIPAL DE CULTURA DE ANANINDEUA-SECULT</t>
+        </is>
+      </c>
+      <c r="M584" s="3" t="inlineStr">
+        <is>
+          <t>14/01/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="585">
+      <c r="A585" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B585" s="3" t="inlineStr">
         <is>
           <t>002</t>
         </is>
       </c>
-      <c r="C350" s="3" t="inlineStr">
+      <c r="C585" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D350" s="3" t="inlineStr">
+      <c r="D585" s="3" t="inlineStr">
         <is>
           <t>SEMAD</t>
         </is>
       </c>
-      <c r="E350" s="3" t="inlineStr">
+      <c r="E585" s="3" t="inlineStr">
         <is>
           <t>025/2021-CMA</t>
         </is>
       </c>
-      <c r="F350" s="3" t="inlineStr">
+      <c r="F585" s="3" t="inlineStr">
         <is>
           <t>16/11/2021</t>
         </is>
       </c>
-      <c r="H350" s="3" t="inlineStr">
+      <c r="H585" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS GRÁFICOS, VISANDO O FORNECIMENTO DE MATERIAIS DE MESMA NATUREZA, PERSONALIZADOS COM GARANTIA DE QUALIDADE</t>
         </is>
       </c>
-      <c r="I350" s="3" t="inlineStr">
+      <c r="I585" s="3" t="inlineStr">
         <is>
           <t>16/04/2021</t>
         </is>
       </c>
-      <c r="J350" s="3" t="inlineStr">
+      <c r="J585" s="3" t="inlineStr">
         <is>
           <t>WWW.LICITACOES-E.COM.BR/Nº LICITAÇÃO 86524</t>
         </is>
       </c>
-      <c r="M350" s="3" t="inlineStr">
+      <c r="M585" s="3" t="inlineStr">
         <is>
           <t>06/01/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="351">
-[...5 lines deleted...]
-      <c r="B351" s="3" t="inlineStr">
+    <row outlineLevel="0" r="586">
+      <c r="A586" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B586" s="3" t="inlineStr">
+        <is>
+          <t>014</t>
+        </is>
+      </c>
+      <c r="C586" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D586" s="3" t="inlineStr">
+        <is>
+          <t>SECULT</t>
+        </is>
+      </c>
+      <c r="E586" s="3" t="inlineStr">
+        <is>
+          <t>107/2021</t>
+        </is>
+      </c>
+      <c r="F586" s="3" t="inlineStr">
+        <is>
+          <t>13/12/2021</t>
+        </is>
+      </c>
+      <c r="H586" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO DE COMPUTADORES, PRESTAÇÃO DE SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA, SUPORTE TÉCNICO E GARANTIA DE SUBSTITUIÇÃO DO EQUIPAMENTO</t>
+        </is>
+      </c>
+      <c r="I586" s="3" t="inlineStr">
+        <is>
+          <t>18/11/2021</t>
+        </is>
+      </c>
+      <c r="J586" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA DE CULTURA DE ANANINDEUA</t>
+        </is>
+      </c>
+      <c r="M586" s="3" t="inlineStr">
+        <is>
+          <t>14/01/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="587">
+      <c r="A587" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B587" s="3" t="inlineStr">
         <is>
           <t>002</t>
         </is>
       </c>
-      <c r="C351" s="3" t="inlineStr">
+      <c r="C587" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D351" s="3" t="inlineStr">
+      <c r="D587" s="3" t="inlineStr">
         <is>
           <t>SEMAD</t>
         </is>
       </c>
-      <c r="E351" s="3" t="inlineStr">
+      <c r="E587" s="3" t="inlineStr">
         <is>
           <t>Processo nº 077/2021.DAL.SEMAD</t>
         </is>
       </c>
-      <c r="F351" s="3" t="inlineStr">
+      <c r="F587" s="3" t="inlineStr">
         <is>
           <t>23/10/2021</t>
         </is>
       </c>
-      <c r="H351" s="3" t="inlineStr">
+      <c r="H587" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAIS DE LIMPEZA E MATERIAL DE EXPEDIENTE PARA ATENDER AS NECESSIDADES INSTITUCIONAIS DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO/SEMAD</t>
         </is>
       </c>
-      <c r="I351" s="3" t="inlineStr">
+      <c r="I587" s="3" t="inlineStr">
         <is>
           <t>22/07/2021</t>
         </is>
       </c>
-      <c r="J351" s="3" t="inlineStr">
+      <c r="J587" s="3" t="inlineStr">
         <is>
           <t>WWW.LICITACOES-E.COM.BR</t>
         </is>
       </c>
-      <c r="M351" s="3" t="inlineStr">
+      <c r="M587" s="3" t="inlineStr">
         <is>
           <t>06/01/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="352">
-[...5 lines deleted...]
-      <c r="C352" s="3" t="inlineStr">
+    <row outlineLevel="0" r="588">
+      <c r="A588" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B588" s="3" t="inlineStr">
+        <is>
+          <t>014</t>
+        </is>
+      </c>
+      <c r="C588" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D352" s="3" t="inlineStr">
+      <c r="D588" s="3" t="inlineStr">
+        <is>
+          <t>FMS</t>
+        </is>
+      </c>
+      <c r="E588" s="3" t="inlineStr">
+        <is>
+          <t>9980</t>
+        </is>
+      </c>
+      <c r="F588" s="3" t="inlineStr">
+        <is>
+          <t>13/12/2021</t>
+        </is>
+      </c>
+      <c r="H588" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAIS TÉCNICOS HOSPITALARES DESTINADOS A SUPRIR A REDE DE SAÚDE DO MUNICIPIO DE ANANINDEUA POR UM PERÍODO DE 04 (QUATRO )MESES</t>
+        </is>
+      </c>
+      <c r="I588" s="3" t="inlineStr">
+        <is>
+          <t>15/04/2021</t>
+        </is>
+      </c>
+      <c r="J588" s="3" t="inlineStr">
+        <is>
+          <t>ENDEREÇO: RUA JOSÉ NERY TORRES,Nº102- MUNICÍPIO DE TUCURUÍ-PARÁ WWW.TUCURUI.PA.GOV.BR E CPLTUC2021@GMAIL.COM</t>
+        </is>
+      </c>
+      <c r="M588" s="3" t="inlineStr">
+        <is>
+          <t>14/01/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="589">
+      <c r="A589" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C589" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D589" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E352" s="3" t="inlineStr">
+      <c r="E589" s="3" t="inlineStr">
         <is>
           <t>001</t>
         </is>
       </c>
-      <c r="F352" s="3" t="inlineStr">
+      <c r="F589" s="3" t="inlineStr">
         <is>
           <t>08/10/2021</t>
         </is>
       </c>
-      <c r="H352" s="3" t="inlineStr">
+      <c r="H589" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA PRESTADORA DE SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA DE EQUIPAMENTOS DE REFRIGERAÇÃO DO TIPO SPLIT, REFRIGERADORES E BEBEDOUROS, INCLUINDO O FORNECIMENTO DE PEÇAS, INCLUSIVE COMPRESSORES, CONFORME AS NECESSIDADES DA SECRETARI</t>
         </is>
       </c>
-      <c r="I352" s="3" t="inlineStr">
+      <c r="I589" s="3" t="inlineStr">
         <is>
           <t>24/06/2021</t>
         </is>
       </c>
-      <c r="J352" s="3" t="inlineStr">
+      <c r="J589" s="3" t="inlineStr">
         <is>
           <t>NA SALA DA COMISSÃO PERMANENTE DE LICITAÇÕES, LOCALIZADA NO PRÉDIO ANEXO DA CÂMARA MUNICIPAL DE ANANINDEUA, SITO A RUA ZACARIAS DE ASSUNÇÃO, Nº 84, BA</t>
         </is>
       </c>
-      <c r="M352" s="3" t="inlineStr">
+      <c r="M589" s="3" t="inlineStr">
         <is>
           <t>06/01/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="353">
-[...5 lines deleted...]
-      <c r="C353" s="3" t="inlineStr">
+    <row outlineLevel="0" r="590">
+      <c r="A590" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B590" s="3" t="inlineStr">
+        <is>
+          <t>1486</t>
+        </is>
+      </c>
+      <c r="C590" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D590" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E590" s="3" t="inlineStr">
+        <is>
+          <t> 1486/2021</t>
+        </is>
+      </c>
+      <c r="F590" s="3" t="inlineStr">
+        <is>
+          <t>07/12/2021</t>
+        </is>
+      </c>
+      <c r="H590" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MOBILIÁRIO ESCOLAR</t>
+        </is>
+      </c>
+      <c r="I590" s="3" t="inlineStr">
+        <is>
+          <t>28/06/2021</t>
+        </is>
+      </c>
+      <c r="J590" s="3" t="inlineStr">
+        <is>
+          <t>WWW.COMPRASNET.GOV;UASG</t>
+        </is>
+      </c>
+      <c r="M590" s="3" t="inlineStr">
+        <is>
+          <t>14/01/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="591">
+      <c r="A591" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C591" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D353" s="3" t="inlineStr">
+      <c r="D591" s="3" t="inlineStr">
         <is>
           <t>SEGEF</t>
         </is>
       </c>
-      <c r="E353" s="3" t="inlineStr">
+      <c r="E591" s="3" t="inlineStr">
         <is>
           <t>2019/10/014728</t>
         </is>
       </c>
-      <c r="F353" s="3" t="inlineStr">
+      <c r="F591" s="3" t="inlineStr">
         <is>
           <t>05/12/2019</t>
         </is>
       </c>
-      <c r="G353" s="3" t="inlineStr">
+      <c r="G591" s="3" t="inlineStr">
         <is>
           <t>REGISTRO DE PREÇOS - PREGÃO ELETRÔNICO N° SRP PE .2019.002.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H353" s="3" t="inlineStr">
+      <c r="H591" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE MATERIAL DE CONSUMO (EXPEDIENTE)</t>
         </is>
       </c>
-      <c r="M353" s="3" t="inlineStr">
+      <c r="M591" s="3" t="inlineStr">
         <is>
           <t>05/12/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="354">
-[...5 lines deleted...]
-      <c r="C354" s="3" t="inlineStr">
+    <row outlineLevel="0" r="592">
+      <c r="A592" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B592" s="3" t="inlineStr">
+        <is>
+          <t>059</t>
+        </is>
+      </c>
+      <c r="C592" s="3" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="D592" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E592" s="3" t="inlineStr">
+        <is>
+          <t>Nº8.998/2024-1Doc</t>
+        </is>
+      </c>
+      <c r="G592" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº059/2023-PMC</t>
+        </is>
+      </c>
+      <c r="H592" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS TÉCNICOS ESPECIALIZADOS, PARA IMPLANTAÇÃO E FORNECIMENTO DE PLATAFORMA DIGITAL DE GESTÃO DE PROCESSOS E FISCALIZAÇÃO NA MODALIDADE DE LICENCIAMENTO SAAS (SOFTWARE AS A SERVICE) COM SERVIÇO DE CONSULTORIA,</t>
+        </is>
+      </c>
+      <c r="I592" s="3" t="inlineStr">
+        <is>
+          <t>27/03/2024</t>
+        </is>
+      </c>
+      <c r="J592" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO-SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="L592" s="3" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;REPUBLICAÇÃO DO PROCESSO ADMINISTRATIVO Nº8.998/2024-1DOC, POR ALTERAÇÃO DA RAZÃO SOCIAL DA EMPRESA VENCEDORA DO CERTAME, DETENTORA DA ATA DE REGISTRO DE PREÇOS Nº1.059/2023-PMC. A PUBLICAÇÃO ANTERIOR FEZ A LEITURA DO CNPJ Nº18.110.055/0001-10, E AUTOM</t>
+        </is>
+      </c>
+      <c r="M592" s="3" t="inlineStr">
+        <is>
+          <t>13/12/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="593">
+      <c r="A593" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C593" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D354" s="3" t="inlineStr">
+      <c r="D593" s="3" t="inlineStr">
         <is>
           <t>SEHAB</t>
         </is>
       </c>
-      <c r="E354" s="3" t="inlineStr">
+      <c r="E593" s="3" t="inlineStr">
         <is>
           <t>Proc. SEHAB nº 129/2019 Protocolo nº 3152/2019(Nº do Proc.Adm. da Ata 3669.2018.SEMED)</t>
         </is>
       </c>
-      <c r="F354" s="3" t="inlineStr">
+      <c r="F593" s="3" t="inlineStr">
         <is>
           <t>05/12/2019</t>
         </is>
       </c>
-      <c r="G354" s="3" t="inlineStr">
+      <c r="G593" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP Nº 2019.002.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H354" s="3" t="inlineStr">
+      <c r="H593" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (EXPEDIENTE)</t>
         </is>
       </c>
-      <c r="M354" s="3" t="inlineStr">
+      <c r="M593" s="3" t="inlineStr">
         <is>
           <t>05/12/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="355">
-[...5 lines deleted...]
-      <c r="C355" s="3" t="inlineStr">
+    <row outlineLevel="0" r="594">
+      <c r="A594" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B594" s="3" t="inlineStr">
+        <is>
+          <t>047</t>
+        </is>
+      </c>
+      <c r="C594" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D594" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E594" s="3" t="inlineStr">
+        <is>
+          <t>Nº 11.476/2022 - SESAN/PMA</t>
+        </is>
+      </c>
+      <c r="F594" s="3" t="inlineStr">
+        <is>
+          <t>13/12/2022</t>
+        </is>
+      </c>
+      <c r="G594" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SPR Nº 047/2021 - SEMED. ATA DE REGISTRO DE PREÇOS Nº 047/2021.001. PREFEITURA MUN</t>
+        </is>
+      </c>
+      <c r="H594" s="3" t="inlineStr">
+        <is>
+          <t>FUTURA E EVENTUAL AQUISIÇÃO DE MATERIAIS PERMANENTES TIPO: EQUIPAMENTOS DE SONORIZAÇÃO E ÁUDIO VISUAL, APARELHOS ELETROELETRÔNICOS E ELETRODOMÉSTICOS, APARELHOS DE REFRIGERAÇÃO, EQUIPAMENTOS ELETROPORTÁTEIS, MOBILIÁRIOS E OUTROS EQUIPAMENTOS, A FIM DE ATE</t>
+        </is>
+      </c>
+      <c r="I594" s="3" t="inlineStr">
+        <is>
+          <t>12/12/2022</t>
+        </is>
+      </c>
+      <c r="J594" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA DE SANEAMENTO E INFRAESTRUTURA TV SN 17, S/N CONJUNTO CIDADE NOVA II.</t>
+        </is>
+      </c>
+      <c r="M594" s="3" t="inlineStr">
+        <is>
+          <t>13/12/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="595">
+      <c r="A595" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C595" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D355" s="3" t="inlineStr">
+      <c r="D595" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E355" s="3" t="inlineStr">
+      <c r="E595" s="3" t="inlineStr">
         <is>
           <t>Nº 014/2019 - SESAN</t>
         </is>
       </c>
-      <c r="F355" s="3" t="inlineStr">
+      <c r="F595" s="3" t="inlineStr">
         <is>
           <t>05/11/2019</t>
         </is>
       </c>
-      <c r="G355" s="3" t="inlineStr">
+      <c r="G595" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIAL SRP 2018.006 SEMCAT.PMA</t>
         </is>
       </c>
-      <c r="H355" s="3" t="inlineStr">
+      <c r="H595" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA COM APTIDÃO EM FORNECIMENTO DE GÁS LIQUEFEITO DE PETRÓLEO ENVASADO EM BOTIJÃO DE 13 KG, BEM COMO ÁGUA MINERAL DE 20 LITROS (APENAS LÍQUIDO) E ÁGUA MINERAL DE 200 ML PARA ATENDER AS NECESSIDADES DA SESAN, E O DEPARTAMENTO DE USI</t>
         </is>
       </c>
-      <c r="M355" s="3" t="inlineStr">
+      <c r="M595" s="3" t="inlineStr">
         <is>
           <t>05/11/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="356">
-[...5 lines deleted...]
-      <c r="B356" s="3" t="inlineStr">
+    <row outlineLevel="0" r="596">
+      <c r="A596" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C596" s="3" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="D596" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E596" s="3" t="inlineStr">
+        <is>
+          <t>3971/2016/SEMED</t>
+        </is>
+      </c>
+      <c r="F596" s="3" t="inlineStr">
+        <is>
+          <t>13/12/2017</t>
+        </is>
+      </c>
+      <c r="G596" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL-SISTEMA DE REGISTRO DE PREÇOS-PREGÃO ELETRÔNICO N°.2017.005.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H596" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (LIMPEZA E HIGIENE).</t>
+        </is>
+      </c>
+      <c r="M596" s="3" t="inlineStr">
+        <is>
+          <t>13/12/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="597">
+      <c r="A597" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B597" s="3" t="inlineStr">
         <is>
           <t>007</t>
         </is>
       </c>
-      <c r="C356" s="3" t="inlineStr">
+      <c r="C597" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D356" s="3" t="inlineStr">
+      <c r="D597" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E356" s="3" t="inlineStr">
+      <c r="E597" s="3" t="inlineStr">
         <is>
           <t> Nº 7618/2022 - SESAN/PMA</t>
         </is>
       </c>
-      <c r="F356" s="3" t="inlineStr">
+      <c r="F597" s="3" t="inlineStr">
         <is>
           <t>05/09/2022</t>
         </is>
       </c>
-      <c r="G356" s="3" t="inlineStr">
+      <c r="G597" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO – SRP Nº 007/2022 – PREFEITURA MUNICIPAL DE SANTA IZABEL</t>
         </is>
       </c>
-      <c r="H356" s="3" t="inlineStr">
+      <c r="H597" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE GÊNEROS ALIMENTICIOS PARA ATENDER AS DEMANDAS DAS SECRETARIA MUNICIPAL DE SANEAMENTO E INFRAESTRUTURA - ANANINDEUA/PA.</t>
         </is>
       </c>
-      <c r="I356" s="3" t="inlineStr">
+      <c r="I597" s="3" t="inlineStr">
         <is>
           <t>12/07/2022</t>
         </is>
       </c>
-      <c r="J356" s="3" t="inlineStr">
+      <c r="J597" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA DE SANEAMENTO E INFRAESTRUTURA TV SN 17, S/N CONJUNTO CIDADE NOVA II.</t>
         </is>
       </c>
-      <c r="M356" s="3" t="inlineStr">
+      <c r="M597" s="3" t="inlineStr">
         <is>
           <t>05/09/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="357">
-[...5 lines deleted...]
-      <c r="B357" s="3" t="inlineStr">
+    <row outlineLevel="0" r="598">
+      <c r="A598" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B598" s="3" t="inlineStr">
         <is>
           <t>018</t>
         </is>
       </c>
-      <c r="C357" s="3" t="inlineStr">
+      <c r="C598" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D357" s="3" t="inlineStr">
+      <c r="D598" s="3" t="inlineStr">
         <is>
           <t>SEHAB</t>
         </is>
       </c>
-      <c r="E357" s="3" t="inlineStr">
+      <c r="E598" s="3" t="inlineStr">
         <is>
           <t>6.400/2022</t>
         </is>
       </c>
-      <c r="F357" s="3" t="inlineStr">
+      <c r="F598" s="3" t="inlineStr">
         <is>
           <t>05/09/2022</t>
         </is>
       </c>
-      <c r="G357" s="3" t="inlineStr">
+      <c r="G598" s="3" t="inlineStr">
         <is>
           <t>EDITAL DE CONCORRÊNCIA SRP Nº 3/2021-018 GP/PMA</t>
         </is>
       </c>
-      <c r="H357" s="3" t="inlineStr">
+      <c r="H598" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DA EMPRESA ESPECIALIZADA EM SERVIÇOS DE BUFFET COM FORNECIMENTO DE ALIMENTOS E COMPLEMENTOS, VISANDO À MELHORIA DAS ATIVIDADES DESENVOLVIDAS POR ESTA SECRETARIA MUNICIPAL DE HABITAÇÃO - SEHAB.</t>
         </is>
       </c>
-      <c r="I357" s="3" t="inlineStr">
+      <c r="I598" s="3" t="inlineStr">
         <is>
           <t>16/12/2021</t>
         </is>
       </c>
-      <c r="J357" s="3" t="inlineStr">
+      <c r="J598" s="3" t="inlineStr">
         <is>
           <t>PREFEITURA MUNICIPAL DE ANANINDEUA - PMA</t>
         </is>
       </c>
-      <c r="K357" s="3" t="inlineStr">
+      <c r="K598" s="3" t="inlineStr">
         <is>
           <t>VALERIA LIMA DE ASSUNÇÃO</t>
         </is>
       </c>
-      <c r="M357" s="3" t="inlineStr">
+      <c r="M598" s="3" t="inlineStr">
         <is>
           <t>05/09/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="358">
-[...5 lines deleted...]
-      <c r="C358" s="3" t="inlineStr">
+    <row outlineLevel="0" r="599">
+      <c r="A599" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C599" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D358" s="3" t="inlineStr">
+      <c r="D599" s="3" t="inlineStr">
         <is>
           <t>SEMA</t>
         </is>
       </c>
-      <c r="E358" s="3" t="inlineStr">
+      <c r="E599" s="3" t="inlineStr">
         <is>
           <t>077/2019-SEMA/PMA</t>
         </is>
       </c>
-      <c r="F358" s="3" t="inlineStr">
+      <c r="F599" s="3" t="inlineStr">
         <is>
           <t>05/09/2019</t>
         </is>
       </c>
-      <c r="G358" s="3" t="inlineStr">
+      <c r="G599" s="3" t="inlineStr">
         <is>
           <t>SRP Nº 2018.006.SEMCAT.PMA</t>
         </is>
       </c>
-      <c r="H358" s="3" t="inlineStr">
+      <c r="H599" s="3" t="inlineStr">
         <is>
           <t>AQUISISÇÃO DE GÁS LIQUEFEITO E ÁGUA MINERAL</t>
         </is>
       </c>
-      <c r="M358" s="3" t="inlineStr">
+      <c r="M599" s="3" t="inlineStr">
         <is>
           <t>05/09/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="359">
-[...5 lines deleted...]
-      <c r="B359" s="3" t="inlineStr">
+    <row outlineLevel="0" r="600">
+      <c r="A600" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C600" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D600" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E600" s="3" t="inlineStr">
+        <is>
+          <t>111/2017-GP.PMA</t>
+        </is>
+      </c>
+      <c r="F600" s="3" t="inlineStr">
+        <is>
+          <t>13/12/2017</t>
+        </is>
+      </c>
+      <c r="G600" s="3" t="inlineStr">
+        <is>
+          <t>021/2017</t>
+        </is>
+      </c>
+      <c r="H600" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE LOCOMOÇÃO E HOSPEDAGENS</t>
+        </is>
+      </c>
+      <c r="M600" s="3" t="inlineStr">
+        <is>
+          <t>13/12/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="601">
+      <c r="A601" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B601" s="3" t="inlineStr">
         <is>
           <t>02</t>
         </is>
       </c>
-      <c r="C359" s="3" t="inlineStr">
+      <c r="C601" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D359" s="3" t="inlineStr">
+      <c r="D601" s="3" t="inlineStr">
         <is>
           <t>SEMAD</t>
         </is>
       </c>
-      <c r="E359" s="3" t="inlineStr">
+      <c r="E601" s="3" t="inlineStr">
         <is>
           <t>063/2021</t>
         </is>
       </c>
-      <c r="F359" s="3" t="inlineStr">
+      <c r="F601" s="3" t="inlineStr">
         <is>
           <t>05/08/2021</t>
         </is>
       </c>
-      <c r="G359" s="3" t="inlineStr">
+      <c r="G601" s="3" t="inlineStr">
         <is>
           <t>EDITAL DO PREGÃO SRP Nº 02/2020 - CMA - 1ª BDA INF SL</t>
         </is>
       </c>
-      <c r="H359" s="3" t="inlineStr">
+      <c r="H601" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MOBILIÁRIOS, CONFORME ESPECIFICAÇÕES E QUANTITATIVOS ESTABELECIDOS NO TERMO DE REFERÊNCIA.</t>
         </is>
       </c>
-      <c r="I359" s="3" t="inlineStr">
+      <c r="I601" s="3" t="inlineStr">
         <is>
           <t>22/06/2021</t>
         </is>
       </c>
-      <c r="J359" s="3" t="inlineStr">
+      <c r="J601" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO DE ANANINDEUA/SEMAD</t>
         </is>
       </c>
-      <c r="M359" s="3" t="inlineStr">
+      <c r="M601" s="3" t="inlineStr">
         <is>
           <t>05/08/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="360">
-[...5 lines deleted...]
-      <c r="C360" s="3" t="inlineStr">
+    <row outlineLevel="0" r="602">
+      <c r="A602" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B602" s="3" t="inlineStr">
+        <is>
+          <t>023</t>
+        </is>
+      </c>
+      <c r="C602" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D602" s="3" t="inlineStr">
+        <is>
+          <t>FMS</t>
+        </is>
+      </c>
+      <c r="E602" s="3" t="inlineStr">
+        <is>
+          <t>16597</t>
+        </is>
+      </c>
+      <c r="F602" s="3" t="inlineStr">
+        <is>
+          <t>13/09/2023</t>
+        </is>
+      </c>
+      <c r="G602" s="3" t="inlineStr">
+        <is>
+          <t>#EDITAL Nº023/2021</t>
+        </is>
+      </c>
+      <c r="H602" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE AGENCIAMENTO DE VIAGENS,DE FORMA CONTINUADA,COMPREENDENDO O SISTEMA DE GESTÃO PARA A SOLICITAÇÃO DE PASSAGENS...</t>
+        </is>
+      </c>
+      <c r="I602" s="3" t="inlineStr">
+        <is>
+          <t>18/07/2023</t>
+        </is>
+      </c>
+      <c r="J602" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº017/2022-SEPLAD/DGL/SRP Nº023/2021 ATA DEREGISTRO DE PREÇOS Nº017/2022</t>
+        </is>
+      </c>
+      <c r="M602" s="3" t="inlineStr">
+        <is>
+          <t>13/09/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="603">
+      <c r="A603" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C603" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D360" s="3" t="inlineStr">
+      <c r="D603" s="3" t="inlineStr">
         <is>
           <t>SESAU</t>
         </is>
       </c>
-      <c r="E360" s="3" t="inlineStr">
+      <c r="E603" s="3" t="inlineStr">
         <is>
           <t>3921</t>
         </is>
       </c>
-      <c r="F360" s="3" t="inlineStr">
+      <c r="F603" s="3" t="inlineStr">
         <is>
           <t>05/08/2020</t>
         </is>
       </c>
-      <c r="G360" s="3" t="inlineStr">
+      <c r="G603" s="3" t="inlineStr">
         <is>
           <t>Nº003.2019 (ADESÃO A ATA DE REGISTRO DE PREÇO)</t>
         </is>
       </c>
-      <c r="H360" s="3" t="inlineStr">
+      <c r="H603" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (LIMPEZA E HIGIENE), PARA ATENDER AS DEMANDAS DA ATENÇÃO BÁSICA, MELHOR EM CASA,VIGILÂNCIA EM SAÚDE,DE ACORDO COM AS ESPECIFICAÇÔES DO TERMO DE REFERÊNCIA</t>
         </is>
       </c>
-      <c r="M360" s="3" t="inlineStr">
+      <c r="M603" s="3" t="inlineStr">
         <is>
           <t>05/08/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="361">
-[...5 lines deleted...]
-      <c r="B361" s="3" t="inlineStr">
+    <row outlineLevel="0" r="604">
+      <c r="A604" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C604" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D604" s="3" t="inlineStr">
+        <is>
+          <t>SEMA</t>
+        </is>
+      </c>
+      <c r="E604" s="3" t="inlineStr">
+        <is>
+          <t>082/2020 SEMA/PMA</t>
+        </is>
+      </c>
+      <c r="F604" s="3" t="inlineStr">
+        <is>
+          <t>13/08/2020</t>
+        </is>
+      </c>
+      <c r="G604" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATO ADMINISTRATIVO Nº 004/2020 SEMA/PMA</t>
+        </is>
+      </c>
+      <c r="H604" s="3" t="inlineStr">
+        <is>
+          <t>PRESTAÇÃO DE SERVIÇOS CONTÍNUOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA DE MATERIAIS PERMANENTES DE REFRIGERAÇÃO COM INSTALAÇÃO, DESINSTALAÇÃO E FORNECIMENTO DE PEÇAS E ELEMENTOS DE MANUTENÇÃO, BEM COMO INDICAÇÃO DE CORREÇÃO DE CIRCUITOS ELÉTRICOS DA SE</t>
+        </is>
+      </c>
+      <c r="M604" s="3" t="inlineStr">
+        <is>
+          <t>13/08/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="605">
+      <c r="A605" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B605" s="3" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
-      <c r="C361" s="3" t="inlineStr">
+      <c r="C605" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D361" s="3" t="inlineStr">
+      <c r="D605" s="3" t="inlineStr">
         <is>
           <t>SEPOF</t>
         </is>
       </c>
-      <c r="E361" s="3" t="inlineStr">
+      <c r="E605" s="3" t="inlineStr">
         <is>
           <t>614/2021</t>
         </is>
       </c>
-      <c r="F361" s="3" t="inlineStr">
+      <c r="F605" s="3" t="inlineStr">
         <is>
           <t>05/07/2021</t>
         </is>
       </c>
-      <c r="G361" s="3" t="inlineStr">
+      <c r="G605" s="3" t="inlineStr">
         <is>
           <t>SRP Nº 011/202.PMA.SESAU</t>
         </is>
       </c>
-      <c r="H361" s="3" t="inlineStr">
+      <c r="H605" s="3" t="inlineStr">
         <is>
           <t>ADESAO A ATA DE REGISTRO DE PRECO, RELATIVA AP PREGAO SRP Nº 011/2020.PMA.SESAU, CUJO OBJETO E AQUISIÇÃO DE MATERIAL DE CONSUMO (EXPEDIENTE), PARA ATENDER AS NECESSIDADES DESTA SEPOF</t>
         </is>
       </c>
-      <c r="I361" s="3" t="inlineStr">
+      <c r="I605" s="3" t="inlineStr">
         <is>
           <t>05/07/2021</t>
         </is>
       </c>
-      <c r="J361" s="3" t="inlineStr">
+      <c r="J605" s="3" t="inlineStr">
         <is>
           <t>SEPOF - SECRETARIA MUNICIPAL DE PLANEJAMENTO, ORÇAMENTO E FINANÇAS</t>
         </is>
       </c>
-      <c r="M361" s="3" t="inlineStr">
+      <c r="M605" s="3" t="inlineStr">
         <is>
           <t>05/07/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="362">
-[...5 lines deleted...]
-      <c r="C362" s="3" t="inlineStr">
+    <row outlineLevel="0" r="606">
+      <c r="A606" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C606" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D606" s="3" t="inlineStr">
+        <is>
+          <t>SEMA</t>
+        </is>
+      </c>
+      <c r="E606" s="3" t="inlineStr">
+        <is>
+          <t>nº 076/2020 SEMA/PMA</t>
+        </is>
+      </c>
+      <c r="F606" s="3" t="inlineStr">
+        <is>
+          <t>13/08/2020</t>
+        </is>
+      </c>
+      <c r="G606" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATO ADMINISTRATIVO Nº 005/2020 SEMA/PMA</t>
+        </is>
+      </c>
+      <c r="H606" s="3" t="inlineStr">
+        <is>
+          <t>LOCAÇÃO DE MAQUINAS MULTIFUNCIONAIS E IMPRESSORA MONOCROMÁTICA, COM FORNECIMENTO DE PEÇAS, MANUTENÇÃO PREVENTIVA E CORRETIVA, SUPRIMENTOS E CONSUMÍVEIS, EXCETO PAPEL</t>
+        </is>
+      </c>
+      <c r="M606" s="3" t="inlineStr">
+        <is>
+          <t>13/08/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="607">
+      <c r="A607" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C607" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D362" s="3" t="inlineStr">
+      <c r="D607" s="3" t="inlineStr">
         <is>
           <t>SESDS</t>
         </is>
       </c>
-      <c r="E362" s="3" t="inlineStr">
+      <c r="E607" s="3" t="inlineStr">
         <is>
           <t> Nº 041/2021-SESDS</t>
         </is>
       </c>
-      <c r="F362" s="3" t="inlineStr">
+      <c r="F607" s="3" t="inlineStr">
         <is>
           <t>05/07/2021</t>
         </is>
       </c>
-      <c r="G362" s="3" t="inlineStr">
+      <c r="G607" s="3" t="inlineStr">
         <is>
           <t>EDITAL SISTEMA DE REGISTRO DE PREÇOS PREGÃO ELETRÔNICO Nº 2020.002.PMA.SEMCAT</t>
         </is>
       </c>
-      <c r="H362" s="3" t="inlineStr">
+      <c r="H607" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIMENTO DE MATERIAIS DE CONSUMO DIVERSOS, DOS TIPOS: HIGIENE PESSOAL, PRODUTOS DE LIMPEZA, MATERIAL DE EXPEDIENTE E MATERIAL PEDAGÓGICO, PARA SUPRIR A DEMANDA DAS UNIDADES ADMINISTRADAS</t>
         </is>
       </c>
-      <c r="M362" s="3" t="inlineStr">
+      <c r="M607" s="3" t="inlineStr">
         <is>
           <t>05/07/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="363">
-[...5 lines deleted...]
-      <c r="C363" s="3" t="inlineStr">
+    <row outlineLevel="0" r="608">
+      <c r="A608" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C608" s="3" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="D363" s="3" t="inlineStr">
+      <c r="D608" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E608" s="3" t="inlineStr">
+        <is>
+          <t>2017/07/10188</t>
+        </is>
+      </c>
+      <c r="F608" s="3" t="inlineStr">
+        <is>
+          <t>13/07/2017</t>
+        </is>
+      </c>
+      <c r="G608" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL Nº 004/2017-CMA</t>
+        </is>
+      </c>
+      <c r="H608" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL DE LIMPEZA E HIGIENIZAÇÃO E PRODUTOS DESCARTÁVEIS, PARA ATENDER AS NECESSIDADES DESTA SEMAD, PELO PERÍODO DE 12 (DOZE) MESES.</t>
+        </is>
+      </c>
+      <c r="M608" s="3" t="inlineStr">
+        <is>
+          <t>13/07/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="609">
+      <c r="A609" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C609" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D609" s="3" t="inlineStr">
         <is>
           <t>SEGEF</t>
         </is>
       </c>
-      <c r="E363" s="3" t="inlineStr">
+      <c r="E609" s="3" t="inlineStr">
         <is>
           <t>2017/01/001060</t>
         </is>
       </c>
-      <c r="F363" s="3" t="inlineStr">
+      <c r="F609" s="3" t="inlineStr">
         <is>
           <t>05/07/2017</t>
         </is>
       </c>
-      <c r="G363" s="3" t="inlineStr">
+      <c r="G609" s="3" t="inlineStr">
         <is>
           <t>SRP.2016.003.SEMCAT.PMA</t>
         </is>
       </c>
-      <c r="H363" s="3" t="inlineStr">
+      <c r="H609" s="3" t="inlineStr">
         <is>
           <t>LOCAÇÃO DE VEÍCULOS MENSAL COM QUILOMETRAGEM LIVRE (SEM MOTORISTA E SEM COMBUSTÍVEL) PARA ATENDER AS FINALIDADES DA SECRETARIA MUNICIPAL DE GESTÃO FAZENDÁRIA -SEGEF</t>
         </is>
       </c>
-      <c r="M363" s="3" t="inlineStr">
+      <c r="M609" s="3" t="inlineStr">
         <is>
           <t>05/07/2017</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="364">
-[...5 lines deleted...]
-      <c r="C364" s="3" t="inlineStr">
+    <row outlineLevel="0" r="610">
+      <c r="A610" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C610" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D610" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E610" s="3" t="inlineStr">
+        <is>
+          <t> Nº 021/2021 - SESAN/PMA</t>
+        </is>
+      </c>
+      <c r="F610" s="3" t="inlineStr">
+        <is>
+          <t>13/04/2021</t>
+        </is>
+      </c>
+      <c r="G610" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº 036/2020 - PMSIP - PREFEITURA MUNICIPAL DE SANTA IZABEL DO PARÁ</t>
+        </is>
+      </c>
+      <c r="H610" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS ATRAVÉS DE SISTEMA DE REGISTRO DE PREÇO.</t>
+        </is>
+      </c>
+      <c r="M610" s="3" t="inlineStr">
+        <is>
+          <t>13/04/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="611">
+      <c r="A611" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C611" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D364" s="3" t="inlineStr">
+      <c r="D611" s="3" t="inlineStr">
         <is>
           <t>SEGOV</t>
         </is>
       </c>
-      <c r="E364" s="3" t="inlineStr">
+      <c r="E611" s="3" t="inlineStr">
         <is>
           <t>018/2018</t>
         </is>
       </c>
-      <c r="F364" s="3" t="inlineStr">
+      <c r="F611" s="3" t="inlineStr">
         <is>
           <t>05/06/2018</t>
         </is>
       </c>
-      <c r="G364" s="3" t="inlineStr">
+      <c r="G611" s="3" t="inlineStr">
         <is>
           <t>SRP.002/2017/PMA/SEMED</t>
         </is>
       </c>
-      <c r="H364" s="3" t="inlineStr">
+      <c r="H611" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL DE CONSUMO ( EXPEDIENTE) PARA ATENDER AS NECESSIDADES DA SEGOV E IEGA.</t>
         </is>
       </c>
-      <c r="M364" s="3" t="inlineStr">
+      <c r="M611" s="3" t="inlineStr">
         <is>
           <t>05/06/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="365">
-[...5 lines deleted...]
-      <c r="B365" s="3" t="inlineStr">
+    <row outlineLevel="0" r="612">
+      <c r="A612" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C612" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D612" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E612" s="3" t="inlineStr">
+        <is>
+          <t>2018.02.036.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F612" s="3" t="inlineStr">
+        <is>
+          <t>13/04/2018</t>
+        </is>
+      </c>
+      <c r="G612" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL PARA REGISTRO DE PREÇOS Nº SRP.2017.007.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H612" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE MATERIAL GRÁFICO.</t>
+        </is>
+      </c>
+      <c r="M612" s="3" t="inlineStr">
+        <is>
+          <t>13/04/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="613">
+      <c r="A613" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B613" s="3" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="C613" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D613" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E613" s="3" t="inlineStr">
+        <is>
+          <t>9.319/2022</t>
+        </is>
+      </c>
+      <c r="F613" s="3" t="inlineStr">
+        <is>
+          <t>12/01/2023</t>
+        </is>
+      </c>
+      <c r="G613" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP N° 9/2022-14 SEMAD/PMA</t>
+        </is>
+      </c>
+      <c r="H613" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE PESSOA JURÍDICA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE LOCAÇÃO DE VEÍCULOS, SEM CONDUTOR E SEM LIMITE DE QUILOMETRAGEM, PARA ATENDERMOS AS NECESSIDADES DA SECRETARIA MUNICIPAL DE GESTÃO FAZENDÁRIA - SEGEF._x000d_
+</t>
+        </is>
+      </c>
+      <c r="I613" s="3" t="inlineStr">
+        <is>
+          <t>22/08/2022</t>
+        </is>
+      </c>
+      <c r="J613" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICPAL DE GESTÃO FAZENDÁRIA</t>
+        </is>
+      </c>
+      <c r="M613" s="3" t="inlineStr">
+        <is>
+          <t>13/01/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="614">
+      <c r="A614" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B614" s="3" t="inlineStr">
+        <is>
+          <t>024</t>
+        </is>
+      </c>
+      <c r="C614" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D614" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E614" s="3" t="inlineStr">
+        <is>
+          <t>2021.10.085.GP.PMA</t>
+        </is>
+      </c>
+      <c r="F614" s="3" t="inlineStr">
+        <is>
+          <t>23/12/2021</t>
+        </is>
+      </c>
+      <c r="H614" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE PESSOA JURÍDICA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE SISTEMA DE GESTÃO DE ABASTECIMENTO DE COMBUSTÍVEL, CUSTOMIZADO E GERIDO PELA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, COM FORNECIMENTO DE VALES COMBUSTÍVEL UTILIZANDO CARTÃO FÍSICO OU DIGITA</t>
+        </is>
+      </c>
+      <c r="I614" s="3" t="inlineStr">
+        <is>
+          <t>13/07/2021</t>
+        </is>
+      </c>
+      <c r="J614" s="3" t="inlineStr">
+        <is>
+          <t>SALA DA COMISSÃO PERMANENTE DE LICITAÇÃO - CPL, NO PRÉDIO SEDE DA PREFEITURA MUNICIPAL DE ANANINDEUA, SITUADO NA AV. MAGALHÃES BARATA, Nº1515 ( BR 316</t>
+        </is>
+      </c>
+      <c r="M614" s="3" t="inlineStr">
+        <is>
+          <t>13/01/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="615">
+      <c r="A615" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B615" s="3" t="inlineStr">
+        <is>
+          <t>021</t>
+        </is>
+      </c>
+      <c r="C615" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D615" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E615" s="3" t="inlineStr">
+        <is>
+          <t>047/2021</t>
+        </is>
+      </c>
+      <c r="F615" s="3" t="inlineStr">
+        <is>
+          <t>01/12/2021</t>
+        </is>
+      </c>
+      <c r="H615" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO DE EQUIPAMENTOS DE INFORMÁTICA INCLUINDO INSTALAÇÃO E MANUTENÇÃO</t>
+        </is>
+      </c>
+      <c r="I615" s="3" t="inlineStr">
+        <is>
+          <t>14/05/2021</t>
+        </is>
+      </c>
+      <c r="J615" s="3" t="inlineStr">
+        <is>
+          <t>WWW.PORTALDECOMPRASPUBLICAS.COM.BR</t>
+        </is>
+      </c>
+      <c r="M615" s="3" t="inlineStr">
+        <is>
+          <t>13/01/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="616">
+      <c r="A616" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B616" s="3" t="inlineStr">
+        <is>
+          <t>406</t>
+        </is>
+      </c>
+      <c r="C616" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D616" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E616" s="3" t="inlineStr">
+        <is>
+          <t> 406/2021</t>
+        </is>
+      </c>
+      <c r="F616" s="3" t="inlineStr">
+        <is>
+          <t>01/12/2021</t>
+        </is>
+      </c>
+      <c r="H616" s="3" t="inlineStr">
+        <is>
+          <t>O OBJETO DA PRESENTE LICITAÇÃO É O REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATAÇÃO DE PESSOA JURÍDICA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE SANITIZAÇÃO PARA ATENDER ÀS NECESSIDADES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DE ANANINDEUA/PA</t>
+        </is>
+      </c>
+      <c r="I616" s="3" t="inlineStr">
+        <is>
+          <t>18/09/2020</t>
+        </is>
+      </c>
+      <c r="J616" s="3" t="inlineStr">
+        <is>
+          <t> HTTPS://WWW.GOV.BR/COMPRAS/PT-BR/SISTEMAS/COMPRASNET-SIASG</t>
+        </is>
+      </c>
+      <c r="M616" s="3" t="inlineStr">
+        <is>
+          <t>13/01/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="617">
+      <c r="A617" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B617" s="3" t="inlineStr">
+        <is>
+          <t>018</t>
+        </is>
+      </c>
+      <c r="C617" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D617" s="3" t="inlineStr">
+        <is>
+          <t>FMS</t>
+        </is>
+      </c>
+      <c r="E617" s="3" t="inlineStr">
+        <is>
+          <t>9981/2021</t>
+        </is>
+      </c>
+      <c r="F617" s="3" t="inlineStr">
+        <is>
+          <t>23/11/2021</t>
+        </is>
+      </c>
+      <c r="H617" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MEDICAMENTOS EM GERAL, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE</t>
+        </is>
+      </c>
+      <c r="I617" s="3" t="inlineStr">
+        <is>
+          <t>09/11/2021</t>
+        </is>
+      </c>
+      <c r="J617" s="3" t="inlineStr">
+        <is>
+          <t>WWW.PORTALDECOMPRASPUBLICAS.COM.BR</t>
+        </is>
+      </c>
+      <c r="M617" s="3" t="inlineStr">
+        <is>
+          <t>13/01/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="618">
+      <c r="A618" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B618" s="3" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
-      <c r="C365" s="3" t="inlineStr">
+      <c r="C618" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D365" s="3" t="inlineStr">
+      <c r="D618" s="3" t="inlineStr">
         <is>
           <t>SESAN</t>
         </is>
       </c>
-      <c r="E365" s="3" t="inlineStr">
+      <c r="E618" s="3" t="inlineStr">
         <is>
           <t>PROCESSO ADMINISTRATIVO Nº 2161/2023 SESAN/PMA</t>
         </is>
       </c>
-      <c r="F365" s="3" t="inlineStr">
+      <c r="F618" s="3" t="inlineStr">
         <is>
           <t>03/04/2023</t>
         </is>
       </c>
-      <c r="G365" s="3" t="inlineStr">
+      <c r="G618" s="3" t="inlineStr">
         <is>
           <t>#PREGÃO ELETRÔNIC SRP Nº029/2022 /PMC</t>
         </is>
       </c>
-      <c r="H365" s="3" t="inlineStr">
+      <c r="H618" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIMENTO DE SOLUÇÃO DE OUTSOURCING DE TECNOLOGIA DA INFORMAÇÃO/TI, COMPREENDENDO A CESSÃO DE DIREITO DE USO DE EQUIPAMENTOS (PRIMEIRO USO), INCLUINDO A PRESTAÇÃO DE SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIV</t>
         </is>
       </c>
-      <c r="I365" s="3" t="inlineStr">
+      <c r="I618" s="3" t="inlineStr">
         <is>
           <t>03/04/2023</t>
         </is>
       </c>
-      <c r="J365" s="3" t="inlineStr">
+      <c r="J618" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA DE SANEAMENTO E INFRAESTRUTURA TV SN 17, S/N CONJUNTO CIDADE NOVA II</t>
         </is>
       </c>
-      <c r="M365" s="3" t="inlineStr">
+      <c r="M618" s="3" t="inlineStr">
         <is>
           <t>05/04/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="366">
-[...5 lines deleted...]
-      <c r="C366" s="3" t="inlineStr">
+    <row outlineLevel="0" r="619">
+      <c r="A619" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C619" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D366" s="3" t="inlineStr">
+      <c r="D619" s="3" t="inlineStr">
         <is>
           <t>SEGEF</t>
         </is>
       </c>
-      <c r="E366" s="3" t="inlineStr">
+      <c r="E619" s="3" t="inlineStr">
         <is>
           <t>2020/01/000003-SEGEF</t>
         </is>
       </c>
-      <c r="F366" s="3" t="inlineStr">
+      <c r="F619" s="3" t="inlineStr">
         <is>
           <t>05/03/2020</t>
         </is>
       </c>
-      <c r="G366" s="3" t="inlineStr">
+      <c r="G619" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIAL POR SRP N° 2019.002.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H366" s="3" t="inlineStr">
+      <c r="H619" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS CONTINUADOS DE LOCAÇÃO DE IMPRESSORAS E MULTIFUNCIONAIS PARA ATENDER AS DEMANDAS DA PROCURADORIA GERAL DO MUNICÍPIO E DA COMISSÃO PERMANENTE DE LICITAÇÃO, COMPREENDENDO A PRESTAÇÃO DE SERV</t>
         </is>
       </c>
-      <c r="M366" s="3" t="inlineStr">
+      <c r="M619" s="3" t="inlineStr">
         <is>
           <t>05/03/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="367">
-[...5 lines deleted...]
-      <c r="C367" s="3" t="inlineStr">
+    <row outlineLevel="0" r="620">
+      <c r="A620" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C620" s="3" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="D367" s="3" t="inlineStr">
+      <c r="D620" s="3" t="inlineStr">
         <is>
           <t>SEPOF</t>
         </is>
       </c>
-      <c r="E367" s="3" t="inlineStr">
+      <c r="E620" s="3" t="inlineStr">
         <is>
           <t>2017.002.PMA.SEMED	 ADE</t>
         </is>
       </c>
-      <c r="F367" s="3" t="inlineStr">
+      <c r="F620" s="3" t="inlineStr">
         <is>
           <t>05/03/2018</t>
         </is>
       </c>
-      <c r="H367" s="3" t="inlineStr">
+      <c r="H620" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO (EXPEDIENTE) PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE PLANEJAMENTO, ORÇAMENTO E FINANÇAS.</t>
         </is>
       </c>
-      <c r="M367" s="3" t="inlineStr">
+      <c r="M620" s="3" t="inlineStr">
         <is>
           <t>05/03/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="368">
-[...5 lines deleted...]
-      <c r="C368" s="3" t="inlineStr">
+    <row outlineLevel="0" r="621">
+      <c r="A621" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B621" s="3" t="inlineStr">
+        <is>
+          <t>089</t>
+        </is>
+      </c>
+      <c r="C621" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D621" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E621" s="3" t="inlineStr">
+        <is>
+          <t>5716</t>
+        </is>
+      </c>
+      <c r="F621" s="3" t="inlineStr">
+        <is>
+          <t>18/11/2021</t>
+        </is>
+      </c>
+      <c r="H621" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MOBILIÁRIOS DE ESCRITÓRIO</t>
+        </is>
+      </c>
+      <c r="I621" s="3" t="inlineStr">
+        <is>
+          <t>30/09/2020</t>
+        </is>
+      </c>
+      <c r="J621" s="3" t="inlineStr">
+        <is>
+          <t> WWW.COMPRASNET.GOV.BR</t>
+        </is>
+      </c>
+      <c r="M621" s="3" t="inlineStr">
+        <is>
+          <t>13/01/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="622">
+      <c r="A622" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B622" s="3" t="inlineStr">
+        <is>
+          <t>009</t>
+        </is>
+      </c>
+      <c r="C622" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D622" s="3" t="inlineStr">
+        <is>
+          <t>SECULT</t>
+        </is>
+      </c>
+      <c r="E622" s="3" t="inlineStr">
+        <is>
+          <t>12.955/2022 - SECULT</t>
+        </is>
+      </c>
+      <c r="F622" s="3" t="inlineStr">
+        <is>
+          <t>12/12/2022</t>
+        </is>
+      </c>
+      <c r="G622" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇO 009/2022 - FCP - PREGÃO SRP Nº 007/2021 PE Nº 014/2021</t>
+        </is>
+      </c>
+      <c r="H622" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE ESTRUTURA PARA EVENTOS.</t>
+        </is>
+      </c>
+      <c r="I622" s="3" t="inlineStr">
+        <is>
+          <t>06/12/2022</t>
+        </is>
+      </c>
+      <c r="J622" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE CULTURA</t>
+        </is>
+      </c>
+      <c r="K622" s="3" t="inlineStr">
+        <is>
+          <t>MICHEL TOBIAS BARBOSA (Titular) VIVIAN MELO DOS SANTOS (Suplente)</t>
+        </is>
+      </c>
+      <c r="M622" s="3" t="inlineStr">
+        <is>
+          <t>12/12/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="623">
+      <c r="A623" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C623" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D623" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E623" s="3" t="inlineStr">
+        <is>
+          <t>035/2017 - SESAN</t>
+        </is>
+      </c>
+      <c r="F623" s="3" t="inlineStr">
+        <is>
+          <t>12/12/2017</t>
+        </is>
+      </c>
+      <c r="G623" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 2017.002.SEMED.PMA</t>
+        </is>
+      </c>
+      <c r="H623" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAIS DE EXPEDIENTE - SRP</t>
+        </is>
+      </c>
+      <c r="M623" s="3" t="inlineStr">
+        <is>
+          <t>12/12/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="624">
+      <c r="A624" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C624" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D624" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E624" s="3" t="inlineStr">
+        <is>
+          <t>3668/2018/SEMED</t>
+        </is>
+      </c>
+      <c r="F624" s="3" t="inlineStr">
+        <is>
+          <t>12/11/2019</t>
+        </is>
+      </c>
+      <c r="G624" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL - SISTEMA DE REGISTRO DE PREÇOS - PREGÃO ELETRÔNICON°.2019.001.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H624" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (CAFÉ, AÇÚCAR, LEITE, ADOÇANTE, FILTRO), PARA ATENDER AS NECESSIDADES DA SECRETARIA DE SEGURANÇA E DA GUARDA CIVIL MUNICIPAL DE ANANINDEUA.</t>
+        </is>
+      </c>
+      <c r="M624" s="3" t="inlineStr">
+        <is>
+          <t>12/11/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="625">
+      <c r="A625" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C625" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D368" s="3" t="inlineStr">
+      <c r="D625" s="3" t="inlineStr">
         <is>
           <t>CGM</t>
         </is>
       </c>
-      <c r="E368" s="3" t="inlineStr">
+      <c r="E625" s="3" t="inlineStr">
         <is>
           <t>059/2019-ADM/CGM</t>
         </is>
       </c>
-      <c r="F368" s="3" t="inlineStr">
+      <c r="F625" s="3" t="inlineStr">
         <is>
           <t>04/12/2019</t>
         </is>
       </c>
-      <c r="G368" s="3" t="inlineStr">
+      <c r="G625" s="3" t="inlineStr">
         <is>
           <t>3671/2018</t>
         </is>
       </c>
-      <c r="H368" s="3" t="inlineStr">
+      <c r="H625" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (LIMPEZA E HIGIENE)</t>
         </is>
       </c>
-      <c r="M368" s="3" t="inlineStr">
+      <c r="M625" s="3" t="inlineStr">
         <is>
           <t>04/12/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="369">
-[...5 lines deleted...]
-      <c r="C369" s="3" t="inlineStr">
+    <row outlineLevel="0" r="626">
+      <c r="A626" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B626" s="3" t="inlineStr">
+        <is>
+          <t>034</t>
+        </is>
+      </c>
+      <c r="C626" s="3" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="D626" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E626" s="3" t="inlineStr">
+        <is>
+          <t>11.709/2024 - SEMED</t>
+        </is>
+      </c>
+      <c r="G626" s="3" t="inlineStr">
+        <is>
+          <t>Ata de Registro de Preços de nº 2023-034 SEMAD/PMA</t>
+        </is>
+      </c>
+      <c r="H626" s="3" t="inlineStr">
+        <is>
+          <t>A PRESENTE LICITAÇÃO TEM COMO OBJETO A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE ÁGUA MINERAL NATURAL, PARA ATENDER ÀS NECESSIDADES DOS ÓRGÃOS E ENTIDADES DO PODER EXECUTIVO MUNICIPAL, SITUADOS NO MUNICÍPIO DE ANANINDEUA.</t>
+        </is>
+      </c>
+      <c r="I626" s="3" t="inlineStr">
+        <is>
+          <t>24/04/2024</t>
+        </is>
+      </c>
+      <c r="J626" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO - SEMED</t>
+        </is>
+      </c>
+      <c r="M626" s="3" t="inlineStr">
+        <is>
+          <t>12/09/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="627">
+      <c r="A627" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C627" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D369" s="3" t="inlineStr">
+      <c r="D627" s="3" t="inlineStr">
         <is>
           <t>CGM</t>
         </is>
       </c>
-      <c r="E369" s="3" t="inlineStr">
+      <c r="E627" s="3" t="inlineStr">
         <is>
           <t>058/2019-ADM/CGM</t>
         </is>
       </c>
-      <c r="F369" s="3" t="inlineStr">
+      <c r="F627" s="3" t="inlineStr">
         <is>
           <t>04/12/2019</t>
         </is>
       </c>
-      <c r="G369" s="3" t="inlineStr">
+      <c r="G627" s="3" t="inlineStr">
         <is>
           <t>3668/2018</t>
         </is>
       </c>
-      <c r="H369" s="3" t="inlineStr">
+      <c r="H627" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (CAFÉ, AÇÚCAR, LEITE, ADOÇANTE, FILTRO)</t>
         </is>
       </c>
-      <c r="M369" s="3" t="inlineStr">
+      <c r="M627" s="3" t="inlineStr">
         <is>
           <t>04/12/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="370">
-[...5 lines deleted...]
-      <c r="C370" s="3" t="inlineStr">
+    <row outlineLevel="0" r="628">
+      <c r="A628" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B628" s="3" t="inlineStr">
+        <is>
+          <t>017</t>
+        </is>
+      </c>
+      <c r="C628" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D628" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E628" s="3" t="inlineStr">
+        <is>
+          <t>Nº 6.226/2022</t>
+        </is>
+      </c>
+      <c r="F628" s="3" t="inlineStr">
+        <is>
+          <t>12/09/2022</t>
+        </is>
+      </c>
+      <c r="G628" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 9/2021-017 SESAU</t>
+        </is>
+      </c>
+      <c r="H628" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO À ATA DE REGISTRO DE PREÇOS Nº 2021.017.001.SESAU. PMA, CUJO OBJETO É A AQUISIÇÃO DE MATERIAL DE LIMPEZA E HIGIENE.</t>
+        </is>
+      </c>
+      <c r="I628" s="3" t="inlineStr">
+        <is>
+          <t>06/09/2022</t>
+        </is>
+      </c>
+      <c r="J628" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF- SECRETARIA MUNICIPAL DE PLANEJAMENTO, ORÇAMENTO E FINANÇAS</t>
+        </is>
+      </c>
+      <c r="K628" s="3" t="inlineStr">
+        <is>
+          <t>LILIANNE MARÇAL DA SILVA</t>
+        </is>
+      </c>
+      <c r="M628" s="3" t="inlineStr">
+        <is>
+          <t>12/09/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="629">
+      <c r="A629" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C629" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D370" s="3" t="inlineStr">
+      <c r="D629" s="3" t="inlineStr">
         <is>
           <t>VICE-PREFEITURA</t>
         </is>
       </c>
-      <c r="E370" s="3" t="inlineStr">
+      <c r="E629" s="3" t="inlineStr">
         <is>
           <t>011.2019.PMA.GAB.VICE-PREFEITO</t>
         </is>
       </c>
-      <c r="F370" s="3" t="inlineStr">
+      <c r="F629" s="3" t="inlineStr">
         <is>
           <t>04/12/2019</t>
         </is>
       </c>
-      <c r="G370" s="3" t="inlineStr">
+      <c r="G629" s="3" t="inlineStr">
         <is>
           <t>P.PP.2019.001.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="H370" s="3" t="inlineStr">
+      <c r="H629" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO SERVIÇO DE FORNECIMENTO DE VALE COMBUSTÍVEL, TIPO IMPRESSO.</t>
         </is>
       </c>
-      <c r="M370" s="3" t="inlineStr">
+      <c r="M629" s="3" t="inlineStr">
         <is>
           <t>04/12/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="371">
-[...5 lines deleted...]
-      <c r="C371" s="3" t="inlineStr">
+    <row outlineLevel="0" r="630">
+      <c r="A630" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C630" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D371" s="3" t="inlineStr">
+      <c r="D630" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E371" s="3" t="inlineStr">
+      <c r="E630" s="3" t="inlineStr">
+        <is>
+          <t>2018.05.087.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F630" s="3" t="inlineStr">
+        <is>
+          <t>12/09/2018</t>
+        </is>
+      </c>
+      <c r="G630" s="3" t="inlineStr">
+        <is>
+          <t>SRP.PP.001.2018.CMA</t>
+        </is>
+      </c>
+      <c r="H630" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO E INSTALAÇÃO DE EQUIPAMENTOS PARA IMPLANTAÇÃO DE SISTEMA DE SEGURANÇA ELETRÔNICA COM ACESSO REMOTO NA SEDE DA SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO-SEMUTRAN.</t>
+        </is>
+      </c>
+      <c r="M630" s="3" t="inlineStr">
+        <is>
+          <t>12/09/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="631">
+      <c r="A631" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C631" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D631" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E631" s="3" t="inlineStr">
         <is>
           <t>2018.09.157.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="F371" s="3" t="inlineStr">
+      <c r="F631" s="3" t="inlineStr">
         <is>
           <t>04/12/2018</t>
         </is>
       </c>
-      <c r="G371" s="3" t="inlineStr">
+      <c r="G631" s="3" t="inlineStr">
         <is>
           <t>ATA DE REGISTRO DE PREÇOS Nº 2018.006.SEMCAT.PMA</t>
         </is>
       </c>
-      <c r="H371" s="3" t="inlineStr">
+      <c r="H631" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM FORNECIMENTO DE GÁS LIQUEFEITO ENVASADO EM BOTIJÃO DE 13KG (SOMENTE O GÁS), ÁGUA MINERAL ENVASADA EM GARRAFÃO DE 20 LITROS (SOMENTE LÍQUIDO) E ÁGUA MINERAL 200ML, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNI</t>
         </is>
       </c>
-      <c r="M371" s="3" t="inlineStr">
+      <c r="M631" s="3" t="inlineStr">
         <is>
           <t>04/12/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="372">
-[...5 lines deleted...]
-      <c r="C372" s="3" t="inlineStr">
+    <row outlineLevel="0" r="632">
+      <c r="A632" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B632" s="3" t="inlineStr">
+        <is>
+          <t>031</t>
+        </is>
+      </c>
+      <c r="C632" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D632" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E632" s="3" t="inlineStr">
+        <is>
+          <t>779/2022</t>
+        </is>
+      </c>
+      <c r="F632" s="3" t="inlineStr">
+        <is>
+          <t>12/08/2022</t>
+        </is>
+      </c>
+      <c r="G632" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº 031/2021</t>
+        </is>
+      </c>
+      <c r="H632" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE AREIA, ARGILA, ATERRO, PEDRA BRUTA PIÇARRA E SEIXO PARA MANUTENÇÃO E RECUPERAÇÃO DA REDE DO SISTEMA DE DRENAGEM DAS VIAS PÚBLICAS DO MUNICÍPIO DE ANANINDEUA.</t>
+        </is>
+      </c>
+      <c r="I632" s="3" t="inlineStr">
+        <is>
+          <t>03/03/2022</t>
+        </is>
+      </c>
+      <c r="J632" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE SERVIÇOS URBANOS</t>
+        </is>
+      </c>
+      <c r="K632" s="3" t="inlineStr">
+        <is>
+          <t>Paulo Afonso de Oliveira (Titular) Augusto Farinha da Silva Neto (Titular) Ana Paula Gomes Mendonça (Titular) Victor Andrade Murilla (Suplente)</t>
+        </is>
+      </c>
+      <c r="M632" s="3" t="inlineStr">
+        <is>
+          <t>12/08/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="633">
+      <c r="A633" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C633" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D372" s="3" t="inlineStr">
+      <c r="D633" s="3" t="inlineStr">
         <is>
           <t>SECULT</t>
         </is>
       </c>
-      <c r="E372" s="3" t="inlineStr">
+      <c r="E633" s="3" t="inlineStr">
         <is>
           <t>008/2018-SECELJ</t>
         </is>
       </c>
-      <c r="F372" s="3" t="inlineStr">
+      <c r="F633" s="3" t="inlineStr">
         <is>
           <t>04/12/2018</t>
         </is>
       </c>
-      <c r="G372" s="3" t="inlineStr">
+      <c r="G633" s="3" t="inlineStr">
         <is>
           <t>SRP.2018.006-SEMCAT.PMA</t>
         </is>
       </c>
-      <c r="H372" s="3" t="inlineStr">
+      <c r="H633" s="3" t="inlineStr">
         <is>
           <t>FORNECIMENTO DE GÁS LIQUEFEITO, AGUA DE 200ML E BUJÃO DE ÁGUA DE 20L</t>
         </is>
       </c>
-      <c r="M372" s="3" t="inlineStr">
+      <c r="M633" s="3" t="inlineStr">
         <is>
           <t>04/12/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="373">
-[...5 lines deleted...]
-      <c r="C373" s="3" t="inlineStr">
+    <row outlineLevel="0" r="634">
+      <c r="A634" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C634" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D373" s="3" t="inlineStr">
+      <c r="D634" s="3" t="inlineStr">
         <is>
           <t>SEMA</t>
         </is>
       </c>
-      <c r="E373" s="3" t="inlineStr">
+      <c r="E634" s="3" t="inlineStr">
         <is>
           <t>114/2019-SEMA/PMA</t>
         </is>
       </c>
-      <c r="F373" s="3" t="inlineStr">
+      <c r="F634" s="3" t="inlineStr">
         <is>
           <t>04/11/2019</t>
         </is>
       </c>
-      <c r="G373" s="3" t="inlineStr">
+      <c r="G634" s="3" t="inlineStr">
         <is>
           <t>CONTRATO ADMINISTRATIVO Nº 009/2019-SEMA/PMA</t>
         </is>
       </c>
-      <c r="H373" s="3" t="inlineStr">
+      <c r="H634" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL DE CONSUMO (LIMPEZA E HIGIÊNE)</t>
         </is>
       </c>
-      <c r="M373" s="3" t="inlineStr">
+      <c r="M634" s="3" t="inlineStr">
         <is>
           <t>04/11/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="374">
-[...5 lines deleted...]
-      <c r="B374" s="3" t="inlineStr">
+    <row outlineLevel="0" r="635">
+      <c r="A635" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C635" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D635" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E635" s="3" t="inlineStr">
+        <is>
+          <t>2021.03.037.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F635" s="3" t="inlineStr">
+        <is>
+          <t>12/08/2021</t>
+        </is>
+      </c>
+      <c r="G635" s="3" t="inlineStr">
+        <is>
+          <t>Nº SRPE 2020.002.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H635" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIMENTO DE MATERIAIS DE CONSUMO DIVERSOS: PRODUTOS DE LIMPEZA E MATERIAL DE EXPEDIENTE, PARA SUPRIR AS DEMANDAS DA SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO DO MUNICÍPIO DE ANANINDEUA/PA.</t>
+        </is>
+      </c>
+      <c r="M635" s="3" t="inlineStr">
+        <is>
+          <t>12/08/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="636">
+      <c r="A636" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B636" s="3" t="inlineStr">
         <is>
           <t>050</t>
         </is>
       </c>
-      <c r="C374" s="3" t="inlineStr">
+      <c r="C636" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D374" s="3" t="inlineStr">
+      <c r="D636" s="3" t="inlineStr">
         <is>
           <t>SEHAB</t>
         </is>
       </c>
-      <c r="E374" s="3" t="inlineStr">
+      <c r="E636" s="3" t="inlineStr">
         <is>
           <t>6.727/2022</t>
         </is>
       </c>
-      <c r="F374" s="3" t="inlineStr">
+      <c r="F636" s="3" t="inlineStr">
         <is>
           <t>04/10/2022</t>
         </is>
       </c>
-      <c r="G374" s="3" t="inlineStr">
+      <c r="G636" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO Nº 050/2021</t>
         </is>
       </c>
-      <c r="H374" s="3" t="inlineStr">
+      <c r="H636" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAIS DE LIMPEZA E PRODUTOS DE HIGIENIZAÇÃO.</t>
         </is>
       </c>
-      <c r="I374" s="3" t="inlineStr">
+      <c r="I636" s="3" t="inlineStr">
         <is>
           <t>04/10/2022</t>
         </is>
       </c>
-      <c r="J374" s="3" t="inlineStr">
+      <c r="J636" s="3" t="inlineStr">
         <is>
           <t> PORTAL DE COMPRAS DO GOVERNO FEDERAL - WWW.COMPRASGOVERNAMENTAIS.GOV.BR UNIDADE ADMINISTRATIVA DO GOVERNO FEDERAL (UASG): 980531</t>
         </is>
       </c>
-      <c r="K374" s="3" t="inlineStr">
+      <c r="K636" s="3" t="inlineStr">
         <is>
           <t>Maria Adriana Lima Oliveira</t>
         </is>
       </c>
-      <c r="M374" s="3" t="inlineStr">
+      <c r="M636" s="3" t="inlineStr">
         <is>
           <t>04/10/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="375">
-[...5 lines deleted...]
-      <c r="C375" s="3" t="inlineStr">
+    <row outlineLevel="0" r="637">
+      <c r="A637" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B637" s="3" t="inlineStr">
+        <is>
+          <t>009</t>
+        </is>
+      </c>
+      <c r="C637" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D637" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E637" s="3" t="inlineStr">
+        <is>
+          <t>PROCESSO ADMINISTRATIVO Nº 2371/2023 SESAN/PMA</t>
+        </is>
+      </c>
+      <c r="F637" s="3" t="inlineStr">
+        <is>
+          <t>12/07/2023</t>
+        </is>
+      </c>
+      <c r="G637" s="3" t="inlineStr">
+        <is>
+          <t>#PREGÃO ELETRÔNICO SRP Nº 009/2022-PMB</t>
+        </is>
+      </c>
+      <c r="H637" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM CONFECÇÃO DE MATERIAL GRÁFICO, OBJETIVANDO ATENDER AS NECESSIDADES DA SECRETARIA DE SANEAMENTO E INFRAESTRUTURA DE ANANINDEUA – SESAN/PM</t>
+        </is>
+      </c>
+      <c r="I637" s="3" t="inlineStr">
+        <is>
+          <t>06/07/2023</t>
+        </is>
+      </c>
+      <c r="J637" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA DE SANEAMENTO E INFRAESTRUTURA TV SN 17, S/N CONJUNTO CIDADE NOVA II</t>
+        </is>
+      </c>
+      <c r="M637" s="3" t="inlineStr">
+        <is>
+          <t>12/07/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="638">
+      <c r="A638" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C638" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D375" s="3" t="inlineStr">
+      <c r="D638" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E375" s="3" t="inlineStr">
+      <c r="E638" s="3" t="inlineStr">
         <is>
           <t>1128/2018</t>
         </is>
       </c>
-      <c r="F375" s="3" t="inlineStr">
+      <c r="F638" s="3" t="inlineStr">
         <is>
           <t>04/09/2018</t>
         </is>
       </c>
-      <c r="G375" s="3" t="inlineStr">
+      <c r="G638" s="3" t="inlineStr">
         <is>
           <t>Nº. 2017.003.SEMCAT.PMA</t>
         </is>
       </c>
-      <c r="H375" s="3" t="inlineStr">
+      <c r="H638" s="3" t="inlineStr">
         <is>
           <t>	 ADESÃO A ATA DE REGISTRO DE PREÇOS Nº. 2017.003.SEMCAT.PMA PARA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SERVIÇOS DE SONORIZAÇÃO E LOCAÇÃO DE TRIO ELÉTRICO DE PEQUENOS, MÉDIOS E GRANDES PORTES</t>
         </is>
       </c>
-      <c r="M375" s="3" t="inlineStr">
+      <c r="M638" s="3" t="inlineStr">
         <is>
           <t>04/09/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="376">
-[...5 lines deleted...]
-      <c r="C376" s="3" t="inlineStr">
+    <row outlineLevel="0" r="639">
+      <c r="A639" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C639" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D639" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="E639" s="3" t="inlineStr">
+        <is>
+          <t>323</t>
+        </is>
+      </c>
+      <c r="F639" s="3" t="inlineStr">
+        <is>
+          <t>12/07/2019</t>
+        </is>
+      </c>
+      <c r="G639" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL Nº020/2018</t>
+        </is>
+      </c>
+      <c r="H639" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO E INSTRUMENTAIS ODONTOLÓGICOS DESTINADOS À ORGANIZAÇÃO DOS CONSULTÓRIOS ODONTOLÓGICOS EXISTENTES NAS UNIDADES DA SECRETARIA MUNICIPAL DE SAÚDE DE ANANINDEUA</t>
+        </is>
+      </c>
+      <c r="M639" s="3" t="inlineStr">
+        <is>
+          <t>12/07/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="640">
+      <c r="A640" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C640" s="3" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="D376" s="3" t="inlineStr">
+      <c r="D640" s="3" t="inlineStr">
         <is>
           <t>SEMA</t>
         </is>
       </c>
-      <c r="F376" s="3" t="inlineStr">
+      <c r="F640" s="3" t="inlineStr">
         <is>
           <t>04/09/2017</t>
         </is>
       </c>
-      <c r="H376" s="3" t="inlineStr">
+      <c r="H640" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL PERMANENTE DO TIPO EQUIPAMENTO DE PROCESSAMENTO DE DADOS.</t>
         </is>
       </c>
-      <c r="M376" s="3" t="inlineStr">
+      <c r="M640" s="3" t="inlineStr">
         <is>
           <t>04/09/2017</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="377">
-[...5 lines deleted...]
-      <c r="C377" s="3" t="inlineStr">
+    <row outlineLevel="0" r="641">
+      <c r="A641" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B641" s="3" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="C641" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D641" s="3" t="inlineStr">
+        <is>
+          <t>FMAS</t>
+        </is>
+      </c>
+      <c r="E641" s="3" t="inlineStr">
+        <is>
+          <t>089/2022</t>
+        </is>
+      </c>
+      <c r="F641" s="3" t="inlineStr">
+        <is>
+          <t>12/06/2023</t>
+        </is>
+      </c>
+      <c r="G641" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP N°. 9/2022-034-SEMAD/PMA.</t>
+        </is>
+      </c>
+      <c r="H641" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE ÁGUA MINERAL DE 20 (VINTE) LITROS E ÁGUA MINERAL EM EMBALAGEM DE 200 (DUZENTOS) E 500 (QUINHENTOS) ML, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO</t>
+        </is>
+      </c>
+      <c r="I641" s="3" t="inlineStr">
+        <is>
+          <t>06/01/2023</t>
+        </is>
+      </c>
+      <c r="J641" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT.</t>
+        </is>
+      </c>
+      <c r="K641" s="3" t="inlineStr">
+        <is>
+          <t>ALTINEY MARISTELA FERREIRA RODRIGUES</t>
+        </is>
+      </c>
+      <c r="M641" s="3" t="inlineStr">
+        <is>
+          <t>12/06/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="642">
+      <c r="A642" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C642" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D642" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E642" s="3" t="inlineStr">
+        <is>
+          <t>416/2018-SEMCAT</t>
+        </is>
+      </c>
+      <c r="F642" s="3" t="inlineStr">
+        <is>
+          <t>12/06/2019</t>
+        </is>
+      </c>
+      <c r="G642" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL-PREGÃO PRESENCIAL PARA REGISTRO DE PREÇOS N°.SRP.2018.006.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H642" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM FORNECIMENTO DE GÁS LIQUEFEITO E ÁGUA MINERAL, PARA UM PERÍODO DE 12 (DOZE) MESES.</t>
+        </is>
+      </c>
+      <c r="M642" s="3" t="inlineStr">
+        <is>
+          <t>12/06/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="643">
+      <c r="A643" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C643" s="3" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="D377" s="3" t="inlineStr">
+      <c r="D643" s="3" t="inlineStr">
         <is>
           <t>PREFEITURA</t>
         </is>
       </c>
-      <c r="E377" s="3" t="inlineStr">
+      <c r="E643" s="3" t="inlineStr">
         <is>
           <t>2017.001.286</t>
         </is>
       </c>
-      <c r="F377" s="3" t="inlineStr">
+      <c r="F643" s="3" t="inlineStr">
         <is>
           <t>04/09/2017</t>
         </is>
       </c>
-      <c r="G377" s="3" t="inlineStr">
+      <c r="G643" s="3" t="inlineStr">
         <is>
           <t>Pregão Eletrônico nº 2017.002.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H377" s="3" t="inlineStr">
+      <c r="H643" s="3" t="inlineStr">
         <is>
           <t>1 PMA - Aquisição de Materiais de Consumo (EXPEDIENTE).</t>
         </is>
       </c>
-      <c r="M377" s="3" t="inlineStr">
+      <c r="M643" s="3" t="inlineStr">
         <is>
           <t>04/09/2017</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="378">
-[...5 lines deleted...]
-      <c r="B378" s="3" t="inlineStr">
+    <row outlineLevel="0" r="644">
+      <c r="A644" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B644" s="3" t="inlineStr">
+        <is>
+          <t>001</t>
+        </is>
+      </c>
+      <c r="C644" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D644" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E644" s="3" t="inlineStr">
+        <is>
+          <t>24/2022</t>
+        </is>
+      </c>
+      <c r="F644" s="3" t="inlineStr">
+        <is>
+          <t>04/05/2022</t>
+        </is>
+      </c>
+      <c r="H644" s="3" t="inlineStr">
+        <is>
+          <t>REGISTRO DE PREÇO PARA FUTURA, EVENTUAL E PARCELADA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO DE VEÍCULOS PESADOS EM HORAS MAQUINAS E MENSAL PARA SEREM UTILIZADAS PELA SECRETARIA MUNICIPAL DE SERVIÇOS URBANOS</t>
+        </is>
+      </c>
+      <c r="I644" s="3" t="inlineStr">
+        <is>
+          <t>23/02/2022</t>
+        </is>
+      </c>
+      <c r="J644" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE SERVIÇOS URBANOS</t>
+        </is>
+      </c>
+      <c r="M644" s="3" t="inlineStr">
+        <is>
+          <t>12/05/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="645">
+      <c r="A645" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B645" s="3" t="inlineStr">
         <is>
           <t>01</t>
         </is>
       </c>
-      <c r="C378" s="3" t="inlineStr">
+      <c r="C645" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D378" s="3" t="inlineStr">
+      <c r="D645" s="3" t="inlineStr">
         <is>
           <t>GABINETE</t>
         </is>
       </c>
-      <c r="E378" s="3" t="inlineStr">
+      <c r="E645" s="3" t="inlineStr">
         <is>
           <t>2023.05.014.GP.PMA</t>
         </is>
       </c>
-      <c r="F378" s="3" t="inlineStr">
+      <c r="F645" s="3" t="inlineStr">
         <is>
           <t>04/08/2023</t>
         </is>
       </c>
-      <c r="G378" s="3" t="inlineStr">
+      <c r="G645" s="3" t="inlineStr">
         <is>
           <t>#PREGÃO ELETRÔNICO SRP Nº 01/2023 - PMM</t>
         </is>
       </c>
-      <c r="H378" s="3" t="inlineStr">
+      <c r="H645" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL DE HIGIENE, LIMPEZA E DESCARTÁVEL.</t>
         </is>
       </c>
-      <c r="I378" s="3" t="inlineStr">
+      <c r="I645" s="3" t="inlineStr">
         <is>
           <t>06/02/2023</t>
         </is>
       </c>
-      <c r="J378" s="3" t="inlineStr">
+      <c r="J645" s="3" t="inlineStr">
         <is>
           <t>WWW.PORTALCOMPRASPUBLICAS.COM.BR</t>
         </is>
       </c>
-      <c r="M378" s="3" t="inlineStr">
+      <c r="M645" s="3" t="inlineStr">
         <is>
           <t>04/08/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="379">
-[...5 lines deleted...]
-      <c r="B379" s="3" t="inlineStr">
+    <row outlineLevel="0" r="646">
+      <c r="A646" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B646" s="3" t="inlineStr">
         <is>
           <t>019</t>
         </is>
       </c>
-      <c r="C379" s="3" t="inlineStr">
+      <c r="C646" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D379" s="3" t="inlineStr">
+      <c r="D646" s="3" t="inlineStr">
         <is>
           <t>SEGOV</t>
         </is>
       </c>
-      <c r="E379" s="3" t="inlineStr">
+      <c r="E646" s="3" t="inlineStr">
         <is>
           <t>6.629/2022.SEGOV.PMA</t>
         </is>
       </c>
-      <c r="F379" s="3" t="inlineStr">
+      <c r="F646" s="3" t="inlineStr">
         <is>
           <t>04/08/2022</t>
         </is>
       </c>
-      <c r="G379" s="3" t="inlineStr">
+      <c r="G646" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP N° 09/2021-019 SESAU/PMA</t>
         </is>
       </c>
-      <c r="H379" s="3" t="inlineStr">
+      <c r="H646" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAIS DE EXPEDIENTE E ESCRITÓRIO</t>
         </is>
       </c>
-      <c r="I379" s="3" t="inlineStr">
+      <c r="I646" s="3" t="inlineStr">
         <is>
           <t>04/08/2021</t>
         </is>
       </c>
-      <c r="J379" s="3" t="inlineStr">
+      <c r="J646" s="3" t="inlineStr">
         <is>
           <t>WWW.PORTALDECOMPRASPUBLICAS.COM.BR</t>
         </is>
       </c>
-      <c r="K379" s="3" t="inlineStr">
+      <c r="K646" s="3" t="inlineStr">
         <is>
           <t>Jamille Thayane Barbosa Pereira</t>
         </is>
       </c>
-      <c r="L379" s="3" t="inlineStr">
+      <c r="L646" s="3" t="inlineStr">
         <is>
           <t>&lt;p&gt;ADESÃO DE ATA DECORRENTE DO PREGÃO ELETRÔNICO SRP N° 09/2021-019 SESAU/PMA, QUE RESULTOU A ATA DE REGISTRO DE PREÇOS N° 2021.019.001 SESAU/PMA.&lt;/p&gt;</t>
         </is>
       </c>
-      <c r="M379" s="3" t="inlineStr">
+      <c r="M646" s="3" t="inlineStr">
         <is>
           <t>04/08/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="380">
-[...5 lines deleted...]
-      <c r="C380" s="3" t="inlineStr">
+    <row outlineLevel="0" r="647">
+      <c r="A647" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B647" s="3" t="inlineStr">
+        <is>
+          <t>001</t>
+        </is>
+      </c>
+      <c r="C647" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D380" s="3" t="inlineStr">
+      <c r="D647" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E647" s="3" t="inlineStr">
+        <is>
+          <t>2020.02.015.GP.PMA</t>
+        </is>
+      </c>
+      <c r="F647" s="3" t="inlineStr">
+        <is>
+          <t>12/05/2020</t>
+        </is>
+      </c>
+      <c r="G647" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº001.2019.CMA</t>
+        </is>
+      </c>
+      <c r="H647" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO À INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM A VELOCIDADE DE 30 MB SIMÉTRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO-A-PONTO DEDICADO, COM TAXA DE TRANSMISSÃO DE 10 GB</t>
+        </is>
+      </c>
+      <c r="I647" s="3" t="inlineStr">
+        <is>
+          <t>17/10/2019</t>
+        </is>
+      </c>
+      <c r="J647" s="3" t="inlineStr">
+        <is>
+          <t>CÂMARA MUNICIPAL DE ANANINDEUA, RUA ZACARIAS DE ASSUNÇÃO, Nº134, CENTRO, ANANINDEUA-PARÁ.</t>
+        </is>
+      </c>
+      <c r="M647" s="3" t="inlineStr">
+        <is>
+          <t>12/05/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="648">
+      <c r="A648" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C648" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D648" s="3" t="inlineStr">
         <is>
           <t>SEGOV</t>
         </is>
       </c>
-      <c r="E380" s="3" t="inlineStr">
+      <c r="E648" s="3" t="inlineStr">
         <is>
           <t>041.2020-GAB.SEGOV</t>
         </is>
       </c>
-      <c r="F380" s="3" t="inlineStr">
+      <c r="F648" s="3" t="inlineStr">
         <is>
           <t>04/08/2020</t>
         </is>
       </c>
-      <c r="G380" s="3" t="inlineStr">
+      <c r="G648" s="3" t="inlineStr">
         <is>
           <t>035/2019-CMA</t>
         </is>
       </c>
-      <c r="H380" s="3" t="inlineStr">
+      <c r="H648" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO À INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM A VELOCIDADE DE 30MB SIMÉTRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO A PONTO DEDICADO COM TAXA DE TRANSMISSÃO DE 10 GB E</t>
         </is>
       </c>
-      <c r="M380" s="3" t="inlineStr">
+      <c r="M648" s="3" t="inlineStr">
         <is>
           <t>04/08/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="381">
-[...5 lines deleted...]
-      <c r="C381" s="3" t="inlineStr">
+    <row outlineLevel="0" r="649">
+      <c r="A649" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C649" s="3" t="inlineStr">
+        <is>
+          <t>2015</t>
+        </is>
+      </c>
+      <c r="D649" s="3" t="inlineStr">
+        <is>
+          <t>VICE-PREFEITURA</t>
+        </is>
+      </c>
+      <c r="E649" s="3" t="inlineStr">
+        <is>
+          <t>10/2015</t>
+        </is>
+      </c>
+      <c r="F649" s="3" t="inlineStr">
+        <is>
+          <t>12/02/2016</t>
+        </is>
+      </c>
+      <c r="G649" s="3" t="inlineStr">
+        <is>
+          <t>SRP.PP.2015.001.PMA.SEURB</t>
+        </is>
+      </c>
+      <c r="H649" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA O FORNECIMENTO DE VALE COMBUSTÍVEL, NA FORMA IMPRESSA EM PAPEL E CARTÃO MAGNÉTICO/CHIP, INTEGRADO COM SERVIÇO DE GERENCIAMENTO DE ABASTECIMENTO DE COMBUSTÍVEIS DE VEÍCULO, POR MEIO DA IMPLANTAÇÃO E OPERAÇÃO D</t>
+        </is>
+      </c>
+      <c r="M649" s="3" t="inlineStr">
+        <is>
+          <t>12/02/2016</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="650">
+      <c r="A650" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C650" s="3" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="D381" s="3" t="inlineStr">
+      <c r="D650" s="3" t="inlineStr">
         <is>
           <t>SEHAB</t>
         </is>
       </c>
-      <c r="E381" s="3" t="inlineStr">
+      <c r="E650" s="3" t="inlineStr">
         <is>
           <t>3971/2016-SEMED</t>
         </is>
       </c>
-      <c r="F381" s="3" t="inlineStr">
+      <c r="F650" s="3" t="inlineStr">
         <is>
           <t>04/08/2017</t>
         </is>
       </c>
-      <c r="G381" s="3" t="inlineStr">
+      <c r="G650" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO Nº 2017.005.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H381" s="3" t="inlineStr">
+      <c r="H650" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (LIMPEZA)</t>
         </is>
       </c>
-      <c r="M381" s="3" t="inlineStr">
+      <c r="M650" s="3" t="inlineStr">
         <is>
           <t>04/08/2017</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="382">
-[...5 lines deleted...]
-      <c r="C382" s="3" t="inlineStr">
+    <row outlineLevel="0" r="651">
+      <c r="A651" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B651" s="3" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="C651" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D651" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E651" s="3" t="inlineStr">
+        <is>
+          <t>3589/2022 - SEMED</t>
+        </is>
+      </c>
+      <c r="F651" s="3" t="inlineStr">
+        <is>
+          <t>06/01/2023</t>
+        </is>
+      </c>
+      <c r="H651" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE LIMPEZA, HIGIENIZAÇÃO DE AMBIENTES, ESPECIALMENTE CONTROLE DE PRAGAS E VETORES, LIMPEZA DE FORROS EM GERAL E SANITIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="I651" s="3" t="inlineStr">
+        <is>
+          <t>04/01/2023</t>
+        </is>
+      </c>
+      <c r="J651" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO DE ANANINDEUA - SEMED</t>
+        </is>
+      </c>
+      <c r="M651" s="3" t="inlineStr">
+        <is>
+          <t>12/01/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="652">
+      <c r="A652" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C652" s="3" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="D382" s="3" t="inlineStr">
+      <c r="D652" s="3" t="inlineStr">
         <is>
           <t>GABINETE</t>
         </is>
       </c>
-      <c r="E382" s="3" t="inlineStr">
+      <c r="E652" s="3" t="inlineStr">
         <is>
           <t>080/2016-G.P</t>
         </is>
       </c>
-      <c r="F382" s="3" t="inlineStr">
+      <c r="F652" s="3" t="inlineStr">
         <is>
           <t>04/08/2016</t>
         </is>
       </c>
-      <c r="G382" s="3" t="inlineStr">
+      <c r="G652" s="3" t="inlineStr">
         <is>
           <t>SRP.2015.005. PROCESSO Nº 430/2015 SEMCAT</t>
         </is>
       </c>
-      <c r="H382" s="3" t="inlineStr">
+      <c r="H652" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE GÁZ LIQUEFEITO E ÁGUA MINERAL</t>
         </is>
       </c>
-      <c r="M382" s="3" t="inlineStr">
+      <c r="M652" s="3" t="inlineStr">
         <is>
           <t>04/08/2016</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="383">
-[...5 lines deleted...]
-      <c r="B383" s="3" t="inlineStr">
+    <row outlineLevel="0" r="653">
+      <c r="A653" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C653" s="3" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="D653" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E653" s="3" t="inlineStr">
+        <is>
+          <t>096/2016</t>
+        </is>
+      </c>
+      <c r="F653" s="3" t="inlineStr">
+        <is>
+          <t>12/01/2017</t>
+        </is>
+      </c>
+      <c r="G653" s="3" t="inlineStr">
+        <is>
+          <t>MEMO Nº 460/2016</t>
+        </is>
+      </c>
+      <c r="H653" s="3" t="inlineStr">
+        <is>
+          <t>9 SESAN -SERVIÇOS DE TELEFONIA FIXA COMUTADA (STFC), COM O FORNECIMENTO DE DISCAGEM DIRETA E RAMAL(DDR) OU SIMILAR, E LINHA DIRETA EMPRESARIAL, NAS MODALIDADES LOCAL (L), LONGA DISTÂNCIA NACIONAL (LDN), LONGA DISTÂNCIA INTERNACIONAL (LDI) E DISCAGEM</t>
+        </is>
+      </c>
+      <c r="M653" s="3" t="inlineStr">
+        <is>
+          <t>12/01/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="654">
+      <c r="A654" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B654" s="3" t="inlineStr">
         <is>
           <t>027</t>
         </is>
       </c>
-      <c r="C383" s="3" t="inlineStr">
+      <c r="C654" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D383" s="3" t="inlineStr">
+      <c r="D654" s="3" t="inlineStr">
         <is>
           <t>SEMAD</t>
         </is>
       </c>
-      <c r="E383" s="3" t="inlineStr">
+      <c r="E654" s="3" t="inlineStr">
         <is>
           <t>021.2021.DAF.SEMAD</t>
         </is>
       </c>
-      <c r="F383" s="3" t="inlineStr">
+      <c r="F654" s="3" t="inlineStr">
         <is>
           <t>04/05/2021</t>
         </is>
       </c>
-      <c r="G383" s="3" t="inlineStr">
+      <c r="G654" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP Nº 027/2019</t>
         </is>
       </c>
-      <c r="H383" s="3" t="inlineStr">
+      <c r="H654" s="3" t="inlineStr">
         <is>
           <t>FORNECIMENTO DE CENTRAL DE AR CONDICIONADO TIPO SPLIT, DE PAREDE E PISO/TETO</t>
         </is>
       </c>
-      <c r="I383" s="3" t="inlineStr">
+      <c r="I654" s="3" t="inlineStr">
         <is>
           <t>27/04/2020</t>
         </is>
       </c>
-      <c r="J383" s="3" t="inlineStr">
+      <c r="J654" s="3" t="inlineStr">
         <is>
           <t>PORTAL DE COMPRAS PÚBLICAS – WWW.PORTALDECOMPRASPUBLICAS.COM.BR</t>
         </is>
       </c>
-      <c r="M383" s="3" t="inlineStr">
+      <c r="M654" s="3" t="inlineStr">
         <is>
           <t>04/05/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="384">
-[...5 lines deleted...]
-      <c r="C384" s="3" t="inlineStr">
+    <row outlineLevel="0" r="655">
+      <c r="A655" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C655" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D655" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E655" s="3" t="inlineStr">
+        <is>
+          <t>2019.11.236.PMA.GP</t>
+        </is>
+      </c>
+      <c r="F655" s="3" t="inlineStr">
+        <is>
+          <t>11/12/2019</t>
+        </is>
+      </c>
+      <c r="G655" s="3" t="inlineStr">
+        <is>
+          <t>SRP N° 2019.001.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="H655" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE VALE COMBUSTÍVEL, TIPO IMPRESSO, PARA ATENDER A FROTA DE VEÍCULOS DO GABINETE DO PREFEITO.</t>
+        </is>
+      </c>
+      <c r="M655" s="3" t="inlineStr">
+        <is>
+          <t>11/12/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="656">
+      <c r="A656" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C656" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D384" s="3" t="inlineStr">
+      <c r="D656" s="3" t="inlineStr">
         <is>
           <t>SESAU</t>
         </is>
       </c>
-      <c r="F384" s="3" t="inlineStr">
+      <c r="F656" s="3" t="inlineStr">
         <is>
           <t>04/05/2018</t>
         </is>
       </c>
-      <c r="H384" s="3" t="inlineStr">
+      <c r="H656" s="3" t="inlineStr">
         <is>
           <t>ADESÃO A ATA DE REGISTRO DE PREÇO Nº00.003/2018 PP-SRP Nº00.003/2018(PREFEITURA MUNICIPAL DE CAMETÁ) CUJO O OBJETO É A CONTRATAÇÃO DE PESSOA JURÍDICA PARA REALIZAR A LOCAÇÃO DE VEÍCULOS(SEM MOTORISTA) TIPO AMBULÂNCIA</t>
         </is>
       </c>
-      <c r="M384" s="3" t="inlineStr">
+      <c r="M656" s="3" t="inlineStr">
         <is>
           <t>04/05/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="385">
-[...5 lines deleted...]
-      <c r="C385" s="3" t="inlineStr">
+    <row outlineLevel="0" r="657">
+      <c r="A657" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B657" s="3" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="C657" s="3" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="D657" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E657" s="3" t="inlineStr">
+        <is>
+          <t>Nº2024.07.091.PMA.SEMUTRAN- Nº22.733/2024-1Doc</t>
+        </is>
+      </c>
+      <c r="G657" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº9/2023.SEMED.PMA</t>
+        </is>
+      </c>
+      <c r="H657" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA AQUISIÇÃO DE MATERIAL DE EXPEDIENTE E ESCRITÓRIO, PARA ATENDER AS ATIVIDADES ADMINISTRATIVAS DA SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO, CONFORME CONDIÇÕES E EXIGÊNCIAS ESTABELECIDAS NA ATA DE REGISTRO DE PR</t>
+        </is>
+      </c>
+      <c r="I657" s="3" t="inlineStr">
+        <is>
+          <t>10/07/2024</t>
+        </is>
+      </c>
+      <c r="J657" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO-SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="M657" s="3" t="inlineStr">
+        <is>
+          <t>11/11/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="658">
+      <c r="A658" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C658" s="3" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="D385" s="3" t="inlineStr">
+      <c r="D658" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E385" s="3" t="inlineStr">
+      <c r="E658" s="3" t="inlineStr">
         <is>
           <t>2017.11.156.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="F385" s="3" t="inlineStr">
+      <c r="F658" s="3" t="inlineStr">
         <is>
           <t>04/04/2018</t>
         </is>
       </c>
-      <c r="G385" s="3" t="inlineStr">
+      <c r="G658" s="3" t="inlineStr">
         <is>
           <t>005/2017-CMA</t>
         </is>
       </c>
-      <c r="H385" s="3" t="inlineStr">
+      <c r="H658" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE CARTUCHOS E TONNER PARA IMPRESSORA, E MATERIAL DE EXPEDIENTE.</t>
         </is>
       </c>
-      <c r="M385" s="3" t="inlineStr">
+      <c r="M658" s="3" t="inlineStr">
         <is>
           <t>04/04/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="386">
-[...5 lines deleted...]
-      <c r="C386" s="3" t="inlineStr">
+    <row outlineLevel="0" r="659">
+      <c r="A659" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C659" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D659" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E659" s="3" t="inlineStr">
+        <is>
+          <t>089.2019.DAF.SEMAD</t>
+        </is>
+      </c>
+      <c r="F659" s="3" t="inlineStr">
+        <is>
+          <t>11/11/2019</t>
+        </is>
+      </c>
+      <c r="G659" s="3" t="inlineStr">
+        <is>
+          <t>SRP.2019.003.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H659" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (LIMPEZA E HIGIENE)</t>
+        </is>
+      </c>
+      <c r="M659" s="3" t="inlineStr">
+        <is>
+          <t>11/11/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="660">
+      <c r="A660" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C660" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D386" s="3" t="inlineStr">
+      <c r="D660" s="3" t="inlineStr">
         <is>
           <t>GABINETE</t>
         </is>
       </c>
-      <c r="E386" s="3" t="inlineStr">
+      <c r="E660" s="3" t="inlineStr">
         <is>
           <t> 009/2018.GP.PMA</t>
         </is>
       </c>
-      <c r="F386" s="3" t="inlineStr">
+      <c r="F660" s="3" t="inlineStr">
         <is>
           <t>04/04/2018</t>
         </is>
       </c>
-      <c r="G386" s="3" t="inlineStr">
+      <c r="G660" s="3" t="inlineStr">
         <is>
           <t>SRP N° 002/2017.CMA</t>
         </is>
       </c>
-      <c r="H386" s="3" t="inlineStr">
+      <c r="H660" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE MANUTENÇÃO DE AR CONDICIONADO TIPO ACJ E SPLIT, PARA ATENDER AS NECESSIDADES DO GABINETE DO PREFEITO.</t>
         </is>
       </c>
-      <c r="M386" s="3" t="inlineStr">
+      <c r="M660" s="3" t="inlineStr">
         <is>
           <t>04/04/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="387">
-[...5 lines deleted...]
-      <c r="B387" s="3" t="inlineStr">
+    <row outlineLevel="0" r="661">
+      <c r="A661" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C661" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D661" s="3" t="inlineStr">
+        <is>
+          <t>SEHAB</t>
+        </is>
+      </c>
+      <c r="E661" s="3" t="inlineStr">
+        <is>
+          <t>277/2017/SEMCAT</t>
+        </is>
+      </c>
+      <c r="F661" s="3" t="inlineStr">
+        <is>
+          <t>11/10/2017</t>
+        </is>
+      </c>
+      <c r="G661" s="3" t="inlineStr">
+        <is>
+          <t>SRP.2017.003.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H661" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM PRESTAÇÃO DE SERVIÇOS DE SONORIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="M661" s="3" t="inlineStr">
+        <is>
+          <t>11/10/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="662">
+      <c r="A662" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B662" s="3" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
-      <c r="C387" s="3" t="inlineStr">
+      <c r="C662" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D387" s="3" t="inlineStr">
+      <c r="D662" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E387" s="3" t="inlineStr">
+      <c r="E662" s="3" t="inlineStr">
         <is>
           <t>2022.11.070.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="F387" s="3" t="inlineStr">
+      <c r="F662" s="3" t="inlineStr">
         <is>
           <t>02/01/2023</t>
         </is>
       </c>
-      <c r="G387" s="3" t="inlineStr">
+      <c r="G662" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP Nº31/2021-SEMAD.PMSIP</t>
         </is>
       </c>
-      <c r="H387" s="3" t="inlineStr">
+      <c r="H662" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAIS DE EXPEDIENTE E MATERIAIS DE HIGIENE E LIMPEZA, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO.</t>
         </is>
       </c>
-      <c r="I387" s="3" t="inlineStr">
+      <c r="I662" s="3" t="inlineStr">
         <is>
           <t>24/11/2021</t>
         </is>
       </c>
-      <c r="J387" s="3" t="inlineStr">
+      <c r="J662" s="3" t="inlineStr">
         <is>
           <t>HTTP://WWW.COMPRASNET.GOV.BR</t>
         </is>
       </c>
-      <c r="M387" s="3" t="inlineStr">
+      <c r="M662" s="3" t="inlineStr">
         <is>
           <t>04/01/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="388">
-[...5 lines deleted...]
-      <c r="C388" s="3" t="inlineStr">
+    <row outlineLevel="0" r="663">
+      <c r="A663" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B663" s="3" t="inlineStr">
+        <is>
+          <t>01</t>
+        </is>
+      </c>
+      <c r="C663" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D663" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E663" s="3" t="inlineStr">
+        <is>
+          <t>PROCESSO ADMINISTRATIVO Nº 8774/2023 - SESAN/PMA</t>
+        </is>
+      </c>
+      <c r="F663" s="3" t="inlineStr">
+        <is>
+          <t>11/09/2023</t>
+        </is>
+      </c>
+      <c r="G663" s="3" t="inlineStr">
+        <is>
+          <t>#PREGÃO ELETRÔNICO – SRP Nº 01/2023 - MARAPANIM - PMM</t>
+        </is>
+      </c>
+      <c r="H663" s="3" t="inlineStr">
+        <is>
+          <t>REGISTRO DE PREÇO PARA EVENTUAL AQUISIÇÃO DE MATERIAL DE HIGIENE, LIMPEZA, DESCARTÁVEIS E COZINHA PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SANEAMENTO E INFRAESTRUTURA DE ANANINDEUA-SESAN/PMA.</t>
+        </is>
+      </c>
+      <c r="I663" s="3" t="inlineStr">
+        <is>
+          <t>04/07/2023</t>
+        </is>
+      </c>
+      <c r="J663" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA DE SANEAMENTO E INFRAESTRUTURA TV SN 17, S/N CONJUNTO CIDADE NOVA II</t>
+        </is>
+      </c>
+      <c r="M663" s="3" t="inlineStr">
+        <is>
+          <t>11/09/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="664">
+      <c r="A664" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C664" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D388" s="3" t="inlineStr">
+      <c r="D664" s="3" t="inlineStr">
         <is>
           <t>SEPOF</t>
         </is>
       </c>
-      <c r="E388" s="3" t="inlineStr">
+      <c r="E664" s="3" t="inlineStr">
         <is>
           <t>2383/2019</t>
         </is>
       </c>
-      <c r="F388" s="3" t="inlineStr">
+      <c r="F664" s="3" t="inlineStr">
         <is>
           <t>03/12/2020</t>
         </is>
       </c>
-      <c r="G388" s="3" t="inlineStr">
+      <c r="G664" s="3" t="inlineStr">
         <is>
           <t>SRP Nº 2019.003-SEMED</t>
         </is>
       </c>
-      <c r="H388" s="3" t="inlineStr">
+      <c r="H664" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA , ESPECIALIZADA EM AQUISIÇÃO DE MATERIAL DE CONSUMO ( HIGIENE E LIMPEZA )</t>
         </is>
       </c>
-      <c r="M388" s="3" t="inlineStr">
+      <c r="M664" s="3" t="inlineStr">
         <is>
           <t>03/12/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="389">
-[...5 lines deleted...]
-      <c r="C389" s="3" t="inlineStr">
+    <row outlineLevel="0" r="665">
+      <c r="A665" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C665" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D665" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E665" s="3" t="inlineStr">
+        <is>
+          <t>065/2020</t>
+        </is>
+      </c>
+      <c r="F665" s="3" t="inlineStr">
+        <is>
+          <t>11/08/2020</t>
+        </is>
+      </c>
+      <c r="G665" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº 003/2020 - PMA/SESAU</t>
+        </is>
+      </c>
+      <c r="H665" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NOS SERVIÇOS CONTÍNUOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA, DE MATERIAIS PERMANENTES DE REFRIGERAÇÃO COMO OS APARELHOS DE AR CONDICIONADO TIPO SPLIT, AR CONDICIONADO CONVENCIONAL TIPO (ACJ) REFRIGERADORES, BEBEDO</t>
+        </is>
+      </c>
+      <c r="M665" s="3" t="inlineStr">
+        <is>
+          <t>11/08/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="666">
+      <c r="A666" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C666" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D389" s="3" t="inlineStr">
+      <c r="D666" s="3" t="inlineStr">
         <is>
           <t>SEPOF</t>
         </is>
       </c>
-      <c r="E389" s="3" t="inlineStr">
+      <c r="E666" s="3" t="inlineStr">
         <is>
           <t>2382/2019</t>
         </is>
       </c>
-      <c r="F389" s="3" t="inlineStr">
+      <c r="F666" s="3" t="inlineStr">
         <is>
           <t>03/12/2020</t>
         </is>
       </c>
-      <c r="G389" s="3" t="inlineStr">
+      <c r="G666" s="3" t="inlineStr">
         <is>
           <t>SRP Nº 2019.002. PMA . SEMED</t>
         </is>
       </c>
-      <c r="H389" s="3" t="inlineStr">
+      <c r="H666" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (EXPEDIENTE)</t>
         </is>
       </c>
-      <c r="M389" s="3" t="inlineStr">
+      <c r="M666" s="3" t="inlineStr">
         <is>
           <t>03/12/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="390">
-[...5 lines deleted...]
-      <c r="B390" s="3" t="inlineStr">
+    <row outlineLevel="0" r="667">
+      <c r="A667" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C667" s="3" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="D667" s="3" t="inlineStr">
+        <is>
+          <t>PREFEITURA</t>
+        </is>
+      </c>
+      <c r="E667" s="3" t="inlineStr">
+        <is>
+          <t>2761/2016</t>
+        </is>
+      </c>
+      <c r="F667" s="3" t="inlineStr">
+        <is>
+          <t>11/08/2016</t>
+        </is>
+      </c>
+      <c r="G667" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRONICO Nº 2015.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H667" s="3" t="inlineStr">
+        <is>
+          <t>5 PMA - AQUISIÇÃO DE MATERIAIS DE CONSUMO (EXPEDIENTE), PARA ATENDER AS NECESSIDADES DA SEPOF.</t>
+        </is>
+      </c>
+      <c r="M667" s="3" t="inlineStr">
+        <is>
+          <t>11/08/2016</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="668">
+      <c r="A668" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B668" s="3" t="inlineStr">
         <is>
           <t>01</t>
         </is>
       </c>
-      <c r="C390" s="3" t="inlineStr">
+      <c r="C668" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D390" s="3" t="inlineStr">
+      <c r="D668" s="3" t="inlineStr">
         <is>
           <t>SEPOF</t>
         </is>
       </c>
-      <c r="E390" s="3" t="inlineStr">
+      <c r="E668" s="3" t="inlineStr">
         <is>
           <t>PROCESSO ADM Nº 10.879/2023</t>
         </is>
       </c>
-      <c r="F390" s="3" t="inlineStr">
+      <c r="F668" s="3" t="inlineStr">
         <is>
           <t>03/10/2023</t>
         </is>
       </c>
-      <c r="G390" s="3" t="inlineStr">
+      <c r="G668" s="3" t="inlineStr">
         <is>
           <t>#PREGÃO ELETRÔNICO Nº 01/2023</t>
         </is>
       </c>
-      <c r="H390" s="3" t="inlineStr">
+      <c r="H668" s="3" t="inlineStr">
         <is>
           <t>ADESÃO À ATA DE REGISTRO DE PREÇO PARA AQUISIÇÃO DE MATERIAL DE HIGIENE, LIMPEZA, DESCARTÁVEL E COZINHA</t>
         </is>
       </c>
-      <c r="I390" s="3" t="inlineStr">
+      <c r="I668" s="3" t="inlineStr">
         <is>
           <t>03/10/2023</t>
         </is>
       </c>
-      <c r="J390" s="3" t="inlineStr">
+      <c r="J668" s="3" t="inlineStr">
         <is>
           <t>SEPOF - SECRETARIA MUNICIPAL DE PLANEJAMENTO, ORÇAMENTO E FINANÇAS</t>
         </is>
       </c>
-      <c r="M390" s="3" t="inlineStr">
+      <c r="M668" s="3" t="inlineStr">
         <is>
           <t>03/10/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="391">
-[...5 lines deleted...]
-      <c r="B391" s="3" t="inlineStr">
+    <row outlineLevel="0" r="669">
+      <c r="A669" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C669" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D669" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E669" s="3" t="inlineStr">
+        <is>
+          <t> 002/18</t>
+        </is>
+      </c>
+      <c r="F669" s="3" t="inlineStr">
+        <is>
+          <t>11/07/2018</t>
+        </is>
+      </c>
+      <c r="G669" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL - SRP.2017.001.PMA.SEMCAT-PMA</t>
+        </is>
+      </c>
+      <c r="H669" s="3" t="inlineStr">
+        <is>
+          <t>FORNECIMENTO DE ÁGUA MINERAL 20L (SOMENTE O LÍQUIDO), ÁGUA MINERAL 200ML E GÁS LIQUEFEITO 13KG.</t>
+        </is>
+      </c>
+      <c r="M669" s="3" t="inlineStr">
+        <is>
+          <t>11/07/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="670">
+      <c r="A670" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B670" s="3" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
-      <c r="C391" s="3" t="inlineStr">
+      <c r="C670" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D391" s="3" t="inlineStr">
+      <c r="D670" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E391" s="3" t="inlineStr">
+      <c r="E670" s="3" t="inlineStr">
         <is>
           <t>5199/2023</t>
         </is>
       </c>
-      <c r="F391" s="3" t="inlineStr">
+      <c r="F670" s="3" t="inlineStr">
         <is>
           <t>29/09/2023</t>
         </is>
       </c>
-      <c r="G391" s="3" t="inlineStr">
+      <c r="G670" s="3" t="inlineStr">
         <is>
           <t>#ADESÃO A ATA DE REGISTRO DE PREÇO Nº 025/2022/PMC</t>
         </is>
       </c>
-      <c r="H391" s="3" t="inlineStr">
+      <c r="H670" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE RECARGA E VASILHAME DE GAS DE COZINHA.</t>
         </is>
       </c>
-      <c r="I391" s="3" t="inlineStr">
+      <c r="I670" s="3" t="inlineStr">
         <is>
           <t>24/02/2023</t>
         </is>
       </c>
-      <c r="J391" s="3" t="inlineStr">
+      <c r="J670" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO - SEMED</t>
         </is>
       </c>
-      <c r="M391" s="3" t="inlineStr">
+      <c r="M670" s="3" t="inlineStr">
         <is>
           <t>03/10/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="392">
-[...5 lines deleted...]
-      <c r="C392" s="3" t="inlineStr">
+    <row outlineLevel="0" r="671">
+      <c r="A671" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C671" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D671" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E671" s="3" t="inlineStr">
+        <is>
+          <t>002/2018</t>
+        </is>
+      </c>
+      <c r="F671" s="3" t="inlineStr">
+        <is>
+          <t>11/07/2018</t>
+        </is>
+      </c>
+      <c r="G671" s="3" t="inlineStr">
+        <is>
+          <t>SRP.2017.001.PMA.SEMCAT</t>
+        </is>
+      </c>
+      <c r="H671" s="3" t="inlineStr">
+        <is>
+          <t>FORNECIMENTO DE ÁGUA MINERAL 20L (SOMENTE O LÍQUIDO), ÁGUA MINERAL 200ML E GÁS LIQUEFEITO 13KG.</t>
+        </is>
+      </c>
+      <c r="M671" s="3" t="inlineStr">
+        <is>
+          <t>11/07/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="672">
+      <c r="A672" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C672" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D392" s="3" t="inlineStr">
+      <c r="D672" s="3" t="inlineStr">
         <is>
           <t>SESAU</t>
         </is>
       </c>
-      <c r="E392" s="3" t="inlineStr">
+      <c r="E672" s="3" t="inlineStr">
         <is>
           <t>8154</t>
         </is>
       </c>
-      <c r="F392" s="3" t="inlineStr">
+      <c r="F672" s="3" t="inlineStr">
         <is>
           <t>03/10/2019</t>
         </is>
       </c>
-      <c r="G392" s="3" t="inlineStr">
+      <c r="G672" s="3" t="inlineStr">
         <is>
           <t>ATA DE REGISTRO DE PREÇO Nº004.2019 PMA-SEMAD</t>
         </is>
       </c>
-      <c r="H392" s="3" t="inlineStr">
+      <c r="H672" s="3" t="inlineStr">
         <is>
           <t>SOLICITAÇÃO DE ADESÃO A ATA DE REGISTRO DE PREÇO DE Nº004.2019 PMA-SEMED (SRP) PROVENIENTE DO PROCESSO ADMINISTRATIVO DE Nº3670/2018</t>
         </is>
       </c>
-      <c r="M392" s="3" t="inlineStr">
+      <c r="M672" s="3" t="inlineStr">
         <is>
           <t>03/10/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="393">
-[...5 lines deleted...]
-      <c r="C393" s="3" t="inlineStr">
+    <row outlineLevel="0" r="673">
+      <c r="A673" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C673" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D673" s="3" t="inlineStr">
+        <is>
+          <t>SEGEF</t>
+        </is>
+      </c>
+      <c r="E673" s="3" t="inlineStr">
+        <is>
+          <t>2021/03/002767</t>
+        </is>
+      </c>
+      <c r="F673" s="3" t="inlineStr">
+        <is>
+          <t>11/06/2021</t>
+        </is>
+      </c>
+      <c r="G673" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO-SPR Nº 002/2020</t>
+        </is>
+      </c>
+      <c r="H673" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE PREVENÇÃO CONTRA O VÍRUS DA COVID-19</t>
+        </is>
+      </c>
+      <c r="M673" s="3" t="inlineStr">
+        <is>
+          <t>11/06/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="674">
+      <c r="A674" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C674" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D393" s="3" t="inlineStr">
+      <c r="D674" s="3" t="inlineStr">
         <is>
           <t>SESAU</t>
         </is>
       </c>
-      <c r="E393" s="3" t="inlineStr">
+      <c r="E674" s="3" t="inlineStr">
         <is>
           <t>10960</t>
         </is>
       </c>
-      <c r="F393" s="3" t="inlineStr">
+      <c r="F674" s="3" t="inlineStr">
         <is>
           <t>03/09/2019</t>
         </is>
       </c>
-      <c r="G393" s="3" t="inlineStr">
+      <c r="G674" s="3" t="inlineStr">
         <is>
           <t>3671/2018</t>
         </is>
       </c>
-      <c r="H393" s="3" t="inlineStr">
+      <c r="H674" s="3" t="inlineStr">
         <is>
           <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº003.2019.PMA-SEMED NºDO PROCESSO ADMINISTRATIVO 3671/2018</t>
         </is>
       </c>
-      <c r="M393" s="3" t="inlineStr">
+      <c r="M674" s="3" t="inlineStr">
         <is>
           <t>03/09/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="394">
-[...5 lines deleted...]
-      <c r="B394" s="3" t="inlineStr">
+    <row outlineLevel="0" r="675">
+      <c r="A675" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C675" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D675" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E675" s="3" t="inlineStr">
+        <is>
+          <t>050.2019.DAF.SEMAD</t>
+        </is>
+      </c>
+      <c r="F675" s="3" t="inlineStr">
+        <is>
+          <t>11/06/2019</t>
+        </is>
+      </c>
+      <c r="G675" s="3" t="inlineStr">
+        <is>
+          <t>SRP.2018.006.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H675" s="3" t="inlineStr">
+        <is>
+          <t>1. AGUA MINERAL 20L(SOMENTE O LIQUIDO)- QUANTIDADE 2.100 UNIDADES. 2. GÁS LIQUEFEITO BOTIJÃO DE 13KG(LIQUIDO)-QUANTIDADE 48 UNIDADES. 3. AGUA MINERAL 200ML-5.760 UNIDADES.</t>
+        </is>
+      </c>
+      <c r="M675" s="3" t="inlineStr">
+        <is>
+          <t>11/06/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="676">
+      <c r="A676" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B676" s="3" t="inlineStr">
         <is>
           <t>047</t>
         </is>
       </c>
-      <c r="C394" s="3" t="inlineStr">
+      <c r="C676" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D394" s="3" t="inlineStr">
+      <c r="D676" s="3" t="inlineStr">
         <is>
           <t>SEGEF</t>
         </is>
       </c>
-      <c r="E394" s="3" t="inlineStr">
+      <c r="E676" s="3" t="inlineStr">
         <is>
           <t>5.940/2022</t>
         </is>
       </c>
-      <c r="F394" s="3" t="inlineStr">
+      <c r="F676" s="3" t="inlineStr">
         <is>
           <t>03/08/2022</t>
         </is>
       </c>
-      <c r="G394" s="3" t="inlineStr">
+      <c r="G676" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP Nº 047/2021 – SEMED, DO MUNICÍPIO DE MARITUBA</t>
         </is>
       </c>
-      <c r="H394" s="3" t="inlineStr">
+      <c r="H676" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE MATERIAIS PERMANENTES TIPO: MOBILIÁRIOS, A FIM DE ATENDER AS NECESSIDADES ADMINISTRATIVAS DA SECRETARIA MUNICIPAL DE GESTÃO FAZENDÁRIA-SEGEF.</t>
         </is>
       </c>
-      <c r="I394" s="3" t="inlineStr">
+      <c r="I676" s="3" t="inlineStr">
         <is>
           <t>25/04/2022</t>
         </is>
       </c>
-      <c r="J394" s="3" t="inlineStr">
+      <c r="J676" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA MUNICIPAL DE GESTAO FAZENDÁRIA</t>
         </is>
       </c>
-      <c r="K394" s="3" t="inlineStr">
+      <c r="K676" s="3" t="inlineStr">
         <is>
           <t>CAROLINA GUAPINDAIA JORGE</t>
         </is>
       </c>
-      <c r="M394" s="3" t="inlineStr">
+      <c r="M676" s="3" t="inlineStr">
         <is>
           <t>03/08/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="395">
-[...5 lines deleted...]
-      <c r="C395" s="3" t="inlineStr">
+    <row outlineLevel="0" r="677">
+      <c r="A677" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C677" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D677" s="3" t="inlineStr">
+        <is>
+          <t>SEGEF</t>
+        </is>
+      </c>
+      <c r="E677" s="3" t="inlineStr">
+        <is>
+          <t>2021/001111</t>
+        </is>
+      </c>
+      <c r="F677" s="3" t="inlineStr">
+        <is>
+          <t>11/05/2021</t>
+        </is>
+      </c>
+      <c r="G677" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SEPLAD/DGL/SRP Nº 001/2020</t>
+        </is>
+      </c>
+      <c r="H677" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE FORNECIMENTO DE MATERIAL DE EXPEDIENTE</t>
+        </is>
+      </c>
+      <c r="M677" s="3" t="inlineStr">
+        <is>
+          <t>11/05/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="678">
+      <c r="A678" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C678" s="3" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="D395" s="3" t="inlineStr">
+      <c r="D678" s="3" t="inlineStr">
         <is>
           <t>SESDS</t>
         </is>
       </c>
-      <c r="E395" s="3" t="inlineStr">
+      <c r="E678" s="3" t="inlineStr">
         <is>
           <t> 0485/GMB/2016</t>
         </is>
       </c>
-      <c r="F395" s="3" t="inlineStr">
+      <c r="F678" s="3" t="inlineStr">
         <is>
           <t>03/07/2017</t>
         </is>
       </c>
-      <c r="G395" s="3" t="inlineStr">
+      <c r="G678" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETROVICO SRP N°103/SEGEP/2016.</t>
         </is>
       </c>
-      <c r="H395" s="3" t="inlineStr">
+      <c r="H678" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE PESSOA JURÍDICA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS PARA A LOCAÇÃO DE VEÍCULOS OPERACIONAIS SEM COMBUSTÍVEL E SEM MOTORISTA.</t>
         </is>
       </c>
-      <c r="M395" s="3" t="inlineStr">
+      <c r="M678" s="3" t="inlineStr">
         <is>
           <t>03/07/2017</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="396">
-[...5 lines deleted...]
-      <c r="C396" s="3" t="inlineStr">
+    <row outlineLevel="0" r="679">
+      <c r="A679" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C679" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D679" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E679" s="3" t="inlineStr">
+        <is>
+          <t>2384/2019</t>
+        </is>
+      </c>
+      <c r="F679" s="3" t="inlineStr">
+        <is>
+          <t>10/12/2020</t>
+        </is>
+      </c>
+      <c r="G679" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 2019.0004.PMA .SEMED</t>
+        </is>
+      </c>
+      <c r="H679" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO ( TONNER, CARTUCHO E PERIFÉRICOS)</t>
+        </is>
+      </c>
+      <c r="M679" s="3" t="inlineStr">
+        <is>
+          <t>10/12/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="680">
+      <c r="A680" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C680" s="3" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="D396" s="3" t="inlineStr">
+      <c r="D680" s="3" t="inlineStr">
         <is>
           <t>SEHAB</t>
         </is>
       </c>
-      <c r="E396" s="3" t="inlineStr">
+      <c r="E680" s="3" t="inlineStr">
         <is>
           <t>3971/2016/SEMED</t>
         </is>
       </c>
-      <c r="F396" s="3" t="inlineStr">
+      <c r="F680" s="3" t="inlineStr">
         <is>
           <t>03/05/2018</t>
         </is>
       </c>
-      <c r="G396" s="3" t="inlineStr">
+      <c r="G680" s="3" t="inlineStr">
         <is>
           <t>SRP.PE.2017.005.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H396" s="3" t="inlineStr">
+      <c r="H680" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (LIMPEZA)</t>
         </is>
       </c>
-      <c r="M396" s="3" t="inlineStr">
+      <c r="M680" s="3" t="inlineStr">
         <is>
           <t>03/05/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="397">
-[...5 lines deleted...]
-      <c r="C397" s="3" t="inlineStr">
+    <row outlineLevel="0" r="681">
+      <c r="A681" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C681" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D681" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E681" s="3" t="inlineStr">
+        <is>
+          <t>2020.09.123.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F681" s="3" t="inlineStr">
+        <is>
+          <t>10/12/2020</t>
+        </is>
+      </c>
+      <c r="G681" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL SRP Nº 2019.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H681" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS CONTINUADOS DE LOCAÇÃO DE IMPRESSORA E MULTIFUNCIONAIS PARA ATENDER AS DEMANDAS DA SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO-SEMUTRAN.</t>
+        </is>
+      </c>
+      <c r="M681" s="3" t="inlineStr">
+        <is>
+          <t>10/12/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="682">
+      <c r="A682" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C682" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D397" s="3" t="inlineStr">
+      <c r="D682" s="3" t="inlineStr">
         <is>
           <t>SEMAD</t>
         </is>
       </c>
-      <c r="E397" s="3" t="inlineStr">
+      <c r="E682" s="3" t="inlineStr">
         <is>
           <t>153/2019-SEMAD</t>
         </is>
       </c>
-      <c r="F397" s="3" t="inlineStr">
+      <c r="F682" s="3" t="inlineStr">
         <is>
           <t>03/04/2020</t>
         </is>
       </c>
-      <c r="G397" s="3" t="inlineStr">
+      <c r="G682" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIAL SISTEMA DE REGISTRO DE PREÇOS N° 001/2019-CMA</t>
         </is>
       </c>
-      <c r="H397" s="3" t="inlineStr">
+      <c r="H682" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO A INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM VELOCIDADE DE 30MB SIMÉTRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO-A-PONTO DEDICADO COM TAXA DE TRANSMISSÃO DE 10GB ENTR</t>
         </is>
       </c>
-      <c r="M397" s="3" t="inlineStr">
+      <c r="M682" s="3" t="inlineStr">
         <is>
           <t>03/04/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="398">
-[...5 lines deleted...]
-      <c r="C398" s="3" t="inlineStr">
+    <row outlineLevel="0" r="683">
+      <c r="A683" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C683" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D683" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E683" s="3" t="inlineStr">
+        <is>
+          <t>1126/2021 - SEMED/PMA</t>
+        </is>
+      </c>
+      <c r="F683" s="3" t="inlineStr">
+        <is>
+          <t>10/09/2021</t>
+        </is>
+      </c>
+      <c r="G683" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇO - PROC: 1126/2021 - SEMED/PMA</t>
+        </is>
+      </c>
+      <c r="H683" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO DIVERSOS, DOS TIPOS: HIGIENE PESSOAL, PRODUTOS DE LIMPEZA, MATERIAL DE EXPEDIENTE E MATERIAL PEDAGÓGICO.</t>
+        </is>
+      </c>
+      <c r="M683" s="3" t="inlineStr">
+        <is>
+          <t>10/09/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="684">
+      <c r="A684" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C684" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D398" s="3" t="inlineStr">
+      <c r="D684" s="3" t="inlineStr">
         <is>
           <t>SEMCAT</t>
         </is>
       </c>
-      <c r="E398" s="3" t="inlineStr">
+      <c r="E684" s="3" t="inlineStr">
         <is>
           <t>644/2018-SEMCAT/PMA</t>
         </is>
       </c>
-      <c r="F398" s="3" t="inlineStr">
+      <c r="F684" s="3" t="inlineStr">
         <is>
           <t>03/04/2019</t>
         </is>
       </c>
-      <c r="G398" s="3" t="inlineStr">
+      <c r="G684" s="3" t="inlineStr">
         <is>
           <t>PREGÃO PRESENCIAL SRP.2018.001.PMA.SESAU</t>
         </is>
       </c>
-      <c r="H398" s="3" t="inlineStr">
+      <c r="H684" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL HIDRÁULICO E DE CONSTRUÇÃO.</t>
         </is>
       </c>
-      <c r="M398" s="3" t="inlineStr">
+      <c r="M684" s="3" t="inlineStr">
         <is>
           <t>03/04/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="399">
-[...5 lines deleted...]
-      <c r="C399" s="3" t="inlineStr">
+    <row outlineLevel="0" r="685">
+      <c r="A685" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C685" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D685" s="3" t="inlineStr">
+        <is>
+          <t>SEDEC</t>
+        </is>
+      </c>
+      <c r="E685" s="3" t="inlineStr">
+        <is>
+          <t>001/2020 - SEDES/PMA</t>
+        </is>
+      </c>
+      <c r="F685" s="3" t="inlineStr">
+        <is>
+          <t>10/09/2020</t>
+        </is>
+      </c>
+      <c r="G685" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL SRP Nº 2019.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H685" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATO ADMINISTRATIVO DE LOCAÇÃO DE 03 (TRÊS) IMPRESSORAS MONOCROMÁTICA E MULTIFUNCIONAIS.</t>
+        </is>
+      </c>
+      <c r="M685" s="3" t="inlineStr">
+        <is>
+          <t>10/09/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="686">
+      <c r="A686" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C686" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D399" s="3" t="inlineStr">
+      <c r="D686" s="3" t="inlineStr">
         <is>
           <t>SESAU</t>
         </is>
       </c>
-      <c r="E399" s="3" t="inlineStr">
+      <c r="E686" s="3" t="inlineStr">
         <is>
           <t>17665</t>
         </is>
       </c>
-      <c r="F399" s="3" t="inlineStr">
+      <c r="F686" s="3" t="inlineStr">
         <is>
           <t>03/03/2020</t>
         </is>
       </c>
-      <c r="G399" s="3" t="inlineStr">
+      <c r="G686" s="3" t="inlineStr">
         <is>
           <t>3756/2019 P,MA-SEMED</t>
         </is>
       </c>
-      <c r="H399" s="3" t="inlineStr">
+      <c r="H686" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO DE MÁQUINAS MULTIFUCIONAIS E IMPRESSORA MONOCROMÁTICA, COM FORNECIMENTO DE PEÇAS,MANUTENÇÃO PREVENTIVA E CORRETIVA SUPRIMENTOS E CONSUMÍVEIS.</t>
         </is>
       </c>
-      <c r="M399" s="3" t="inlineStr">
+      <c r="M686" s="3" t="inlineStr">
         <is>
           <t>03/03/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="400">
-[...5 lines deleted...]
-      <c r="C400" s="3" t="inlineStr">
+    <row outlineLevel="0" r="687">
+      <c r="A687" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B687" s="3" t="inlineStr">
+        <is>
+          <t>001</t>
+        </is>
+      </c>
+      <c r="C687" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D687" s="3" t="inlineStr">
+        <is>
+          <t>FMAS</t>
+        </is>
+      </c>
+      <c r="E687" s="3" t="inlineStr">
+        <is>
+          <t>009/2023-SEMCAT/PMA</t>
+        </is>
+      </c>
+      <c r="F687" s="3" t="inlineStr">
+        <is>
+          <t>10/08/2023</t>
+        </is>
+      </c>
+      <c r="G687" s="3" t="inlineStr">
+        <is>
+          <t>#PE.SRP.2023.001.CMA</t>
+        </is>
+      </c>
+      <c r="H687" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS GRÁFICOS, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT.</t>
+        </is>
+      </c>
+      <c r="I687" s="3" t="inlineStr">
+        <is>
+          <t>03/03/2023</t>
+        </is>
+      </c>
+      <c r="J687" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT</t>
+        </is>
+      </c>
+      <c r="M687" s="3" t="inlineStr">
+        <is>
+          <t>10/08/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="688">
+      <c r="A688" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C688" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D400" s="3" t="inlineStr">
+      <c r="D688" s="3" t="inlineStr">
         <is>
           <t>PROGE</t>
         </is>
       </c>
-      <c r="E400" s="3" t="inlineStr">
+      <c r="E688" s="3" t="inlineStr">
         <is>
           <t>2020.001.001 PROGE/PMA</t>
         </is>
       </c>
-      <c r="F400" s="3" t="inlineStr">
+      <c r="F688" s="3" t="inlineStr">
         <is>
           <t>03/03/2020</t>
         </is>
       </c>
-      <c r="G400" s="3" t="inlineStr">
+      <c r="G688" s="3" t="inlineStr">
         <is>
           <t>PP 2019.002.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H400" s="3" t="inlineStr">
+      <c r="H688" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO(EXPEDIENTE),PARA SUPRIR AS NECESSIDADES DA PROCURADORIA GERAL DO MUNICÍPIO</t>
         </is>
       </c>
-      <c r="M400" s="3" t="inlineStr">
+      <c r="M688" s="3" t="inlineStr">
         <is>
           <t>03/03/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="401">
-[...5 lines deleted...]
-      <c r="B401" s="3" t="inlineStr">
+    <row outlineLevel="0" r="689">
+      <c r="A689" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C689" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D689" s="3" t="inlineStr">
+        <is>
+          <t>SEMCAT</t>
+        </is>
+      </c>
+      <c r="E689" s="3" t="inlineStr">
+        <is>
+          <t>029/2021-SEMCAT/PMA</t>
+        </is>
+      </c>
+      <c r="F689" s="3" t="inlineStr">
+        <is>
+          <t>10/08/2021</t>
+        </is>
+      </c>
+      <c r="G689" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO N°. 004/2020-PE-SEMADS-PMM</t>
+        </is>
+      </c>
+      <c r="H689" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE IMPRESSÃO DE MATERIAIS GRÁFICOS, PARA ATENDER AS NECESSIDADES INSTITUCIONAIS DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT, POR UM PERÍODO DE 12 (DOZE) ME</t>
+        </is>
+      </c>
+      <c r="M689" s="3" t="inlineStr">
+        <is>
+          <t>10/08/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="690">
+      <c r="A690" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B690" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="C401" s="3" t="inlineStr">
+      <c r="C690" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D401" s="3" t="inlineStr">
+      <c r="D690" s="3" t="inlineStr">
         <is>
           <t>SEMUTRAN</t>
         </is>
       </c>
-      <c r="E401" s="3" t="inlineStr">
+      <c r="E690" s="3" t="inlineStr">
         <is>
           <t>2022.09.065.PMA.SEMUTRAN</t>
         </is>
       </c>
-      <c r="G401" s="3" t="inlineStr">
+      <c r="G690" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP Nº47/2021-SEMED.PMMARITUBA</t>
         </is>
       </c>
-      <c r="H401" s="3" t="inlineStr">
+      <c r="H690" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA PARA FUTURA E EVENTUAL AQUISIÇÃO DE MATERIAIS PERMANENTES, TIPO: EQUIPAMENTOS DE SONORIZAÇÃO E ÁUDIO VISUAL, MOBILIÁRIOS E OUTROS EQUIPAMENTOS, PARA ATENDER AS NECESSIDADES INSTITUCIONAIS DA SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂN</t>
         </is>
       </c>
-      <c r="I401" s="3" t="inlineStr">
+      <c r="I690" s="3" t="inlineStr">
         <is>
           <t>01/12/2022</t>
         </is>
       </c>
-      <c r="J401" s="3" t="inlineStr">
+      <c r="J690" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO: MURAL DE LICITAÇÕES DO TCM/PA, E NA PÁGINA ELETRÔNICA WWW.PORTALDECOMPRASPUBLICAS.COM.BR</t>
         </is>
       </c>
-      <c r="M401" s="3" t="inlineStr">
+      <c r="M690" s="3" t="inlineStr">
         <is>
           <t>02/12/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="402">
-[...5 lines deleted...]
-      <c r="C402" s="3" t="inlineStr">
+    <row outlineLevel="0" r="691">
+      <c r="A691" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C691" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D691" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E691" s="3" t="inlineStr">
+        <is>
+          <t>84/2021</t>
+        </is>
+      </c>
+      <c r="F691" s="3" t="inlineStr">
+        <is>
+          <t>10/08/2021</t>
+        </is>
+      </c>
+      <c r="G691" s="3" t="inlineStr">
+        <is>
+          <t>ATA DE REGISTRO DE PREÇO Nº 2020/002/SEMCAT</t>
+        </is>
+      </c>
+      <c r="H691" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAIS DE LIMPEZA EM GERAL POR UM PERÍODO DE 7 (SETE) MESES PARA SUPRIR AS DEMANDAS DESTA SECRETARIA E SEU ANEXO DLP.</t>
+        </is>
+      </c>
+      <c r="M691" s="3" t="inlineStr">
+        <is>
+          <t>10/08/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="692">
+      <c r="A692" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C692" s="3" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D402" s="3" t="inlineStr">
+      <c r="D692" s="3" t="inlineStr">
         <is>
           <t>SEPOF</t>
         </is>
       </c>
-      <c r="E402" s="3" t="inlineStr">
+      <c r="E692" s="3" t="inlineStr">
         <is>
           <t>1669/2020</t>
         </is>
       </c>
-      <c r="F402" s="3" t="inlineStr">
+      <c r="F692" s="3" t="inlineStr">
         <is>
           <t>02/12/2020</t>
         </is>
       </c>
-      <c r="G402" s="3" t="inlineStr">
+      <c r="G692" s="3" t="inlineStr">
         <is>
           <t>RP Nº 003/2020</t>
         </is>
       </c>
-      <c r="H402" s="3" t="inlineStr">
+      <c r="H692" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM MANUTENÇÃO PREVENTIVA E CORRETIVA DE APARELHO DE AR CONDICIONADO DO TIPO SPLIT COM FORNECIMENTO DE GÁS</t>
         </is>
       </c>
-      <c r="M402" s="3" t="inlineStr">
+      <c r="M692" s="3" t="inlineStr">
         <is>
           <t>02/12/2020</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="403">
-[...5 lines deleted...]
-      <c r="C403" s="3" t="inlineStr">
+    <row outlineLevel="0" r="693">
+      <c r="A693" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C693" s="3" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="D403" s="3" t="inlineStr">
+      <c r="D693" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E693" s="3" t="inlineStr">
+        <is>
+          <t>2017.002.PMA.SEMED	 ADES</t>
+        </is>
+      </c>
+      <c r="F693" s="3" t="inlineStr">
+        <is>
+          <t>10/08/2017</t>
+        </is>
+      </c>
+      <c r="H693" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO (EXPEDIENTE) PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE PLANEJAMENTO, ORÇAMENTO E FINANÇAS.</t>
+        </is>
+      </c>
+      <c r="M693" s="3" t="inlineStr">
+        <is>
+          <t>10/08/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="694">
+      <c r="A694" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C694" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D694" s="3" t="inlineStr">
         <is>
           <t>SEHAB</t>
         </is>
       </c>
-      <c r="E403" s="3" t="inlineStr">
+      <c r="E694" s="3" t="inlineStr">
         <is>
           <t>20171304-1</t>
         </is>
       </c>
-      <c r="F403" s="3" t="inlineStr">
+      <c r="F694" s="3" t="inlineStr">
         <is>
           <t>02/10/2017</t>
         </is>
       </c>
-      <c r="G403" s="3" t="inlineStr">
+      <c r="G694" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO Nº 012/2017</t>
         </is>
       </c>
-      <c r="H403" s="3" t="inlineStr">
+      <c r="H694" s="3" t="inlineStr">
         <is>
           <t>MATERIAL GRÁFICO</t>
         </is>
       </c>
-      <c r="M403" s="3" t="inlineStr">
+      <c r="M694" s="3" t="inlineStr">
         <is>
           <t>02/10/2017</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="404">
-[...5 lines deleted...]
-      <c r="C404" s="3" t="inlineStr">
+    <row outlineLevel="0" r="695">
+      <c r="A695" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C695" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D404" s="3" t="inlineStr">
+      <c r="D695" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E404" s="3" t="inlineStr">
+      <c r="E695" s="3" t="inlineStr">
         <is>
           <t>3515/2019</t>
         </is>
       </c>
-      <c r="F404" s="3" t="inlineStr">
+      <c r="F695" s="3" t="inlineStr">
         <is>
           <t>02/09/2019</t>
         </is>
       </c>
-      <c r="G404" s="3" t="inlineStr">
+      <c r="G695" s="3" t="inlineStr">
         <is>
           <t>MEMO N° 1047/2019</t>
         </is>
       </c>
-      <c r="H404" s="3" t="inlineStr">
+      <c r="H695" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA AQUISIÇÃO DE EQUIPAMENTOS E MATERIAL PARA COPA E COZINHA</t>
         </is>
       </c>
-      <c r="M404" s="3" t="inlineStr">
+      <c r="M695" s="3" t="inlineStr">
         <is>
           <t>02/09/2019</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="405">
-[...5 lines deleted...]
-      <c r="B405" s="3" t="inlineStr">
+    <row outlineLevel="0" r="696">
+      <c r="A696" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B696" s="3" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
-      <c r="C405" s="3" t="inlineStr">
+      <c r="C696" s="3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D405" s="3" t="inlineStr">
+      <c r="D696" s="3" t="inlineStr">
         <is>
           <t>FMS</t>
         </is>
       </c>
-      <c r="E405" s="3" t="inlineStr">
+      <c r="E696" s="3" t="inlineStr">
         <is>
           <t> 1370</t>
         </is>
       </c>
-      <c r="F405" s="3" t="inlineStr">
+      <c r="F696" s="3" t="inlineStr">
         <is>
           <t>02/05/2023</t>
         </is>
       </c>
-      <c r="G405" s="3" t="inlineStr">
+      <c r="G696" s="3" t="inlineStr">
         <is>
           <t>EDITAL Nº025/2022-PMC</t>
         </is>
       </c>
-      <c r="H405" s="3" t="inlineStr">
+      <c r="H696" s="3" t="inlineStr">
         <is>
           <t>ADESÃO A ATA DE REGISTRO DE PREÇO Nº 025/2022/PMC-OBJETO:CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIMENTO DE RECARGA DE GÁS DE COZINHA,EM BOTIJÃO DE 13KG,DESTINADOS AO ATENDIMENTO A REDE DE SAÚDE DE ANANINDEUA</t>
         </is>
       </c>
-      <c r="I405" s="3" t="inlineStr">
+      <c r="I696" s="3" t="inlineStr">
         <is>
           <t>02/05/2023</t>
         </is>
       </c>
-      <c r="J405" s="3" t="inlineStr">
+      <c r="J696" s="3" t="inlineStr">
         <is>
           <t>AVENIDA BARÃO DO RIO BRANCO,Nº2232,CEP:68743-050-CIDADE -CASTANHAL-PARÁ ADESÃO A ATA DE REGISTRO DE PREÇO Nº025/2022-PMC-SRP Nº021/2022/PMA</t>
         </is>
       </c>
-      <c r="K405" s="3" t="inlineStr">
+      <c r="K696" s="3" t="inlineStr">
         <is>
           <t>JELCIAS LISBOA DE QUEIROZ</t>
         </is>
       </c>
-      <c r="M405" s="3" t="inlineStr">
+      <c r="M696" s="3" t="inlineStr">
         <is>
           <t>02/05/2023</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="406">
-[...5 lines deleted...]
-      <c r="B406" s="3" t="inlineStr">
+    <row outlineLevel="0" r="697">
+      <c r="A697" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C697" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D697" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E697" s="3" t="inlineStr">
+        <is>
+          <t>2020.03.037.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F697" s="3" t="inlineStr">
+        <is>
+          <t>10/06/2020</t>
+        </is>
+      </c>
+      <c r="G697" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº 2019.001.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H697" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM FORNECIMENTO DE ÁGUA MINERAL – COPO DE 200 ML,GARRAFA DE 1,5L, NÉCTAR DE FRUTAS E REFRIGERANTE, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE TRANSPORTE E TRANSITO-SEMUTRAN.</t>
+        </is>
+      </c>
+      <c r="M697" s="3" t="inlineStr">
+        <is>
+          <t>10/06/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="698">
+      <c r="A698" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C698" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D698" s="3" t="inlineStr">
+        <is>
+          <t>CGM</t>
+        </is>
+      </c>
+      <c r="E698" s="3" t="inlineStr">
+        <is>
+          <t>04/2020-CGM/PMA</t>
+        </is>
+      </c>
+      <c r="F698" s="3" t="inlineStr">
+        <is>
+          <t>10/04/2020</t>
+        </is>
+      </c>
+      <c r="G698" s="3" t="inlineStr">
+        <is>
+          <t>SRP.PE.2019.001.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H698" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇO REFERENTE A AQUISIÇÃO DE MATERIAL DE CONSUMO (CAFÉ, LEITE, ADOÇANTE, AÇÚCAR E FILTRO).</t>
+        </is>
+      </c>
+      <c r="M698" s="3" t="inlineStr">
+        <is>
+          <t>10/04/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="699">
+      <c r="A699" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C699" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D699" s="3" t="inlineStr">
+        <is>
+          <t>CGM</t>
+        </is>
+      </c>
+      <c r="E699" s="3" t="inlineStr">
+        <is>
+          <t>05/2020-CGM/PMA</t>
+        </is>
+      </c>
+      <c r="F699" s="3" t="inlineStr">
+        <is>
+          <t>10/04/2020</t>
+        </is>
+      </c>
+      <c r="G699" s="3" t="inlineStr">
+        <is>
+          <t>SRP.PE.2019.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H699" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇO REFERENTE A AQUISIÇÃO DE MATERIAL DE CONSUMO (EXPEDIENTE).</t>
+        </is>
+      </c>
+      <c r="M699" s="3" t="inlineStr">
+        <is>
+          <t>10/04/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="700">
+      <c r="A700" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B700" s="3" t="inlineStr">
         <is>
           <t>007</t>
         </is>
       </c>
-      <c r="C406" s="3" t="inlineStr">
+      <c r="C700" s="3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="D406" s="3" t="inlineStr">
+      <c r="D700" s="3" t="inlineStr">
         <is>
           <t>SEMED</t>
         </is>
       </c>
-      <c r="E406" s="3" t="inlineStr">
+      <c r="E700" s="3" t="inlineStr">
         <is>
           <t>2720/2024</t>
         </is>
       </c>
-      <c r="G406" s="3" t="inlineStr">
+      <c r="G700" s="3" t="inlineStr">
         <is>
           <t>ATA DE REGISTRO DE PREÇOS DE Nº 007/2023/PMC - CONT. 010/2024 - SEMED</t>
         </is>
       </c>
-      <c r="H406" s="3" t="inlineStr">
+      <c r="H700" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE GÁS LIQUEFEITO DE PETRÓLEO - GLP (ENVASADO EM BOTIJAS DE 13 KG) E VAZILHAMES, PARA ATENDER AS ESCOLAS DA REDE MUNICIPAL DE ENSINO DE ANANINDEUA.</t>
         </is>
       </c>
-      <c r="I406" s="3" t="inlineStr">
+      <c r="I700" s="3" t="inlineStr">
         <is>
           <t>23/01/2024</t>
         </is>
       </c>
-      <c r="M406" s="3" t="inlineStr">
+      <c r="M700" s="3" t="inlineStr">
         <is>
           <t>02/04/2024</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="407">
-[...5 lines deleted...]
-      <c r="C407" s="3" t="inlineStr">
+    <row outlineLevel="0" r="701">
+      <c r="A701" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C701" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D701" s="3" t="inlineStr">
+        <is>
+          <t>CGM</t>
+        </is>
+      </c>
+      <c r="E701" s="3" t="inlineStr">
+        <is>
+          <t>03/2020-CGM.PMA</t>
+        </is>
+      </c>
+      <c r="F701" s="3" t="inlineStr">
+        <is>
+          <t>10/04/2020</t>
+        </is>
+      </c>
+      <c r="G701" s="3" t="inlineStr">
+        <is>
+          <t>SRP.PE.2019.003.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H701" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇOS REFERENTE A AQUISIÇÃO DE MATERIAIS DE CONSUMO (HIGIENE E LIMPEZA).</t>
+        </is>
+      </c>
+      <c r="M701" s="3" t="inlineStr">
+        <is>
+          <t>10/04/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="702">
+      <c r="A702" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C702" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D407" s="3" t="inlineStr">
+      <c r="D702" s="3" t="inlineStr">
         <is>
           <t>SEMCAT</t>
         </is>
       </c>
-      <c r="F407" s="3" t="inlineStr">
+      <c r="F702" s="3" t="inlineStr">
         <is>
           <t>02/04/2018</t>
         </is>
       </c>
-      <c r="H407" s="3" t="inlineStr">
+      <c r="H702" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL ESPORTIVO E BRINQUEDOS PEDAGÓGICOS</t>
         </is>
       </c>
-      <c r="M407" s="3" t="inlineStr">
+      <c r="M702" s="3" t="inlineStr">
         <is>
           <t>02/04/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="408">
-[...5 lines deleted...]
-      <c r="C408" s="3" t="inlineStr">
+    <row outlineLevel="0" r="703">
+      <c r="A703" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C703" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D703" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E703" s="3" t="inlineStr">
+        <is>
+          <t>2019.02.035.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F703" s="3" t="inlineStr">
+        <is>
+          <t>10/04/2019</t>
+        </is>
+      </c>
+      <c r="G703" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL SISTEMA DE REGISTRO DE PREÇOS Nº 004/2018-CMA</t>
+        </is>
+      </c>
+      <c r="H703" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL DE LIMPEZA E HIGIENIZAÇÃO, PRODUTOS DESCARTÁVEIS E GÊNEROS ALIMENTÍCIOS.</t>
+        </is>
+      </c>
+      <c r="M703" s="3" t="inlineStr">
+        <is>
+          <t>10/04/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="704">
+      <c r="A704" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C704" s="3" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="D408" s="3" t="inlineStr">
+      <c r="D704" s="3" t="inlineStr">
         <is>
           <t>CGM</t>
         </is>
       </c>
-      <c r="E408" s="3" t="inlineStr">
+      <c r="E704" s="3" t="inlineStr">
         <is>
           <t>007/2018-ADM.CGM</t>
         </is>
       </c>
-      <c r="F408" s="3" t="inlineStr">
+      <c r="F704" s="3" t="inlineStr">
         <is>
           <t>02/03/2018</t>
         </is>
       </c>
-      <c r="G408" s="3" t="inlineStr">
+      <c r="G704" s="3" t="inlineStr">
         <is>
           <t>PE.SRP.2017.004.PMA.SEMED</t>
         </is>
       </c>
-      <c r="H408" s="3" t="inlineStr">
+      <c r="H704" s="3" t="inlineStr">
         <is>
           <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (CAFÉ, AÇUCAR, LEITE , ADOÇANTE, FILTRO...)</t>
         </is>
       </c>
-      <c r="M408" s="3" t="inlineStr">
+      <c r="M704" s="3" t="inlineStr">
         <is>
           <t>02/03/2018</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="409">
-[...5 lines deleted...]
-      <c r="B409" s="3" t="inlineStr">
+    <row outlineLevel="0" r="705">
+      <c r="A705" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C705" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D705" s="3" t="inlineStr">
+        <is>
+          <t>CGM</t>
+        </is>
+      </c>
+      <c r="E705" s="3" t="inlineStr">
+        <is>
+          <t>01/2020</t>
+        </is>
+      </c>
+      <c r="F705" s="3" t="inlineStr">
+        <is>
+          <t>10/03/2020</t>
+        </is>
+      </c>
+      <c r="G705" s="3" t="inlineStr">
+        <is>
+          <t>PP.SRP.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H705" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇOS, REFERENTE A PRESTAÇÃO DE SERVIÇOS CONTINUADOS DE LOCAÇÃO DE IMPRESSORAS E MULTIFUNCIONAIS PARA ATENDER AS DEMANDAS, COMPREENDENDO A PRESTAÇÃO DE SERVIÇO DE MANUTENÇÃO PREVENTIVA E CORRETIVA, FORNECIMENTO DE PEÇAS E</t>
+        </is>
+      </c>
+      <c r="M705" s="3" t="inlineStr">
+        <is>
+          <t>10/03/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="706">
+      <c r="A706" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B706" s="3" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="C409" s="3" t="inlineStr">
+      <c r="C706" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D409" s="3" t="inlineStr">
+      <c r="D706" s="3" t="inlineStr">
         <is>
           <t>SECULT</t>
         </is>
       </c>
-      <c r="E409" s="3" t="inlineStr">
+      <c r="E706" s="3" t="inlineStr">
         <is>
           <t>Nº 5.007/2022.SECULT.PMA</t>
         </is>
       </c>
-      <c r="F409" s="3" t="inlineStr">
+      <c r="F706" s="3" t="inlineStr">
         <is>
           <t>01/09/2022</t>
         </is>
       </c>
-      <c r="G409" s="3" t="inlineStr">
+      <c r="G706" s="3" t="inlineStr">
         <is>
           <t>PE.SRP.9/2021.19 SESAU.PMA - ATA Nº 2021.019.001.SESAU/PMA</t>
         </is>
       </c>
-      <c r="H409" s="3" t="inlineStr">
+      <c r="H706" s="3" t="inlineStr">
         <is>
           <t>FORNECIMENTO DE MATERIAL DE EXPEDIENTE</t>
         </is>
       </c>
-      <c r="I409" s="3" t="inlineStr">
+      <c r="I706" s="3" t="inlineStr">
         <is>
           <t>01/09/2022</t>
         </is>
       </c>
-      <c r="J409" s="3" t="inlineStr">
+      <c r="J706" s="3" t="inlineStr">
         <is>
           <t>SECRETARIA DE CULTURA DE ANANINDEUA - SECULT</t>
         </is>
       </c>
-      <c r="K409" s="3" t="inlineStr">
+      <c r="K706" s="3" t="inlineStr">
         <is>
           <t>MICHEL TOBIAS BARBOSA (Titular) VIVIAN MELO DOS SANTOS (Suplente)</t>
         </is>
       </c>
-      <c r="M409" s="3" t="inlineStr">
+      <c r="M706" s="3" t="inlineStr">
         <is>
           <t>01/09/2022</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="410">
-[...5 lines deleted...]
-      <c r="C410" s="3" t="inlineStr">
+    <row outlineLevel="0" r="707">
+      <c r="A707" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B707" s="3" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="C707" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D707" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E707" s="3" t="inlineStr">
+        <is>
+          <t>08.2022.DAL.SEMAD</t>
+        </is>
+      </c>
+      <c r="F707" s="3" t="inlineStr">
+        <is>
+          <t>03/02/2023</t>
+        </is>
+      </c>
+      <c r="G707" s="3" t="inlineStr">
+        <is>
+          <t>#EDITAL DE CONCORRÊNCIA SRP Nº 3/2022-021 SEMED/PMA</t>
+        </is>
+      </c>
+      <c r="H707" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA PARA A PRESTAÇÃO DE SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA DAS INSTALAÇÕES, COM FORNECIMENTO DE MÃO DE OBRA.</t>
+        </is>
+      </c>
+      <c r="I707" s="3" t="inlineStr">
+        <is>
+          <t>03/02/2023</t>
+        </is>
+      </c>
+      <c r="J707" s="3" t="inlineStr">
+        <is>
+          <t>SETOR DE LICITAÇÕES - PRÉDIO DA PREFEITURA DE ANANINDEUA</t>
+        </is>
+      </c>
+      <c r="M707" s="3" t="inlineStr">
+        <is>
+          <t>10/02/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="708">
+      <c r="A708" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C708" s="3" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D410" s="3" t="inlineStr">
+      <c r="D708" s="3" t="inlineStr">
         <is>
           <t>SEMES</t>
         </is>
       </c>
-      <c r="E410" s="3" t="inlineStr">
+      <c r="E708" s="3" t="inlineStr">
         <is>
           <t>010/2021</t>
         </is>
       </c>
-      <c r="F410" s="3" t="inlineStr">
+      <c r="F708" s="3" t="inlineStr">
         <is>
           <t>01/09/2021</t>
         </is>
       </c>
-      <c r="G410" s="3" t="inlineStr">
+      <c r="G708" s="3" t="inlineStr">
         <is>
           <t>PE Nº SRP 2021.001.CMA - PL Nº 014/2021-CMA</t>
         </is>
       </c>
-      <c r="H410" s="3" t="inlineStr">
+      <c r="H708" s="3" t="inlineStr">
         <is>
           <t>O OBJETO É A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA LOCAÇÃO DE COMPUTADORES, E PRESTAÇÃO DE SERVIÇO DE MANUTENÇÃO PREVENTIVA E CORRETIVA, SUPORTE TÉCNICO E GARANTIA DE SUBSTITUIÇÃO DO EQUIPAMENTO.</t>
         </is>
       </c>
-      <c r="M410" s="3" t="inlineStr">
+      <c r="M708" s="3" t="inlineStr">
         <is>
           <t>01/09/2021</t>
         </is>
       </c>
     </row>
-    <row outlineLevel="0" r="411">
-[...5 lines deleted...]
-      <c r="B411" s="3" t="inlineStr">
+    <row outlineLevel="0" r="709">
+      <c r="A709" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B709" s="3" t="inlineStr">
+        <is>
+          <t>047</t>
+        </is>
+      </c>
+      <c r="C709" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D709" s="3" t="inlineStr">
+        <is>
+          <t>FMS</t>
+        </is>
+      </c>
+      <c r="E709" s="3" t="inlineStr">
+        <is>
+          <t>12959</t>
+        </is>
+      </c>
+      <c r="F709" s="3" t="inlineStr">
+        <is>
+          <t>08/02/2022</t>
+        </is>
+      </c>
+      <c r="H709" s="3" t="inlineStr">
+        <is>
+          <t>REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL AQUISIÇÃO DE MATERIAIS PERMANENTE TIPO: EQUIPAMENTOS DE SONORIZAÇÃO E AÚDIO VISUAL, APARELHOS ELETRÔNICOS E ELETRODOMÉSTICOS,APARELHOS DE REFRIGERAÇÃO,EQUIPAMENTOS ELETRO PORTÁTEIS, MOBILIÁRIOS E OUTROS EQUIPAMENT</t>
+        </is>
+      </c>
+      <c r="I709" s="3" t="inlineStr">
+        <is>
+          <t>08/02/2022</t>
+        </is>
+      </c>
+      <c r="J709" s="3" t="inlineStr">
+        <is>
+          <t>WWW.PORTALDECOMPRASPUBLICAS.COM.BR- 28/09/2021 ADESÃO A ATA DE REGISTRO DE PREÇO Nº047/2021-001-MARITUBA/PA</t>
+        </is>
+      </c>
+      <c r="M709" s="3" t="inlineStr">
+        <is>
+          <t>10/02/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="710">
+      <c r="A710" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B710" s="3" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
-      <c r="C411" s="3" t="inlineStr">
+      <c r="C710" s="3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D411" s="3" t="inlineStr">
+      <c r="D710" s="3" t="inlineStr">
         <is>
           <t>SEMAD</t>
         </is>
       </c>
-      <c r="E411" s="3" t="inlineStr">
+      <c r="E710" s="3" t="inlineStr">
         <is>
           <t>8073/2023</t>
         </is>
       </c>
-      <c r="G411" s="3" t="inlineStr">
+      <c r="G710" s="3" t="inlineStr">
         <is>
           <t>PREGÃO ELETRÔNICO SRP Nº13/2022</t>
         </is>
       </c>
-      <c r="H411" s="3" t="inlineStr">
+      <c r="H710" s="3" t="inlineStr">
         <is>
           <t>CONTRATAÇÃO CONJUNTA DA PRESTAÇÃO DE SERVIÇO MÓVEL PESSOAL (SMP - DADOS MÓVEIS E VOZ), GESTÃO DE DISPOSITIVOS MÓVEIS (MDM) E OPÇÃO APARELHOS MÓVEIS EM COMODATO PARA ATENDER AS NECESSIDADES DOS ÓRGÃOS INTEGRANTES DA PREFEITURA MUNICIPAL DE ANANINDEUA – PMA</t>
         </is>
       </c>
-      <c r="I411" s="3" t="inlineStr">
+      <c r="I710" s="3" t="inlineStr">
         <is>
           <t>31/01/2024</t>
         </is>
       </c>
-      <c r="M411" s="3" t="inlineStr">
+      <c r="M710" s="3" t="inlineStr">
+        <is>
+          <t>01/02/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="711">
+      <c r="A711" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C711" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D711" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E711" s="3" t="inlineStr">
+        <is>
+          <t>3756/2019-SEMED</t>
+        </is>
+      </c>
+      <c r="F711" s="3" t="inlineStr">
+        <is>
+          <t>09/11/2020</t>
+        </is>
+      </c>
+      <c r="G711" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL SRP N°.2019.002.PMA.SESDS</t>
+        </is>
+      </c>
+      <c r="H711" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO DE IMPRESSORAS E MULTIFUNCIONAIS COMPREENDENDO SERVIÇO DE MANUTENÇÃO PREVENTIVA E CORRETIVA COM FORNECIMENTO DE PEÇAS E SUPRIMENTOS NECESSÁRIOS (EXCETO PAPEL) PARA ATENDER AS NECESSIDADES DA SECRETARI</t>
+        </is>
+      </c>
+      <c r="M711" s="3" t="inlineStr">
+        <is>
+          <t>09/11/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="712">
+      <c r="A712" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C712" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D712" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="E712" s="3" t="inlineStr">
+        <is>
+          <t>10596</t>
+        </is>
+      </c>
+      <c r="F712" s="3" t="inlineStr">
+        <is>
+          <t>09/11/2018</t>
+        </is>
+      </c>
+      <c r="H712" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇO DE AQUISIÇÃO E INSTALAÇÃO DE EQUIPAMENTOS DE SEGURANÇA ELETRÔNICA COM ACESSO REMOTO PARA A SECRETARIA MUNICIPAL DE SAÚDE DE ANANINDEUA.</t>
+        </is>
+      </c>
+      <c r="M712" s="3" t="inlineStr">
+        <is>
+          <t>09/11/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="713">
+      <c r="A713" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C713" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D713" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E713" s="3" t="inlineStr">
+        <is>
+          <t> 80/2021</t>
+        </is>
+      </c>
+      <c r="F713" s="3" t="inlineStr">
+        <is>
+          <t>09/08/2021</t>
+        </is>
+      </c>
+      <c r="G713" s="3" t="inlineStr">
+        <is>
+          <t>ATA DE REGISTRO DE PREÇOS Nº 2020.002.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H713" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAIS DE EXPEDIENTE DE FORMA PARCELADO NO PERÍODO DE 07 (SETE) MESES PARA SUPRIR AS NECESSIDADES DOS DEPARTAMENTOS DESTA SECRETARIA.</t>
+        </is>
+      </c>
+      <c r="M713" s="3" t="inlineStr">
+        <is>
+          <t>09/08/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="714">
+      <c r="A714" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C714" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D714" s="3" t="inlineStr">
+        <is>
+          <t>SEMCAT</t>
+        </is>
+      </c>
+      <c r="E714" s="3" t="inlineStr">
+        <is>
+          <t>310/2021-SEMCAT/PMA.</t>
+        </is>
+      </c>
+      <c r="F714" s="3" t="inlineStr">
+        <is>
+          <t>09/08/2021</t>
+        </is>
+      </c>
+      <c r="G714" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO N°. 036/2020-PMSIP</t>
+        </is>
+      </c>
+      <c r="H714" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA PARA O FORNECIMENTO DE GÊNEROS ALIMENTÍCIOS, ESTIVAS EM GERAL, PROTEÍNAS E HORTIFRUTIGRANJEIRO, PARA ATENDER AS NECESSIDADES INSTITUCIONAIS DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT</t>
+        </is>
+      </c>
+      <c r="M714" s="3" t="inlineStr">
+        <is>
+          <t>09/08/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="715">
+      <c r="A715" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C715" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D715" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E715" s="3" t="inlineStr">
+        <is>
+          <t>74/2021</t>
+        </is>
+      </c>
+      <c r="F715" s="3" t="inlineStr">
+        <is>
+          <t>09/08/2021</t>
+        </is>
+      </c>
+      <c r="G715" s="3" t="inlineStr">
+        <is>
+          <t>SRP 036/2020 - PMSIP ATA Nº 001/2021</t>
+        </is>
+      </c>
+      <c r="H715" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS (CAFÉ, VINAGRE E TRIGO) PARA SUPRIR AS DEMANDAS DIÁRIAS</t>
+        </is>
+      </c>
+      <c r="M715" s="3" t="inlineStr">
+        <is>
+          <t>09/08/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="716">
+      <c r="A716" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C716" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D716" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E716" s="3" t="inlineStr">
+        <is>
+          <t>056/2020-SEMED</t>
+        </is>
+      </c>
+      <c r="F716" s="3" t="inlineStr">
+        <is>
+          <t>09/06/2020</t>
+        </is>
+      </c>
+      <c r="G716" s="3" t="inlineStr">
+        <is>
+          <t>SRP PP Nº 2019.001.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="H716" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇO, REFERENTE A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE VALE COMBUSTÍVEL TIPO IMPRESSO PARA O PERÍODO DE 06 (SEIS) MESES.</t>
+        </is>
+      </c>
+      <c r="M716" s="3" t="inlineStr">
+        <is>
+          <t>09/06/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="717">
+      <c r="A717" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B717" s="3" t="inlineStr">
+        <is>
+          <t>04</t>
+        </is>
+      </c>
+      <c r="C717" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D717" s="3" t="inlineStr">
+        <is>
+          <t>SEMUPA</t>
+        </is>
+      </c>
+      <c r="E717" s="3" t="inlineStr">
+        <is>
+          <t>17.858/2024</t>
+        </is>
+      </c>
+      <c r="G717" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº 04/2023</t>
+        </is>
+      </c>
+      <c r="H717" s="3" t="inlineStr">
+        <is>
+          <t>O OBJETO DO PRESENTE ESTUDO É SUBSIDIAR A INSTRUÇÃO PARA O REGISTRO DE PREÇO DA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL PERMANENTE AFIM DE ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE PESCA E AGRICULTURA-SEMUPA, CONFORME CON</t>
+        </is>
+      </c>
+      <c r="I717" s="3" t="inlineStr">
+        <is>
+          <t>16/04/2024</t>
+        </is>
+      </c>
+      <c r="M717" s="3" t="inlineStr">
+        <is>
+          <t>09/05/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="718">
+      <c r="A718" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C718" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D718" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E718" s="3" t="inlineStr">
+        <is>
+          <t>2018.12.200.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F718" s="3" t="inlineStr">
+        <is>
+          <t>09/05/2019</t>
+        </is>
+      </c>
+      <c r="G718" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL SISTEMA DE REGISTRO DE PREÇOS Nº 003/2018-CMA. ATA DE REGISTRO DE PREÇOS Nº 007/2018-CMA.</t>
+        </is>
+      </c>
+      <c r="H718" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE CARTUCHOS, TONNER PARA IMPRESSORAS E MATERIAL DE EXPEDIENTE, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO - SEMUTRAN.</t>
+        </is>
+      </c>
+      <c r="M718" s="3" t="inlineStr">
+        <is>
+          <t>09/05/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="719">
+      <c r="A719" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B719" s="3" t="inlineStr">
+        <is>
+          <t>03</t>
+        </is>
+      </c>
+      <c r="C719" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D719" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E719" s="3" t="inlineStr">
+        <is>
+          <t>8.981/2023</t>
+        </is>
+      </c>
+      <c r="G719" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO – SRP Nº 03/2023 - MARAPANIM - PMM</t>
+        </is>
+      </c>
+      <c r="H719" s="3" t="inlineStr">
+        <is>
+          <t>RESGITRO DE PREÇO PARA EVENTUAL AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS.</t>
+        </is>
+      </c>
+      <c r="I719" s="3" t="inlineStr">
+        <is>
+          <t>25/08/2023</t>
+        </is>
+      </c>
+      <c r="M719" s="3" t="inlineStr">
+        <is>
+          <t>09/04/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="720">
+      <c r="A720" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C720" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D720" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E720" s="3" t="inlineStr">
+        <is>
+          <t>Nº.022/2021/SESAN/PMA</t>
+        </is>
+      </c>
+      <c r="F720" s="3" t="inlineStr">
+        <is>
+          <t>09/04/2021</t>
+        </is>
+      </c>
+      <c r="G720" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO Nº 2020.002.PMA.SEMCAT</t>
+        </is>
+      </c>
+      <c r="H720" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A AQUISIÇÃO DE MATERIAIS DE CONSUMO DIVERSOS, DOS TIPOS: HIGIENE PESSOAL, PRODUTOS DE LIMPEZA, MATERIAL DE EXPEDIENTE E MATERIAL PEDAGÓGICO.</t>
+        </is>
+      </c>
+      <c r="M720" s="3" t="inlineStr">
+        <is>
+          <t>09/04/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="721">
+      <c r="A721" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C721" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D721" s="3" t="inlineStr">
+        <is>
+          <t>CGM</t>
+        </is>
+      </c>
+      <c r="E721" s="3" t="inlineStr">
+        <is>
+          <t>06/2020-CGM/PMA</t>
+        </is>
+      </c>
+      <c r="F721" s="3" t="inlineStr">
+        <is>
+          <t>09/04/2020</t>
+        </is>
+      </c>
+      <c r="G721" s="3" t="inlineStr">
+        <is>
+          <t>SRP.PE.2019.004.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H721" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇO, PARA AQUISIÇÃO DE MATERIAL DE CONSUMO (TONNER, CARTUCHOS E PERIFÉRICOS).</t>
+        </is>
+      </c>
+      <c r="M721" s="3" t="inlineStr">
+        <is>
+          <t>09/04/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="722">
+      <c r="A722" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B722" s="3" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="C722" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D722" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E722" s="3" t="inlineStr">
+        <is>
+          <t> 3589/2022 - SEMED</t>
+        </is>
+      </c>
+      <c r="F722" s="3" t="inlineStr">
+        <is>
+          <t>06/01/2023</t>
+        </is>
+      </c>
+      <c r="H722" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE LIMPEZA, HIGIENIZAÇÃO DE AMBIENTES, ESPECIALMENTE CONTROLE DE PRAGAS E VETORES, LIMPEZA DE FORROS EM GERAL E SANITIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="I722" s="3" t="inlineStr">
+        <is>
+          <t>04/01/2023</t>
+        </is>
+      </c>
+      <c r="J722" s="3" t="inlineStr">
+        <is>
+          <t> SECRETARIA MUNICIPAL DE EDUCAÇÃO DE ANANINDEUA - SEMED</t>
+        </is>
+      </c>
+      <c r="M722" s="3" t="inlineStr">
+        <is>
+          <t>09/01/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="723">
+      <c r="A723" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C723" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D723" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E723" s="3" t="inlineStr">
+        <is>
+          <t>026/2019</t>
+        </is>
+      </c>
+      <c r="F723" s="3" t="inlineStr">
+        <is>
+          <t>09/01/2020</t>
+        </is>
+      </c>
+      <c r="G723" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL SRP Nº PP - 003/2019 - PMT</t>
+        </is>
+      </c>
+      <c r="H723" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA(S) ESPECIALIZADA(S) PARA PRESTAR SERVIÇOS DE LOCAÇÃO DE EQUIPAMENTOS DE INFORMÁTICA PARA ATENDER A SECRETÁRIA DE SANEAMENTO E INFRAESTRUTURA DO MUNICÍPIO DE ANANINDEUA - SESAN/PMA - (SRP) Nº PP-003/2019-PMT</t>
+        </is>
+      </c>
+      <c r="M723" s="3" t="inlineStr">
+        <is>
+          <t>09/01/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="724">
+      <c r="A724" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B724" s="3" t="inlineStr">
+        <is>
+          <t>018</t>
+        </is>
+      </c>
+      <c r="C724" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D724" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E724" s="3" t="inlineStr">
+        <is>
+          <t>Nº 12.035/2022 - SESAN/PMA</t>
+        </is>
+      </c>
+      <c r="F724" s="3" t="inlineStr">
+        <is>
+          <t>08/11/2022</t>
+        </is>
+      </c>
+      <c r="G724" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL DE CONCORRÊNCIA SRP Nº 3/2021-018 GP/PMA</t>
+        </is>
+      </c>
+      <c r="H724" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SERVIÇOS EVENTUAIS DE BUFFET COM FORNECIMENTO DE ALIMENTOS E COMPLEMENTOS, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SANEAMENTO E INFRAESTRUTURA-SESAN.</t>
+        </is>
+      </c>
+      <c r="I724" s="3" t="inlineStr">
+        <is>
+          <t>07/11/2022</t>
+        </is>
+      </c>
+      <c r="J724" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA DE SANEAMENTO E INFRAESTRUTURA TV SN 17, S/N CONJUNTO CIDADE NOVA II.</t>
+        </is>
+      </c>
+      <c r="M724" s="3" t="inlineStr">
+        <is>
+          <t>08/11/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="725">
+      <c r="A725" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C725" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D725" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E725" s="3" t="inlineStr">
+        <is>
+          <t>3670/2018-SEMED</t>
+        </is>
+      </c>
+      <c r="F725" s="3" t="inlineStr">
+        <is>
+          <t>08/11/2019</t>
+        </is>
+      </c>
+      <c r="G725" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL SISTEMA DE REGISTRO DE PREÇOS - PREGÃO ELETRONICO N°.2019.004.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H725" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO (TONNER, CARTUCHOS E PERIFÉRICOS) PARA ATENDER AS NECESSIDADES DA SECRETARIA DE SEGURANÇA E DO COMANDO DA GUARDA CIVIL MUNICIPAL DE ANANINDEUA.</t>
+        </is>
+      </c>
+      <c r="M725" s="3" t="inlineStr">
+        <is>
+          <t>08/11/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="726">
+      <c r="A726" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C726" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D726" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E726" s="3" t="inlineStr">
+        <is>
+          <t>385/2018</t>
+        </is>
+      </c>
+      <c r="F726" s="3" t="inlineStr">
+        <is>
+          <t>08/11/2018</t>
+        </is>
+      </c>
+      <c r="G726" s="3" t="inlineStr">
+        <is>
+          <t>SRP N°003/2018</t>
+        </is>
+      </c>
+      <c r="H726" s="3" t="inlineStr">
+        <is>
+          <t>CONTRAÇÃO DE UMA EMPRESA ESPECIALIZADA EM FORNECIMENTO DE CARTUCHOS, TONER PARA IMPRESSORA E MATERIAL DE EXPEDIENTE.</t>
+        </is>
+      </c>
+      <c r="M726" s="3" t="inlineStr">
+        <is>
+          <t>08/11/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="727">
+      <c r="A727" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C727" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D727" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E727" s="3" t="inlineStr">
+        <is>
+          <t>073</t>
+        </is>
+      </c>
+      <c r="F727" s="3" t="inlineStr">
+        <is>
+          <t>08/09/2021</t>
+        </is>
+      </c>
+      <c r="G727" s="3" t="inlineStr">
+        <is>
+          <t>REGISTRO DE PREÇOS ORIGINÁRIO DE PREGÃO ELETRÔNICO Nº 029/2021 - SEMAD/MARITUBA</t>
+        </is>
+      </c>
+      <c r="H727" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE ARTEFATOS DE CIMENTO, TAIS COMO BLOCOS, BLOQUETES, MEIO FIO E TUBOS DE CONCRETO</t>
+        </is>
+      </c>
+      <c r="M727" s="3" t="inlineStr">
+        <is>
+          <t>08/09/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="728">
+      <c r="A728" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C728" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D728" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E728" s="3" t="inlineStr">
+        <is>
+          <t>118/2019</t>
+        </is>
+      </c>
+      <c r="F728" s="3" t="inlineStr">
+        <is>
+          <t>08/08/2019</t>
+        </is>
+      </c>
+      <c r="G728" s="3" t="inlineStr">
+        <is>
+          <t>SRP.2018.006.PMA.SEMCAT</t>
+        </is>
+      </c>
+      <c r="H728" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE GÁS E ÁGUA MINERAL</t>
+        </is>
+      </c>
+      <c r="M728" s="3" t="inlineStr">
+        <is>
+          <t>08/08/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="729">
+      <c r="A729" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C729" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D729" s="3" t="inlineStr">
+        <is>
+          <t>SEMA</t>
+        </is>
+      </c>
+      <c r="E729" s="3" t="inlineStr">
+        <is>
+          <t>007/2020-SEMA/PMA</t>
+        </is>
+      </c>
+      <c r="F729" s="3" t="inlineStr">
+        <is>
+          <t>08/07/2020</t>
+        </is>
+      </c>
+      <c r="G729" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATO ADMINISTRATIVO Nº 002/2020-SEMA/PMA</t>
+        </is>
+      </c>
+      <c r="H729" s="3" t="inlineStr">
+        <is>
+          <t>PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO À INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM VELOCIDADE DE 30MB</t>
+        </is>
+      </c>
+      <c r="M729" s="3" t="inlineStr">
+        <is>
+          <t>08/07/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="730">
+      <c r="A730" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C730" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D730" s="3" t="inlineStr">
+        <is>
+          <t>SEGOV</t>
+        </is>
+      </c>
+      <c r="E730" s="3" t="inlineStr">
+        <is>
+          <t>013/2018 - SEGOV</t>
+        </is>
+      </c>
+      <c r="F730" s="3" t="inlineStr">
+        <is>
+          <t>08/05/2018</t>
+        </is>
+      </c>
+      <c r="G730" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 2017.004.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H730" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL DE CONSUMO ( CAFÉ, AÇÚCAR, LEITE, ADOÇANTE, FILTRO PARA CAFÉ)</t>
+        </is>
+      </c>
+      <c r="M730" s="3" t="inlineStr">
+        <is>
+          <t>08/05/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="731">
+      <c r="A731" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C731" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D731" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E731" s="3" t="inlineStr">
+        <is>
+          <t>028/2018</t>
+        </is>
+      </c>
+      <c r="F731" s="3" t="inlineStr">
+        <is>
+          <t>08/05/2018</t>
+        </is>
+      </c>
+      <c r="G731" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 2017.005.SEMED.PMA</t>
+        </is>
+      </c>
+      <c r="H731" s="3" t="inlineStr">
+        <is>
+          <t>MATERIAL DE CONSUMO (LIMPEZA)</t>
+        </is>
+      </c>
+      <c r="M731" s="3" t="inlineStr">
+        <is>
+          <t>08/05/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="732">
+      <c r="A732" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B732" s="3" t="inlineStr">
+        <is>
+          <t>003</t>
+        </is>
+      </c>
+      <c r="C732" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D732" s="3" t="inlineStr">
+        <is>
+          <t>SECULT</t>
+        </is>
+      </c>
+      <c r="E732" s="3" t="inlineStr">
+        <is>
+          <t>054/2020</t>
+        </is>
+      </c>
+      <c r="F732" s="3" t="inlineStr">
+        <is>
+          <t>08/03/2021</t>
+        </is>
+      </c>
+      <c r="G732" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 003/2020.PMA.SESAU</t>
+        </is>
+      </c>
+      <c r="H732" s="3" t="inlineStr">
+        <is>
+          <t>MANUTENÇÃO PREVENTIVA E CORRETIVA DE AR CONDICIONADO TIPO SPLIT</t>
+        </is>
+      </c>
+      <c r="I732" s="3" t="inlineStr">
+        <is>
+          <t>20/12/2020</t>
+        </is>
+      </c>
+      <c r="J732" s="3" t="inlineStr">
+        <is>
+          <t>SECELJ</t>
+        </is>
+      </c>
+      <c r="M732" s="3" t="inlineStr">
+        <is>
+          <t>08/03/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="733">
+      <c r="A733" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C733" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D733" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E733" s="3" t="inlineStr">
+        <is>
+          <t>208/2017</t>
+        </is>
+      </c>
+      <c r="F733" s="3" t="inlineStr">
+        <is>
+          <t>08/03/2018</t>
+        </is>
+      </c>
+      <c r="G733" s="3" t="inlineStr">
+        <is>
+          <t>PPSRP.2016.004.PMA.SESAU</t>
+        </is>
+      </c>
+      <c r="H733" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATEIRAL DE CONSUMO - PROTEÇÃO E SEGURANÇA</t>
+        </is>
+      </c>
+      <c r="M733" s="3" t="inlineStr">
+        <is>
+          <t>08/03/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="734">
+      <c r="A734" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C734" s="3" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="D734" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E734" s="3" t="inlineStr">
+        <is>
+          <t>3971/2016/SEMED</t>
+        </is>
+      </c>
+      <c r="F734" s="3" t="inlineStr">
+        <is>
+          <t>08/03/2018</t>
+        </is>
+      </c>
+      <c r="G734" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL-SISTEMA DE REGISTRO DE PREÇOS - PREGÃO ELETRÔNICO N° 2017.005.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H734" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO (LIMPEZA) PARA ATENDER AS NECESSIDADES DA SECRETARIA DE SEGURANÇA, DO COMANDO DA GUARDA E DO PROJETO ANJOS DA GUARDA - PARA O PERÍODO DE DOIS MESES.(PROCESSO RELANÇADO)</t>
+        </is>
+      </c>
+      <c r="M734" s="3" t="inlineStr">
+        <is>
+          <t>08/03/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="735">
+      <c r="A735" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C735" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D735" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E735" s="3" t="inlineStr">
+        <is>
+          <t>2017.005.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="F735" s="3" t="inlineStr">
+        <is>
+          <t>08/03/2018</t>
+        </is>
+      </c>
+      <c r="H735" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO (LIMPEZA) PARA ATENDER AS NECESSIDADES DA SECRETARIA DE SEGURANÇA, DO COMANDO DA GUARDA E DO PROJETO ANJOS DA GUARDA - PARA O PERÍODO DE DOIS MESES.(PROCESSO RELANÇADO)</t>
+        </is>
+      </c>
+      <c r="M735" s="3" t="inlineStr">
+        <is>
+          <t>08/03/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="736">
+      <c r="A736" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B736" s="3" t="inlineStr">
+        <is>
+          <t>105</t>
+        </is>
+      </c>
+      <c r="C736" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D736" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E736" s="3" t="inlineStr">
+        <is>
+          <t> 2710001</t>
+        </is>
+      </c>
+      <c r="G736" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL DO PREGÃO ELETRÔNICO Nº 105/2022</t>
+        </is>
+      </c>
+      <c r="H736" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESAS(S) ESPECIALIZADA(S) PARA AQUISIÇÃO DE CAMINHONETES E MOTOS PARA ATENDER AS DEMANDAS DO DEPARTAMENTO MUNICIPAL DE TRÂNSITO DE ALTAMIRA/PA (DEMUTRAN) E DA GUARDA MUNICIPAL DE ALTAMIRA/PA (GMA)</t>
+        </is>
+      </c>
+      <c r="I736" s="3" t="inlineStr">
+        <is>
+          <t>15/12/2022</t>
+        </is>
+      </c>
+      <c r="L736" s="3" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Publicada no mural do TCM em 06/12/2023&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M736" s="3" t="inlineStr">
+        <is>
+          <t>07/12/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="737">
+      <c r="A737" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C737" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D737" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E737" s="3" t="inlineStr">
+        <is>
+          <t>2365/2019</t>
+        </is>
+      </c>
+      <c r="F737" s="3" t="inlineStr">
+        <is>
+          <t>07/12/2020</t>
+        </is>
+      </c>
+      <c r="G737" s="3" t="inlineStr">
+        <is>
+          <t>SRP. Nº 2019.001. PMA . SEMED</t>
+        </is>
+      </c>
+      <c r="H737" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO ( CAFÉ , LEITE , AÇÚCAR, ADOÇANTE E FILTRO)</t>
+        </is>
+      </c>
+      <c r="M737" s="3" t="inlineStr">
+        <is>
+          <t>07/12/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="738">
+      <c r="A738" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C738" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D738" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E738" s="3" t="inlineStr">
+        <is>
+          <t> 089/2017</t>
+        </is>
+      </c>
+      <c r="F738" s="3" t="inlineStr">
+        <is>
+          <t>07/12/2017</t>
+        </is>
+      </c>
+      <c r="G738" s="3" t="inlineStr">
+        <is>
+          <t>TP.2017.001.PMA.SESDS</t>
+        </is>
+      </c>
+      <c r="H738" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA EXECUÇÃO DOS SERVIÇOS DE REFORMA COM FORNECIMENTO DE MATERIAIS E MÃO DE OBRA, A SER REALIZADA NOS PRÉDIOS DA SECRETARIA MUNICIPAL DE SEGURANÇA E DEFESA SOCIAL - SESDS E DA GUARDA CIVIL MUNICIPAL DE ANANINDEUA</t>
+        </is>
+      </c>
+      <c r="M738" s="3" t="inlineStr">
+        <is>
+          <t>07/12/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="739">
+      <c r="A739" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B739" s="3" t="inlineStr">
+        <is>
+          <t>035</t>
+        </is>
+      </c>
+      <c r="C739" s="3" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="D739" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E739" s="3" t="inlineStr">
+        <is>
+          <t>16.411/2024</t>
+        </is>
+      </c>
+      <c r="G739" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO – SRP Nº 9/2023-035 SEMAD/PMA</t>
+        </is>
+      </c>
+      <c r="H739" s="3" t="inlineStr">
+        <is>
+          <t>FORNECIMENTO DE ALIMENTOS DE USO COMUM (CAFÉ)_x000d_
+</t>
+        </is>
+      </c>
+      <c r="I739" s="3" t="inlineStr">
+        <is>
+          <t>06/06/2024</t>
+        </is>
+      </c>
+      <c r="J739" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA DE SANEAMENTO E INFRAESTRUTURA TV SN 17, S/N CONJUNTO CIDADE NOVA II</t>
+        </is>
+      </c>
+      <c r="M739" s="3" t="inlineStr">
+        <is>
+          <t>07/11/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="740">
+      <c r="A740" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B740" s="3" t="inlineStr">
+        <is>
+          <t>018</t>
+        </is>
+      </c>
+      <c r="C740" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D740" s="3" t="inlineStr">
+        <is>
+          <t>PROGE</t>
+        </is>
+      </c>
+      <c r="E740" s="3" t="inlineStr">
+        <is>
+          <t>2022.08.045</t>
+        </is>
+      </c>
+      <c r="F740" s="3" t="inlineStr">
+        <is>
+          <t>07/11/2022</t>
+        </is>
+      </c>
+      <c r="G740" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DO EDITAL DE CONCORRÊNCIA SRP Nº 3/2021-018 GP/PMA</t>
+        </is>
+      </c>
+      <c r="H740" s="3" t="inlineStr">
+        <is>
+          <t>REGISTRO DE PREÇO PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE BUFFET COM FORNECIMENTO DE ALIMENTOS E COMPLEMENTOS, PARA ATENDER AS ATIVIDADES OFICIAIS DO GABINETE DO PREFEITO DE ANANINDEUA/PA.</t>
+        </is>
+      </c>
+      <c r="I740" s="3" t="inlineStr">
+        <is>
+          <t>16/12/2021</t>
+        </is>
+      </c>
+      <c r="J740" s="3" t="inlineStr">
+        <is>
+          <t>SALA DO SETOR DE LICITAÇÕES - PREFEITURA MUNICIPAL DE ANANINDEUA.</t>
+        </is>
+      </c>
+      <c r="M740" s="3" t="inlineStr">
+        <is>
+          <t>07/11/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="741">
+      <c r="A741" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C741" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D741" s="3" t="inlineStr">
+        <is>
+          <t>SEGEF</t>
+        </is>
+      </c>
+      <c r="E741" s="3" t="inlineStr">
+        <is>
+          <t>2019/06/008609</t>
+        </is>
+      </c>
+      <c r="F741" s="3" t="inlineStr">
+        <is>
+          <t>07/11/2019</t>
+        </is>
+      </c>
+      <c r="G741" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIA POR SRP N° PP-003/2019-PMT</t>
+        </is>
+      </c>
+      <c r="H741" s="3" t="inlineStr">
+        <is>
+          <t>SERVIÇO DE LOCAÇÃO DE EQUIPAMENTOS DE INFORMÁTICA - COMPUTADORES</t>
+        </is>
+      </c>
+      <c r="M741" s="3" t="inlineStr">
+        <is>
+          <t>07/11/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="742">
+      <c r="A742" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B742" s="3" t="inlineStr">
+        <is>
+          <t>034</t>
+        </is>
+      </c>
+      <c r="C742" s="3" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="D742" s="3" t="inlineStr">
+        <is>
+          <t>FMAS</t>
+        </is>
+      </c>
+      <c r="E742" s="3" t="inlineStr">
+        <is>
+          <t>017/2024-SEMCAT/PMA</t>
+        </is>
+      </c>
+      <c r="G742" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO N°. 9.2023.034-SEMAD/PMA</t>
+        </is>
+      </c>
+      <c r="H742" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE ÁGUA MINERAL, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT.</t>
+        </is>
+      </c>
+      <c r="I742" s="3" t="inlineStr">
+        <is>
+          <t>27/03/2024</t>
+        </is>
+      </c>
+      <c r="J742" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT.</t>
+        </is>
+      </c>
+      <c r="M742" s="3" t="inlineStr">
+        <is>
+          <t>07/10/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="743">
+      <c r="A743" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C743" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D743" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="E743" s="3" t="inlineStr">
+        <is>
+          <t>7584</t>
+        </is>
+      </c>
+      <c r="F743" s="3" t="inlineStr">
+        <is>
+          <t>07/08/2019</t>
+        </is>
+      </c>
+      <c r="G743" s="3" t="inlineStr">
+        <is>
+          <t>ATA DE REGISTRO DE PREÇO Nº036/2018</t>
+        </is>
+      </c>
+      <c r="H743" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA COM APTIDÃO EM FORNECIMENTO DE GÁS LIQUEFEITO DE PETRÓLEO ENVASADO EM BOTIJÃO DE 13 KG BEM COMO ÁGUA MINERAL DE 20 LITROS(APENAS LIQUIDO) E ÁGUA MINERAL DE 200ML, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE, D</t>
+        </is>
+      </c>
+      <c r="M743" s="3" t="inlineStr">
+        <is>
+          <t>07/08/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="744">
+      <c r="A744" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C744" s="3" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="D744" s="3" t="inlineStr">
+        <is>
+          <t>SEHAB</t>
+        </is>
+      </c>
+      <c r="E744" s="3" t="inlineStr">
+        <is>
+          <t>3970/2016/SEMED</t>
+        </is>
+      </c>
+      <c r="F744" s="3" t="inlineStr">
+        <is>
+          <t>07/08/2017</t>
+        </is>
+      </c>
+      <c r="G744" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO Nº 2017.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H744" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO (EXPEDIENTE).</t>
+        </is>
+      </c>
+      <c r="M744" s="3" t="inlineStr">
+        <is>
+          <t>07/08/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="745">
+      <c r="A745" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C745" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D745" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E745" s="3" t="inlineStr">
+        <is>
+          <t>289</t>
+        </is>
+      </c>
+      <c r="F745" s="3" t="inlineStr">
+        <is>
+          <t>07/07/2020</t>
+        </is>
+      </c>
+      <c r="G745" s="3" t="inlineStr">
+        <is>
+          <t>SRP. 046/2019</t>
+        </is>
+      </c>
+      <c r="H745" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA LOCAÇÃO DE MÁQUINAS PESADAS (SEM CONDUTOR).</t>
+        </is>
+      </c>
+      <c r="M745" s="3" t="inlineStr">
+        <is>
+          <t>07/07/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="746">
+      <c r="A746" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B746" s="3" t="inlineStr">
+        <is>
+          <t>4844</t>
+        </is>
+      </c>
+      <c r="C746" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D746" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E746" s="3" t="inlineStr">
+        <is>
+          <t>4844/2023</t>
+        </is>
+      </c>
+      <c r="F746" s="3" t="inlineStr">
+        <is>
+          <t>06/06/2024</t>
+        </is>
+      </c>
+      <c r="G746" s="3" t="inlineStr">
+        <is>
+          <t>4844/2023 - SEMED</t>
+        </is>
+      </c>
+      <c r="H746" s="3" t="inlineStr">
+        <is>
+          <t>PRESTAÇÃO DE SERVIÇOS GRÁFICOS DIVERSOS E DE MATERIAL GRÁFICO COM GARANTIA DE QUALIDADE PARA ATENDER A REDE MUNICIPAL DE EDUCAÇÃO DE ANANINDEUA.</t>
+        </is>
+      </c>
+      <c r="I746" s="3" t="inlineStr">
+        <is>
+          <t>22/01/2024</t>
+        </is>
+      </c>
+      <c r="J746" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO - SEMED</t>
+        </is>
+      </c>
+      <c r="M746" s="3" t="inlineStr">
+        <is>
+          <t>07/06/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="747">
+      <c r="A747" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C747" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D747" s="3" t="inlineStr">
+        <is>
+          <t>SEMA</t>
+        </is>
+      </c>
+      <c r="F747" s="3" t="inlineStr">
+        <is>
+          <t>07/05/2018</t>
+        </is>
+      </c>
+      <c r="H747" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (EXPEDIENTE.)</t>
+        </is>
+      </c>
+      <c r="M747" s="3" t="inlineStr">
+        <is>
+          <t>07/05/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="748">
+      <c r="A748" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B748" s="3" t="inlineStr">
+        <is>
+          <t>011</t>
+        </is>
+      </c>
+      <c r="C748" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D748" s="3" t="inlineStr">
+        <is>
+          <t>FMAS</t>
+        </is>
+      </c>
+      <c r="E748" s="3" t="inlineStr">
+        <is>
+          <t>076/2023-SEMCAT/PMA</t>
+        </is>
+      </c>
+      <c r="G748" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP N°. 011/2023-PMC</t>
+        </is>
+      </c>
+      <c r="H748" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE GÁS DE COZINHA, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE CIDADANIA, ASSISTÊNCIA SOCIAL E TRABALHO - SEMCAT E SUAS UNIDADES.</t>
+        </is>
+      </c>
+      <c r="I748" s="3" t="inlineStr">
+        <is>
+          <t>30/10/2023</t>
+        </is>
+      </c>
+      <c r="M748" s="3" t="inlineStr">
+        <is>
+          <t>07/03/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="749">
+      <c r="A749" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C749" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D749" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E749" s="3" t="inlineStr">
+        <is>
+          <t>041/2017-GAB.PMA</t>
+        </is>
+      </c>
+      <c r="F749" s="3" t="inlineStr">
+        <is>
+          <t>06/09/2017</t>
+        </is>
+      </c>
+      <c r="G749" s="3" t="inlineStr">
+        <is>
+          <t>S/N</t>
+        </is>
+      </c>
+      <c r="H749" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE LOCAÇÃO DE VEÍCULOS, SEM CONDUTOR E SEM LIMITE DE QUILOMETRAGEM.</t>
+        </is>
+      </c>
+      <c r="M749" s="3" t="inlineStr">
+        <is>
+          <t>06/09/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="750">
+      <c r="A750" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B750" s="3" t="inlineStr">
+        <is>
+          <t>029</t>
+        </is>
+      </c>
+      <c r="C750" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D750" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E750" s="3" t="inlineStr">
+        <is>
+          <t>PROC. Nº 2023.03.06.GP.PMA</t>
+        </is>
+      </c>
+      <c r="F750" s="3" t="inlineStr">
+        <is>
+          <t>06/08/2023</t>
+        </is>
+      </c>
+      <c r="G750" s="3" t="inlineStr">
+        <is>
+          <t>#PREGÃO ELETRÔNICO SRP Nº 029/2022 /PMC</t>
+        </is>
+      </c>
+      <c r="H750" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIMENTO DE SOLUÇÃO DE OUTSOURCING DE TECNOLOGIA DA INFORMAÇÃO/TI, COMPREENDENDO A CESSÃO DE DIREITO DE USO DE EQUIPAMENTOS (PRIMEIRO USO), INCLUINDO A PRESTAÇÃO DE SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIV</t>
+        </is>
+      </c>
+      <c r="I750" s="3" t="inlineStr">
+        <is>
+          <t>05/04/2022</t>
+        </is>
+      </c>
+      <c r="J750" s="3" t="inlineStr">
+        <is>
+          <t>WWW.COMPRASGOVERNAMENTAIS.GOV.BR</t>
+        </is>
+      </c>
+      <c r="M750" s="3" t="inlineStr">
+        <is>
+          <t>06/08/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="751">
+      <c r="A751" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C751" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D751" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E751" s="3" t="inlineStr">
+        <is>
+          <t>103</t>
+        </is>
+      </c>
+      <c r="F751" s="3" t="inlineStr">
+        <is>
+          <t>06/07/2020</t>
+        </is>
+      </c>
+      <c r="G751" s="3" t="inlineStr">
+        <is>
+          <t>ATA DE REGISTRO DE PREÇO Nº SRP. 001/2019-CMA</t>
+        </is>
+      </c>
+      <c r="H751" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A PRESTAÇÃO DE SERVIÇOS DE ACESSO À INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM VELOCIDADE DE 30 MB SIMÉTRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO-A-PONTO DEDICADO COM TAXA DE TRANSMISSÃO DE 10GB.</t>
+        </is>
+      </c>
+      <c r="M751" s="3" t="inlineStr">
+        <is>
+          <t>06/07/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="752">
+      <c r="A752" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C752" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D752" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E752" s="3" t="inlineStr">
+        <is>
+          <t>015.2019.GP.PMA</t>
+        </is>
+      </c>
+      <c r="F752" s="3" t="inlineStr">
+        <is>
+          <t>06/06/2019</t>
+        </is>
+      </c>
+      <c r="G752" s="3" t="inlineStr">
+        <is>
+          <t>SRP 014.2018.SEMED/PMM</t>
+        </is>
+      </c>
+      <c r="H752" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA LOCAÇÃO DE VEÍCULOS DE PEQUENO E MÉDIO PORTE, SEM MOTORISTA E SEM COMBUSTÍVEL, PARA ATENDER AS NECESSIDADES DO GABINETE DO PREFEITO.</t>
+        </is>
+      </c>
+      <c r="M752" s="3" t="inlineStr">
+        <is>
+          <t>06/06/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="753">
+      <c r="A753" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C753" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D753" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E753" s="3" t="inlineStr">
+        <is>
+          <t>964/2020-SEMED</t>
+        </is>
+      </c>
+      <c r="F753" s="3" t="inlineStr">
+        <is>
+          <t>06/05/2020</t>
+        </is>
+      </c>
+      <c r="G753" s="3" t="inlineStr">
+        <is>
+          <t>SRP PP Nº 001/2019-CMA</t>
+        </is>
+      </c>
+      <c r="H753" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇOS REFERENTE A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE ACESSO DEDICADO A INTERNET CORPORATIVA, VIA FIBRA ÓPTICA, COM VELOCIDADE DE 30MB SIMÉTRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO A P</t>
+        </is>
+      </c>
+      <c r="M753" s="3" t="inlineStr">
+        <is>
+          <t>06/05/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="754">
+      <c r="A754" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B754" s="3" t="inlineStr">
+        <is>
+          <t>001</t>
+        </is>
+      </c>
+      <c r="C754" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D754" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E754" s="3" t="inlineStr">
+        <is>
+          <t>2021.10.172.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F754" s="3" t="inlineStr">
+        <is>
+          <t>30/03/2022</t>
+        </is>
+      </c>
+      <c r="H754" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM LOCAÇÃO DE EQUIPAMENTOS DE INFORMÁTICA, COM PRESTAÇÃO DE SERVIÇOS DE MANUTENÇÃO, SUPORTE TÉCNICO E GARANTIA DE SUBSTITUIÇÃO DO EQUIPAMENTO, QUANDO NECESSÁRIO.</t>
+        </is>
+      </c>
+      <c r="I754" s="3" t="inlineStr">
+        <is>
+          <t>01/04/2021</t>
+        </is>
+      </c>
+      <c r="J754" s="3" t="inlineStr">
+        <is>
+          <t>SISTEMA ELETRÔNICO UTILIZADO: BANCO DO BRASIL/ WWW.LICITACOES-E.COM.BR/Nº 861869</t>
+        </is>
+      </c>
+      <c r="M754" s="3" t="inlineStr">
+        <is>
+          <t>06/04/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="755">
+      <c r="A755" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C755" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D755" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="E755" s="3" t="inlineStr">
+        <is>
+          <t>13653</t>
+        </is>
+      </c>
+      <c r="F755" s="3" t="inlineStr">
+        <is>
+          <t>06/04/2020</t>
+        </is>
+      </c>
+      <c r="G755" s="3" t="inlineStr">
+        <is>
+          <t>ATA DE REGISTRO DE PREÇO Nº01/2018 (HOSPITAL GERAL DE BELÉM-HOSPITAL MILITAR)</t>
+        </is>
+      </c>
+      <c r="H755" s="3" t="inlineStr">
+        <is>
+          <t>PRESTAÇÃO DOS SERVIÇOS DE TRANSPORTES E FORNECIMENTO DE GASES MEDICINAIS LIQUEFEITOS, EM SISTEMA DE COMODATO DE TANQUES DE PRESSÃO , PARA ARMANEZAMENTO DOS GASES DESTINADOS ÀS UNIDADES DE PRONTO ATENDIMENTO DA SECRETARIA MUNICIPAL DE SAÚDE DE ANANIND</t>
+        </is>
+      </c>
+      <c r="M755" s="3" t="inlineStr">
+        <is>
+          <t>06/04/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="756">
+      <c r="A756" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B756" s="3" t="inlineStr">
+        <is>
+          <t>09</t>
+        </is>
+      </c>
+      <c r="C756" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D756" s="3" t="inlineStr">
+        <is>
+          <t>FMS</t>
+        </is>
+      </c>
+      <c r="E756" s="3" t="inlineStr">
+        <is>
+          <t>032</t>
+        </is>
+      </c>
+      <c r="F756" s="3" t="inlineStr">
+        <is>
+          <t>06/03/2023</t>
+        </is>
+      </c>
+      <c r="G756" s="3" t="inlineStr">
+        <is>
+          <t>#SRP Nº09/2022-034-SEMAD/PMA</t>
+        </is>
+      </c>
+      <c r="H756" s="3" t="inlineStr">
+        <is>
+          <t>FORNECIMENTO DE ÁGUA MINERAL NATURAL,PARA OS ÓRGÃOS E ENTIDADES DO PODER EXECUTIVO MUNICIPAL.</t>
+        </is>
+      </c>
+      <c r="I756" s="3" t="inlineStr">
+        <is>
+          <t>03/03/2023</t>
+        </is>
+      </c>
+      <c r="J756" s="3" t="inlineStr">
+        <is>
+          <t> SECRETARIA MUNICIPAL DE SAÚDE DE ANANINDEUA-ENDEREÇO:AV SN/21,CIDADE NOVA VI, Nº18,COQUEIRO,ANANINDEUA-PARÁ</t>
+        </is>
+      </c>
+      <c r="M756" s="3" t="inlineStr">
+        <is>
+          <t>06/03/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="757">
+      <c r="A757" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C757" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D757" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E757" s="3" t="inlineStr">
+        <is>
+          <t>473/2018</t>
+        </is>
+      </c>
+      <c r="F757" s="3" t="inlineStr">
+        <is>
+          <t>06/02/2019</t>
+        </is>
+      </c>
+      <c r="G757" s="3" t="inlineStr">
+        <is>
+          <t>009/2017.CMA</t>
+        </is>
+      </c>
+      <c r="H757" s="3" t="inlineStr">
+        <is>
+          <t>CONTRAÇÃO DE UMA EMPRESA ESPECIALIZADA EM SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA EM MICRO COMPUTADORES, SERVIDORES, NOTEBOOKS, IMPRESSORAS A JATO DE TINTA, E A LASER, INCLUINDO O FORNECIMENTO DE MÃO DE OBRA, PEÇAS E COMPONENTES.</t>
+        </is>
+      </c>
+      <c r="M757" s="3" t="inlineStr">
+        <is>
+          <t>06/02/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="758">
+      <c r="A758" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C758" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D758" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E758" s="3" t="inlineStr">
+        <is>
+          <t>472/2018</t>
+        </is>
+      </c>
+      <c r="F758" s="3" t="inlineStr">
+        <is>
+          <t>06/02/2019</t>
+        </is>
+      </c>
+      <c r="G758" s="3" t="inlineStr">
+        <is>
+          <t>006/2017-CMA</t>
+        </is>
+      </c>
+      <c r="H758" s="3" t="inlineStr">
+        <is>
+          <t>CONTRAÇÃO DE UMA EMPRESA ESPECIALIZADA PARA A AQUISIÇÃO E INSTALAÇÃO DE EQUIPAMENTOS PARA IMPLANTAÇÃO DE SISTEMA DE SEGURANÇA ELETRÔNICA COM ACESSO REMOTO.</t>
+        </is>
+      </c>
+      <c r="M758" s="3" t="inlineStr">
+        <is>
+          <t>06/02/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="759">
+      <c r="A759" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C759" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D759" s="3" t="inlineStr">
+        <is>
+          <t>SEURB</t>
+        </is>
+      </c>
+      <c r="E759" s="3" t="inlineStr">
+        <is>
+          <t>473/2018</t>
+        </is>
+      </c>
+      <c r="F759" s="3" t="inlineStr">
+        <is>
+          <t>06/02/2019</t>
+        </is>
+      </c>
+      <c r="G759" s="3" t="inlineStr">
+        <is>
+          <t>009/2017.CMA</t>
+        </is>
+      </c>
+      <c r="H759" s="3" t="inlineStr">
+        <is>
+          <t>CONTRAÇÃO DE UMA EMPRESA ESPECIALIZADA EM SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA EM MICRO COMPUTADORES, SERVIDORES, NOTEBOOKS, IMPRESSORAS A JATO DE TINTA, E A LASER, INCLUINDO O FORNECIMENTO DE MÃO DE OBRA, PEÇAS E COMPONENTES.</t>
+        </is>
+      </c>
+      <c r="M759" s="3" t="inlineStr">
+        <is>
+          <t>06/02/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="760">
+      <c r="A760" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B760" s="3" t="inlineStr">
+        <is>
+          <t>002</t>
+        </is>
+      </c>
+      <c r="C760" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D760" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E760" s="3" t="inlineStr">
+        <is>
+          <t>025/2021-CMA</t>
+        </is>
+      </c>
+      <c r="F760" s="3" t="inlineStr">
+        <is>
+          <t>16/11/2021</t>
+        </is>
+      </c>
+      <c r="H760" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS GRÁFICOS, VISANDO O FORNECIMENTO DE MATERIAIS DE MESMA NATUREZA, PERSONALIZADOS COM GARANTIA DE QUALIDADE</t>
+        </is>
+      </c>
+      <c r="I760" s="3" t="inlineStr">
+        <is>
+          <t>16/04/2021</t>
+        </is>
+      </c>
+      <c r="J760" s="3" t="inlineStr">
+        <is>
+          <t>WWW.LICITACOES-E.COM.BR/Nº LICITAÇÃO 86524</t>
+        </is>
+      </c>
+      <c r="M760" s="3" t="inlineStr">
+        <is>
+          <t>06/01/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="761">
+      <c r="A761" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B761" s="3" t="inlineStr">
+        <is>
+          <t>002</t>
+        </is>
+      </c>
+      <c r="C761" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D761" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E761" s="3" t="inlineStr">
+        <is>
+          <t>Processo nº 077/2021.DAL.SEMAD</t>
+        </is>
+      </c>
+      <c r="F761" s="3" t="inlineStr">
+        <is>
+          <t>23/10/2021</t>
+        </is>
+      </c>
+      <c r="H761" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAIS DE LIMPEZA E MATERIAL DE EXPEDIENTE PARA ATENDER AS NECESSIDADES INSTITUCIONAIS DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO/SEMAD</t>
+        </is>
+      </c>
+      <c r="I761" s="3" t="inlineStr">
+        <is>
+          <t>22/07/2021</t>
+        </is>
+      </c>
+      <c r="J761" s="3" t="inlineStr">
+        <is>
+          <t>WWW.LICITACOES-E.COM.BR</t>
+        </is>
+      </c>
+      <c r="M761" s="3" t="inlineStr">
+        <is>
+          <t>06/01/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="762">
+      <c r="A762" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C762" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D762" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E762" s="3" t="inlineStr">
+        <is>
+          <t>001</t>
+        </is>
+      </c>
+      <c r="F762" s="3" t="inlineStr">
+        <is>
+          <t>08/10/2021</t>
+        </is>
+      </c>
+      <c r="H762" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA PRESTADORA DE SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA DE EQUIPAMENTOS DE REFRIGERAÇÃO DO TIPO SPLIT, REFRIGERADORES E BEBEDOUROS, INCLUINDO O FORNECIMENTO DE PEÇAS, INCLUSIVE COMPRESSORES, CONFORME AS NECESSIDADES DA SECRETARI</t>
+        </is>
+      </c>
+      <c r="I762" s="3" t="inlineStr">
+        <is>
+          <t>24/06/2021</t>
+        </is>
+      </c>
+      <c r="J762" s="3" t="inlineStr">
+        <is>
+          <t>NA SALA DA COMISSÃO PERMANENTE DE LICITAÇÕES, LOCALIZADA NO PRÉDIO ANEXO DA CÂMARA MUNICIPAL DE ANANINDEUA, SITO A RUA ZACARIAS DE ASSUNÇÃO, Nº 84, BA</t>
+        </is>
+      </c>
+      <c r="M762" s="3" t="inlineStr">
+        <is>
+          <t>06/01/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="763">
+      <c r="A763" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C763" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D763" s="3" t="inlineStr">
+        <is>
+          <t>SEGEF</t>
+        </is>
+      </c>
+      <c r="E763" s="3" t="inlineStr">
+        <is>
+          <t>2019/10/014728</t>
+        </is>
+      </c>
+      <c r="F763" s="3" t="inlineStr">
+        <is>
+          <t>05/12/2019</t>
+        </is>
+      </c>
+      <c r="G763" s="3" t="inlineStr">
+        <is>
+          <t>REGISTRO DE PREÇOS - PREGÃO ELETRÔNICO N° SRP PE .2019.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H763" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE MATERIAL DE CONSUMO (EXPEDIENTE)</t>
+        </is>
+      </c>
+      <c r="M763" s="3" t="inlineStr">
+        <is>
+          <t>05/12/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="764">
+      <c r="A764" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C764" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D764" s="3" t="inlineStr">
+        <is>
+          <t>SEHAB</t>
+        </is>
+      </c>
+      <c r="E764" s="3" t="inlineStr">
+        <is>
+          <t>Proc. SEHAB nº 129/2019 Protocolo nº 3152/2019(Nº do Proc.Adm. da Ata 3669.2018.SEMED)</t>
+        </is>
+      </c>
+      <c r="F764" s="3" t="inlineStr">
+        <is>
+          <t>05/12/2019</t>
+        </is>
+      </c>
+      <c r="G764" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº 2019.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H764" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (EXPEDIENTE)</t>
+        </is>
+      </c>
+      <c r="M764" s="3" t="inlineStr">
+        <is>
+          <t>05/12/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="765">
+      <c r="A765" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C765" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D765" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E765" s="3" t="inlineStr">
+        <is>
+          <t>Nº 014/2019 - SESAN</t>
+        </is>
+      </c>
+      <c r="F765" s="3" t="inlineStr">
+        <is>
+          <t>05/11/2019</t>
+        </is>
+      </c>
+      <c r="G765" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL SRP 2018.006 SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H765" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA COM APTIDÃO EM FORNECIMENTO DE GÁS LIQUEFEITO DE PETRÓLEO ENVASADO EM BOTIJÃO DE 13 KG, BEM COMO ÁGUA MINERAL DE 20 LITROS (APENAS LÍQUIDO) E ÁGUA MINERAL DE 200 ML PARA ATENDER AS NECESSIDADES DA SESAN, E O DEPARTAMENTO DE USI</t>
+        </is>
+      </c>
+      <c r="M765" s="3" t="inlineStr">
+        <is>
+          <t>05/11/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="766">
+      <c r="A766" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B766" s="3" t="inlineStr">
+        <is>
+          <t>007</t>
+        </is>
+      </c>
+      <c r="C766" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D766" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E766" s="3" t="inlineStr">
+        <is>
+          <t> Nº 7618/2022 - SESAN/PMA</t>
+        </is>
+      </c>
+      <c r="F766" s="3" t="inlineStr">
+        <is>
+          <t>05/09/2022</t>
+        </is>
+      </c>
+      <c r="G766" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO – SRP Nº 007/2022 – PREFEITURA MUNICIPAL DE SANTA IZABEL</t>
+        </is>
+      </c>
+      <c r="H766" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE GÊNEROS ALIMENTICIOS PARA ATENDER AS DEMANDAS DAS SECRETARIA MUNICIPAL DE SANEAMENTO E INFRAESTRUTURA - ANANINDEUA/PA.</t>
+        </is>
+      </c>
+      <c r="I766" s="3" t="inlineStr">
+        <is>
+          <t>12/07/2022</t>
+        </is>
+      </c>
+      <c r="J766" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA DE SANEAMENTO E INFRAESTRUTURA TV SN 17, S/N CONJUNTO CIDADE NOVA II.</t>
+        </is>
+      </c>
+      <c r="M766" s="3" t="inlineStr">
+        <is>
+          <t>05/09/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="767">
+      <c r="A767" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B767" s="3" t="inlineStr">
+        <is>
+          <t>018</t>
+        </is>
+      </c>
+      <c r="C767" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D767" s="3" t="inlineStr">
+        <is>
+          <t>SEHAB</t>
+        </is>
+      </c>
+      <c r="E767" s="3" t="inlineStr">
+        <is>
+          <t>6.400/2022</t>
+        </is>
+      </c>
+      <c r="F767" s="3" t="inlineStr">
+        <is>
+          <t>05/09/2022</t>
+        </is>
+      </c>
+      <c r="G767" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL DE CONCORRÊNCIA SRP Nº 3/2021-018 GP/PMA</t>
+        </is>
+      </c>
+      <c r="H767" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DA EMPRESA ESPECIALIZADA EM SERVIÇOS DE BUFFET COM FORNECIMENTO DE ALIMENTOS E COMPLEMENTOS, VISANDO À MELHORIA DAS ATIVIDADES DESENVOLVIDAS POR ESTA SECRETARIA MUNICIPAL DE HABITAÇÃO - SEHAB.</t>
+        </is>
+      </c>
+      <c r="I767" s="3" t="inlineStr">
+        <is>
+          <t>16/12/2021</t>
+        </is>
+      </c>
+      <c r="J767" s="3" t="inlineStr">
+        <is>
+          <t>PREFEITURA MUNICIPAL DE ANANINDEUA - PMA</t>
+        </is>
+      </c>
+      <c r="K767" s="3" t="inlineStr">
+        <is>
+          <t>VALERIA LIMA DE ASSUNÇÃO</t>
+        </is>
+      </c>
+      <c r="M767" s="3" t="inlineStr">
+        <is>
+          <t>05/09/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="768">
+      <c r="A768" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C768" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D768" s="3" t="inlineStr">
+        <is>
+          <t>SEMA</t>
+        </is>
+      </c>
+      <c r="E768" s="3" t="inlineStr">
+        <is>
+          <t>077/2019-SEMA/PMA</t>
+        </is>
+      </c>
+      <c r="F768" s="3" t="inlineStr">
+        <is>
+          <t>05/09/2019</t>
+        </is>
+      </c>
+      <c r="G768" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 2018.006.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H768" s="3" t="inlineStr">
+        <is>
+          <t>AQUISISÇÃO DE GÁS LIQUEFEITO E ÁGUA MINERAL</t>
+        </is>
+      </c>
+      <c r="M768" s="3" t="inlineStr">
+        <is>
+          <t>05/09/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="769">
+      <c r="A769" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B769" s="3" t="inlineStr">
+        <is>
+          <t>02</t>
+        </is>
+      </c>
+      <c r="C769" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D769" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E769" s="3" t="inlineStr">
+        <is>
+          <t>063/2021</t>
+        </is>
+      </c>
+      <c r="F769" s="3" t="inlineStr">
+        <is>
+          <t>05/08/2021</t>
+        </is>
+      </c>
+      <c r="G769" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL DO PREGÃO SRP Nº 02/2020 - CMA - 1ª BDA INF SL</t>
+        </is>
+      </c>
+      <c r="H769" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MOBILIÁRIOS, CONFORME ESPECIFICAÇÕES E QUANTITATIVOS ESTABELECIDOS NO TERMO DE REFERÊNCIA.</t>
+        </is>
+      </c>
+      <c r="I769" s="3" t="inlineStr">
+        <is>
+          <t>22/06/2021</t>
+        </is>
+      </c>
+      <c r="J769" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO DE ANANINDEUA/SEMAD</t>
+        </is>
+      </c>
+      <c r="M769" s="3" t="inlineStr">
+        <is>
+          <t>05/08/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="770">
+      <c r="A770" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C770" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D770" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="E770" s="3" t="inlineStr">
+        <is>
+          <t>3921</t>
+        </is>
+      </c>
+      <c r="F770" s="3" t="inlineStr">
+        <is>
+          <t>05/08/2020</t>
+        </is>
+      </c>
+      <c r="G770" s="3" t="inlineStr">
+        <is>
+          <t>Nº003.2019 (ADESÃO A ATA DE REGISTRO DE PREÇO)</t>
+        </is>
+      </c>
+      <c r="H770" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (LIMPEZA E HIGIENE), PARA ATENDER AS DEMANDAS DA ATENÇÃO BÁSICA, MELHOR EM CASA,VIGILÂNCIA EM SAÚDE,DE ACORDO COM AS ESPECIFICAÇÔES DO TERMO DE REFERÊNCIA</t>
+        </is>
+      </c>
+      <c r="M770" s="3" t="inlineStr">
+        <is>
+          <t>05/08/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="771">
+      <c r="A771" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B771" s="3" t="inlineStr">
+        <is>
+          <t>011</t>
+        </is>
+      </c>
+      <c r="C771" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D771" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E771" s="3" t="inlineStr">
+        <is>
+          <t>614/2021</t>
+        </is>
+      </c>
+      <c r="F771" s="3" t="inlineStr">
+        <is>
+          <t>05/07/2021</t>
+        </is>
+      </c>
+      <c r="G771" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 011/202.PMA.SESAU</t>
+        </is>
+      </c>
+      <c r="H771" s="3" t="inlineStr">
+        <is>
+          <t>ADESAO A ATA DE REGISTRO DE PRECO, RELATIVA AP PREGAO SRP Nº 011/2020.PMA.SESAU, CUJO OBJETO E AQUISIÇÃO DE MATERIAL DE CONSUMO (EXPEDIENTE), PARA ATENDER AS NECESSIDADES DESTA SEPOF</t>
+        </is>
+      </c>
+      <c r="I771" s="3" t="inlineStr">
+        <is>
+          <t>05/07/2021</t>
+        </is>
+      </c>
+      <c r="J771" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF - SECRETARIA MUNICIPAL DE PLANEJAMENTO, ORÇAMENTO E FINANÇAS</t>
+        </is>
+      </c>
+      <c r="M771" s="3" t="inlineStr">
+        <is>
+          <t>05/07/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="772">
+      <c r="A772" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C772" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D772" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E772" s="3" t="inlineStr">
+        <is>
+          <t> Nº 041/2021-SESDS</t>
+        </is>
+      </c>
+      <c r="F772" s="3" t="inlineStr">
+        <is>
+          <t>05/07/2021</t>
+        </is>
+      </c>
+      <c r="G772" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL SISTEMA DE REGISTRO DE PREÇOS PREGÃO ELETRÔNICO Nº 2020.002.PMA.SEMCAT</t>
+        </is>
+      </c>
+      <c r="H772" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIMENTO DE MATERIAIS DE CONSUMO DIVERSOS, DOS TIPOS: HIGIENE PESSOAL, PRODUTOS DE LIMPEZA, MATERIAL DE EXPEDIENTE E MATERIAL PEDAGÓGICO, PARA SUPRIR A DEMANDA DAS UNIDADES ADMINISTRADAS</t>
+        </is>
+      </c>
+      <c r="M772" s="3" t="inlineStr">
+        <is>
+          <t>05/07/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="773">
+      <c r="A773" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C773" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D773" s="3" t="inlineStr">
+        <is>
+          <t>SEGEF</t>
+        </is>
+      </c>
+      <c r="E773" s="3" t="inlineStr">
+        <is>
+          <t>2017/01/001060</t>
+        </is>
+      </c>
+      <c r="F773" s="3" t="inlineStr">
+        <is>
+          <t>05/07/2017</t>
+        </is>
+      </c>
+      <c r="G773" s="3" t="inlineStr">
+        <is>
+          <t>SRP.2016.003.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H773" s="3" t="inlineStr">
+        <is>
+          <t>LOCAÇÃO DE VEÍCULOS MENSAL COM QUILOMETRAGEM LIVRE (SEM MOTORISTA E SEM COMBUSTÍVEL) PARA ATENDER AS FINALIDADES DA SECRETARIA MUNICIPAL DE GESTÃO FAZENDÁRIA -SEGEF</t>
+        </is>
+      </c>
+      <c r="M773" s="3" t="inlineStr">
+        <is>
+          <t>05/07/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="774">
+      <c r="A774" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C774" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D774" s="3" t="inlineStr">
+        <is>
+          <t>SEGOV</t>
+        </is>
+      </c>
+      <c r="E774" s="3" t="inlineStr">
+        <is>
+          <t>018/2018</t>
+        </is>
+      </c>
+      <c r="F774" s="3" t="inlineStr">
+        <is>
+          <t>05/06/2018</t>
+        </is>
+      </c>
+      <c r="G774" s="3" t="inlineStr">
+        <is>
+          <t>SRP.002/2017/PMA/SEMED</t>
+        </is>
+      </c>
+      <c r="H774" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL DE CONSUMO ( EXPEDIENTE) PARA ATENDER AS NECESSIDADES DA SEGOV E IEGA.</t>
+        </is>
+      </c>
+      <c r="M774" s="3" t="inlineStr">
+        <is>
+          <t>05/06/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="775">
+      <c r="A775" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B775" s="3" t="inlineStr">
+        <is>
+          <t>029</t>
+        </is>
+      </c>
+      <c r="C775" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D775" s="3" t="inlineStr">
+        <is>
+          <t>SESAN</t>
+        </is>
+      </c>
+      <c r="E775" s="3" t="inlineStr">
+        <is>
+          <t>PROCESSO ADMINISTRATIVO Nº 2161/2023 SESAN/PMA</t>
+        </is>
+      </c>
+      <c r="F775" s="3" t="inlineStr">
+        <is>
+          <t>03/04/2023</t>
+        </is>
+      </c>
+      <c r="G775" s="3" t="inlineStr">
+        <is>
+          <t>#PREGÃO ELETRÔNIC SRP Nº029/2022 /PMC</t>
+        </is>
+      </c>
+      <c r="H775" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIMENTO DE SOLUÇÃO DE OUTSOURCING DE TECNOLOGIA DA INFORMAÇÃO/TI, COMPREENDENDO A CESSÃO DE DIREITO DE USO DE EQUIPAMENTOS (PRIMEIRO USO), INCLUINDO A PRESTAÇÃO DE SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIV</t>
+        </is>
+      </c>
+      <c r="I775" s="3" t="inlineStr">
+        <is>
+          <t>03/04/2023</t>
+        </is>
+      </c>
+      <c r="J775" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA DE SANEAMENTO E INFRAESTRUTURA TV SN 17, S/N CONJUNTO CIDADE NOVA II</t>
+        </is>
+      </c>
+      <c r="M775" s="3" t="inlineStr">
+        <is>
+          <t>05/04/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="776">
+      <c r="A776" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C776" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D776" s="3" t="inlineStr">
+        <is>
+          <t>SEGEF</t>
+        </is>
+      </c>
+      <c r="E776" s="3" t="inlineStr">
+        <is>
+          <t>2020/01/000003-SEGEF</t>
+        </is>
+      </c>
+      <c r="F776" s="3" t="inlineStr">
+        <is>
+          <t>05/03/2020</t>
+        </is>
+      </c>
+      <c r="G776" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL POR SRP N° 2019.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H776" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS CONTINUADOS DE LOCAÇÃO DE IMPRESSORAS E MULTIFUNCIONAIS PARA ATENDER AS DEMANDAS DA PROCURADORIA GERAL DO MUNICÍPIO E DA COMISSÃO PERMANENTE DE LICITAÇÃO, COMPREENDENDO A PRESTAÇÃO DE SERV</t>
+        </is>
+      </c>
+      <c r="M776" s="3" t="inlineStr">
+        <is>
+          <t>05/03/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="777">
+      <c r="A777" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C777" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D777" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E777" s="3" t="inlineStr">
+        <is>
+          <t>2017.002.PMA.SEMED	 ADE</t>
+        </is>
+      </c>
+      <c r="F777" s="3" t="inlineStr">
+        <is>
+          <t>05/03/2018</t>
+        </is>
+      </c>
+      <c r="H777" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO (EXPEDIENTE) PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE PLANEJAMENTO, ORÇAMENTO E FINANÇAS.</t>
+        </is>
+      </c>
+      <c r="M777" s="3" t="inlineStr">
+        <is>
+          <t>05/03/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="778">
+      <c r="A778" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C778" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D778" s="3" t="inlineStr">
+        <is>
+          <t>CGM</t>
+        </is>
+      </c>
+      <c r="E778" s="3" t="inlineStr">
+        <is>
+          <t>059/2019-ADM/CGM</t>
+        </is>
+      </c>
+      <c r="F778" s="3" t="inlineStr">
+        <is>
+          <t>04/12/2019</t>
+        </is>
+      </c>
+      <c r="G778" s="3" t="inlineStr">
+        <is>
+          <t>3671/2018</t>
+        </is>
+      </c>
+      <c r="H778" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (LIMPEZA E HIGIENE)</t>
+        </is>
+      </c>
+      <c r="M778" s="3" t="inlineStr">
+        <is>
+          <t>04/12/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="779">
+      <c r="A779" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C779" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D779" s="3" t="inlineStr">
+        <is>
+          <t>CGM</t>
+        </is>
+      </c>
+      <c r="E779" s="3" t="inlineStr">
+        <is>
+          <t>058/2019-ADM/CGM</t>
+        </is>
+      </c>
+      <c r="F779" s="3" t="inlineStr">
+        <is>
+          <t>04/12/2019</t>
+        </is>
+      </c>
+      <c r="G779" s="3" t="inlineStr">
+        <is>
+          <t>3668/2018</t>
+        </is>
+      </c>
+      <c r="H779" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (CAFÉ, AÇÚCAR, LEITE, ADOÇANTE, FILTRO)</t>
+        </is>
+      </c>
+      <c r="M779" s="3" t="inlineStr">
+        <is>
+          <t>04/12/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="780">
+      <c r="A780" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C780" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D780" s="3" t="inlineStr">
+        <is>
+          <t>VICE-PREFEITURA</t>
+        </is>
+      </c>
+      <c r="E780" s="3" t="inlineStr">
+        <is>
+          <t>011.2019.PMA.GAB.VICE-PREFEITO</t>
+        </is>
+      </c>
+      <c r="F780" s="3" t="inlineStr">
+        <is>
+          <t>04/12/2019</t>
+        </is>
+      </c>
+      <c r="G780" s="3" t="inlineStr">
+        <is>
+          <t>P.PP.2019.001.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="H780" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO SERVIÇO DE FORNECIMENTO DE VALE COMBUSTÍVEL, TIPO IMPRESSO.</t>
+        </is>
+      </c>
+      <c r="M780" s="3" t="inlineStr">
+        <is>
+          <t>04/12/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="781">
+      <c r="A781" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C781" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D781" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E781" s="3" t="inlineStr">
+        <is>
+          <t>2018.09.157.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F781" s="3" t="inlineStr">
+        <is>
+          <t>04/12/2018</t>
+        </is>
+      </c>
+      <c r="G781" s="3" t="inlineStr">
+        <is>
+          <t>ATA DE REGISTRO DE PREÇOS Nº 2018.006.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H781" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM FORNECIMENTO DE GÁS LIQUEFEITO ENVASADO EM BOTIJÃO DE 13KG (SOMENTE O GÁS), ÁGUA MINERAL ENVASADA EM GARRAFÃO DE 20 LITROS (SOMENTE LÍQUIDO) E ÁGUA MINERAL 200ML, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNI</t>
+        </is>
+      </c>
+      <c r="M781" s="3" t="inlineStr">
+        <is>
+          <t>04/12/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="782">
+      <c r="A782" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C782" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D782" s="3" t="inlineStr">
+        <is>
+          <t>SECULT</t>
+        </is>
+      </c>
+      <c r="E782" s="3" t="inlineStr">
+        <is>
+          <t>008/2018-SECELJ</t>
+        </is>
+      </c>
+      <c r="F782" s="3" t="inlineStr">
+        <is>
+          <t>04/12/2018</t>
+        </is>
+      </c>
+      <c r="G782" s="3" t="inlineStr">
+        <is>
+          <t>SRP.2018.006-SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H782" s="3" t="inlineStr">
+        <is>
+          <t>FORNECIMENTO DE GÁS LIQUEFEITO, AGUA DE 200ML E BUJÃO DE ÁGUA DE 20L</t>
+        </is>
+      </c>
+      <c r="M782" s="3" t="inlineStr">
+        <is>
+          <t>04/12/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="783">
+      <c r="A783" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C783" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D783" s="3" t="inlineStr">
+        <is>
+          <t>SEMA</t>
+        </is>
+      </c>
+      <c r="E783" s="3" t="inlineStr">
+        <is>
+          <t>114/2019-SEMA/PMA</t>
+        </is>
+      </c>
+      <c r="F783" s="3" t="inlineStr">
+        <is>
+          <t>04/11/2019</t>
+        </is>
+      </c>
+      <c r="G783" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATO ADMINISTRATIVO Nº 009/2019-SEMA/PMA</t>
+        </is>
+      </c>
+      <c r="H783" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL DE CONSUMO (LIMPEZA E HIGIÊNE)</t>
+        </is>
+      </c>
+      <c r="M783" s="3" t="inlineStr">
+        <is>
+          <t>04/11/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="784">
+      <c r="A784" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B784" s="3" t="inlineStr">
+        <is>
+          <t>050</t>
+        </is>
+      </c>
+      <c r="C784" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D784" s="3" t="inlineStr">
+        <is>
+          <t>SEHAB</t>
+        </is>
+      </c>
+      <c r="E784" s="3" t="inlineStr">
+        <is>
+          <t>6.727/2022</t>
+        </is>
+      </c>
+      <c r="F784" s="3" t="inlineStr">
+        <is>
+          <t>04/10/2022</t>
+        </is>
+      </c>
+      <c r="G784" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO Nº 050/2021</t>
+        </is>
+      </c>
+      <c r="H784" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAIS DE LIMPEZA E PRODUTOS DE HIGIENIZAÇÃO.</t>
+        </is>
+      </c>
+      <c r="I784" s="3" t="inlineStr">
+        <is>
+          <t>04/10/2022</t>
+        </is>
+      </c>
+      <c r="J784" s="3" t="inlineStr">
+        <is>
+          <t> PORTAL DE COMPRAS DO GOVERNO FEDERAL - WWW.COMPRASGOVERNAMENTAIS.GOV.BR UNIDADE ADMINISTRATIVA DO GOVERNO FEDERAL (UASG): 980531</t>
+        </is>
+      </c>
+      <c r="K784" s="3" t="inlineStr">
+        <is>
+          <t>Maria Adriana Lima Oliveira</t>
+        </is>
+      </c>
+      <c r="M784" s="3" t="inlineStr">
+        <is>
+          <t>04/10/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="785">
+      <c r="A785" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C785" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D785" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E785" s="3" t="inlineStr">
+        <is>
+          <t>1128/2018</t>
+        </is>
+      </c>
+      <c r="F785" s="3" t="inlineStr">
+        <is>
+          <t>04/09/2018</t>
+        </is>
+      </c>
+      <c r="G785" s="3" t="inlineStr">
+        <is>
+          <t>Nº. 2017.003.SEMCAT.PMA</t>
+        </is>
+      </c>
+      <c r="H785" s="3" t="inlineStr">
+        <is>
+          <t>	 ADESÃO A ATA DE REGISTRO DE PREÇOS Nº. 2017.003.SEMCAT.PMA PARA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SERVIÇOS DE SONORIZAÇÃO E LOCAÇÃO DE TRIO ELÉTRICO DE PEQUENOS, MÉDIOS E GRANDES PORTES</t>
+        </is>
+      </c>
+      <c r="M785" s="3" t="inlineStr">
+        <is>
+          <t>04/09/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="786">
+      <c r="A786" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C786" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D786" s="3" t="inlineStr">
+        <is>
+          <t>SEMA</t>
+        </is>
+      </c>
+      <c r="F786" s="3" t="inlineStr">
+        <is>
+          <t>04/09/2017</t>
+        </is>
+      </c>
+      <c r="H786" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL PERMANENTE DO TIPO EQUIPAMENTO DE PROCESSAMENTO DE DADOS.</t>
+        </is>
+      </c>
+      <c r="M786" s="3" t="inlineStr">
+        <is>
+          <t>04/09/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="787">
+      <c r="A787" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C787" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D787" s="3" t="inlineStr">
+        <is>
+          <t>PREFEITURA</t>
+        </is>
+      </c>
+      <c r="E787" s="3" t="inlineStr">
+        <is>
+          <t>2017.001.286</t>
+        </is>
+      </c>
+      <c r="F787" s="3" t="inlineStr">
+        <is>
+          <t>04/09/2017</t>
+        </is>
+      </c>
+      <c r="G787" s="3" t="inlineStr">
+        <is>
+          <t>Pregão Eletrônico nº 2017.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H787" s="3" t="inlineStr">
+        <is>
+          <t>1 PMA - Aquisição de Materiais de Consumo (EXPEDIENTE).</t>
+        </is>
+      </c>
+      <c r="M787" s="3" t="inlineStr">
+        <is>
+          <t>04/09/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="788">
+      <c r="A788" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B788" s="3" t="inlineStr">
+        <is>
+          <t>01</t>
+        </is>
+      </c>
+      <c r="C788" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D788" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E788" s="3" t="inlineStr">
+        <is>
+          <t>2023.05.014.GP.PMA</t>
+        </is>
+      </c>
+      <c r="F788" s="3" t="inlineStr">
+        <is>
+          <t>04/08/2023</t>
+        </is>
+      </c>
+      <c r="G788" s="3" t="inlineStr">
+        <is>
+          <t>#PREGÃO ELETRÔNICO SRP Nº 01/2023 - PMM</t>
+        </is>
+      </c>
+      <c r="H788" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL DE HIGIENE, LIMPEZA E DESCARTÁVEL.</t>
+        </is>
+      </c>
+      <c r="I788" s="3" t="inlineStr">
+        <is>
+          <t>06/02/2023</t>
+        </is>
+      </c>
+      <c r="J788" s="3" t="inlineStr">
+        <is>
+          <t>WWW.PORTALCOMPRASPUBLICAS.COM.BR</t>
+        </is>
+      </c>
+      <c r="M788" s="3" t="inlineStr">
+        <is>
+          <t>04/08/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="789">
+      <c r="A789" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B789" s="3" t="inlineStr">
+        <is>
+          <t>019</t>
+        </is>
+      </c>
+      <c r="C789" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D789" s="3" t="inlineStr">
+        <is>
+          <t>SEGOV</t>
+        </is>
+      </c>
+      <c r="E789" s="3" t="inlineStr">
+        <is>
+          <t>6.629/2022.SEGOV.PMA</t>
+        </is>
+      </c>
+      <c r="F789" s="3" t="inlineStr">
+        <is>
+          <t>04/08/2022</t>
+        </is>
+      </c>
+      <c r="G789" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP N° 09/2021-019 SESAU/PMA</t>
+        </is>
+      </c>
+      <c r="H789" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAIS DE EXPEDIENTE E ESCRITÓRIO</t>
+        </is>
+      </c>
+      <c r="I789" s="3" t="inlineStr">
+        <is>
+          <t>04/08/2021</t>
+        </is>
+      </c>
+      <c r="J789" s="3" t="inlineStr">
+        <is>
+          <t>WWW.PORTALDECOMPRASPUBLICAS.COM.BR</t>
+        </is>
+      </c>
+      <c r="K789" s="3" t="inlineStr">
+        <is>
+          <t>Jamille Thayane Barbosa Pereira</t>
+        </is>
+      </c>
+      <c r="L789" s="3" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;ADESÃO DE ATA DECORRENTE DO PREGÃO ELETRÔNICO SRP N° 09/2021-019 SESAU/PMA, QUE RESULTOU A ATA DE REGISTRO DE PREÇOS N° 2021.019.001 SESAU/PMA.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="M789" s="3" t="inlineStr">
+        <is>
+          <t>04/08/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="790">
+      <c r="A790" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C790" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D790" s="3" t="inlineStr">
+        <is>
+          <t>SEGOV</t>
+        </is>
+      </c>
+      <c r="E790" s="3" t="inlineStr">
+        <is>
+          <t>041.2020-GAB.SEGOV</t>
+        </is>
+      </c>
+      <c r="F790" s="3" t="inlineStr">
+        <is>
+          <t>04/08/2020</t>
+        </is>
+      </c>
+      <c r="G790" s="3" t="inlineStr">
+        <is>
+          <t>035/2019-CMA</t>
+        </is>
+      </c>
+      <c r="H790" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO À INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM A VELOCIDADE DE 30MB SIMÉTRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO A PONTO DEDICADO COM TAXA DE TRANSMISSÃO DE 10 GB E</t>
+        </is>
+      </c>
+      <c r="M790" s="3" t="inlineStr">
+        <is>
+          <t>04/08/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="791">
+      <c r="A791" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C791" s="3" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="D791" s="3" t="inlineStr">
+        <is>
+          <t>SEHAB</t>
+        </is>
+      </c>
+      <c r="E791" s="3" t="inlineStr">
+        <is>
+          <t>3971/2016-SEMED</t>
+        </is>
+      </c>
+      <c r="F791" s="3" t="inlineStr">
+        <is>
+          <t>04/08/2017</t>
+        </is>
+      </c>
+      <c r="G791" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO Nº 2017.005.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H791" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (LIMPEZA)</t>
+        </is>
+      </c>
+      <c r="M791" s="3" t="inlineStr">
+        <is>
+          <t>04/08/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="792">
+      <c r="A792" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C792" s="3" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="D792" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E792" s="3" t="inlineStr">
+        <is>
+          <t>080/2016-G.P</t>
+        </is>
+      </c>
+      <c r="F792" s="3" t="inlineStr">
+        <is>
+          <t>04/08/2016</t>
+        </is>
+      </c>
+      <c r="G792" s="3" t="inlineStr">
+        <is>
+          <t>SRP.2015.005. PROCESSO Nº 430/2015 SEMCAT</t>
+        </is>
+      </c>
+      <c r="H792" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE GÁZ LIQUEFEITO E ÁGUA MINERAL</t>
+        </is>
+      </c>
+      <c r="M792" s="3" t="inlineStr">
+        <is>
+          <t>04/08/2016</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="793">
+      <c r="A793" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B793" s="3" t="inlineStr">
+        <is>
+          <t>027</t>
+        </is>
+      </c>
+      <c r="C793" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D793" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E793" s="3" t="inlineStr">
+        <is>
+          <t>021.2021.DAF.SEMAD</t>
+        </is>
+      </c>
+      <c r="F793" s="3" t="inlineStr">
+        <is>
+          <t>04/05/2021</t>
+        </is>
+      </c>
+      <c r="G793" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº 027/2019</t>
+        </is>
+      </c>
+      <c r="H793" s="3" t="inlineStr">
+        <is>
+          <t>FORNECIMENTO DE CENTRAL DE AR CONDICIONADO TIPO SPLIT, DE PAREDE E PISO/TETO</t>
+        </is>
+      </c>
+      <c r="I793" s="3" t="inlineStr">
+        <is>
+          <t>27/04/2020</t>
+        </is>
+      </c>
+      <c r="J793" s="3" t="inlineStr">
+        <is>
+          <t>PORTAL DE COMPRAS PÚBLICAS – WWW.PORTALDECOMPRASPUBLICAS.COM.BR</t>
+        </is>
+      </c>
+      <c r="M793" s="3" t="inlineStr">
+        <is>
+          <t>04/05/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="794">
+      <c r="A794" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C794" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D794" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="F794" s="3" t="inlineStr">
+        <is>
+          <t>04/05/2018</t>
+        </is>
+      </c>
+      <c r="H794" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇO Nº00.003/2018 PP-SRP Nº00.003/2018(PREFEITURA MUNICIPAL DE CAMETÁ) CUJO O OBJETO É A CONTRATAÇÃO DE PESSOA JURÍDICA PARA REALIZAR A LOCAÇÃO DE VEÍCULOS(SEM MOTORISTA) TIPO AMBULÂNCIA</t>
+        </is>
+      </c>
+      <c r="M794" s="3" t="inlineStr">
+        <is>
+          <t>04/05/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="795">
+      <c r="A795" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C795" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D795" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E795" s="3" t="inlineStr">
+        <is>
+          <t>2017.11.156.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F795" s="3" t="inlineStr">
+        <is>
+          <t>04/04/2018</t>
+        </is>
+      </c>
+      <c r="G795" s="3" t="inlineStr">
+        <is>
+          <t>005/2017-CMA</t>
+        </is>
+      </c>
+      <c r="H795" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE CARTUCHOS E TONNER PARA IMPRESSORA, E MATERIAL DE EXPEDIENTE.</t>
+        </is>
+      </c>
+      <c r="M795" s="3" t="inlineStr">
+        <is>
+          <t>04/04/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="796">
+      <c r="A796" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C796" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D796" s="3" t="inlineStr">
+        <is>
+          <t>GABINETE</t>
+        </is>
+      </c>
+      <c r="E796" s="3" t="inlineStr">
+        <is>
+          <t> 009/2018.GP.PMA</t>
+        </is>
+      </c>
+      <c r="F796" s="3" t="inlineStr">
+        <is>
+          <t>04/04/2018</t>
+        </is>
+      </c>
+      <c r="G796" s="3" t="inlineStr">
+        <is>
+          <t>SRP N° 002/2017.CMA</t>
+        </is>
+      </c>
+      <c r="H796" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE MANUTENÇÃO DE AR CONDICIONADO TIPO ACJ E SPLIT, PARA ATENDER AS NECESSIDADES DO GABINETE DO PREFEITO.</t>
+        </is>
+      </c>
+      <c r="M796" s="3" t="inlineStr">
+        <is>
+          <t>04/04/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="797">
+      <c r="A797" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B797" s="3" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="C797" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D797" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E797" s="3" t="inlineStr">
+        <is>
+          <t>2022.11.070.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="F797" s="3" t="inlineStr">
+        <is>
+          <t>02/01/2023</t>
+        </is>
+      </c>
+      <c r="G797" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº31/2021-SEMAD.PMSIP</t>
+        </is>
+      </c>
+      <c r="H797" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAIS DE EXPEDIENTE E MATERIAIS DE HIGIENE E LIMPEZA, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂNSITO.</t>
+        </is>
+      </c>
+      <c r="I797" s="3" t="inlineStr">
+        <is>
+          <t>24/11/2021</t>
+        </is>
+      </c>
+      <c r="J797" s="3" t="inlineStr">
+        <is>
+          <t>HTTP://WWW.COMPRASNET.GOV.BR</t>
+        </is>
+      </c>
+      <c r="M797" s="3" t="inlineStr">
+        <is>
+          <t>04/01/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="798">
+      <c r="A798" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C798" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D798" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E798" s="3" t="inlineStr">
+        <is>
+          <t>2383/2019</t>
+        </is>
+      </c>
+      <c r="F798" s="3" t="inlineStr">
+        <is>
+          <t>03/12/2020</t>
+        </is>
+      </c>
+      <c r="G798" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 2019.003-SEMED</t>
+        </is>
+      </c>
+      <c r="H798" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA , ESPECIALIZADA EM AQUISIÇÃO DE MATERIAL DE CONSUMO ( HIGIENE E LIMPEZA )</t>
+        </is>
+      </c>
+      <c r="M798" s="3" t="inlineStr">
+        <is>
+          <t>03/12/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="799">
+      <c r="A799" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C799" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D799" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E799" s="3" t="inlineStr">
+        <is>
+          <t>2382/2019</t>
+        </is>
+      </c>
+      <c r="F799" s="3" t="inlineStr">
+        <is>
+          <t>03/12/2020</t>
+        </is>
+      </c>
+      <c r="G799" s="3" t="inlineStr">
+        <is>
+          <t>SRP Nº 2019.002. PMA . SEMED</t>
+        </is>
+      </c>
+      <c r="H799" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (EXPEDIENTE)</t>
+        </is>
+      </c>
+      <c r="M799" s="3" t="inlineStr">
+        <is>
+          <t>03/12/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="800">
+      <c r="A800" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B800" s="3" t="inlineStr">
+        <is>
+          <t>01</t>
+        </is>
+      </c>
+      <c r="C800" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D800" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E800" s="3" t="inlineStr">
+        <is>
+          <t>PROCESSO ADM Nº 10.879/2023</t>
+        </is>
+      </c>
+      <c r="F800" s="3" t="inlineStr">
+        <is>
+          <t>03/10/2023</t>
+        </is>
+      </c>
+      <c r="G800" s="3" t="inlineStr">
+        <is>
+          <t>#PREGÃO ELETRÔNICO Nº 01/2023</t>
+        </is>
+      </c>
+      <c r="H800" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO À ATA DE REGISTRO DE PREÇO PARA AQUISIÇÃO DE MATERIAL DE HIGIENE, LIMPEZA, DESCARTÁVEL E COZINHA</t>
+        </is>
+      </c>
+      <c r="I800" s="3" t="inlineStr">
+        <is>
+          <t>03/10/2023</t>
+        </is>
+      </c>
+      <c r="J800" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF - SECRETARIA MUNICIPAL DE PLANEJAMENTO, ORÇAMENTO E FINANÇAS</t>
+        </is>
+      </c>
+      <c r="M800" s="3" t="inlineStr">
+        <is>
+          <t>03/10/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="801">
+      <c r="A801" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B801" s="3" t="inlineStr">
+        <is>
+          <t>025</t>
+        </is>
+      </c>
+      <c r="C801" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D801" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E801" s="3" t="inlineStr">
+        <is>
+          <t>5199/2023</t>
+        </is>
+      </c>
+      <c r="F801" s="3" t="inlineStr">
+        <is>
+          <t>29/09/2023</t>
+        </is>
+      </c>
+      <c r="G801" s="3" t="inlineStr">
+        <is>
+          <t>#ADESÃO A ATA DE REGISTRO DE PREÇO Nº 025/2022/PMC</t>
+        </is>
+      </c>
+      <c r="H801" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE RECARGA E VASILHAME DE GAS DE COZINHA.</t>
+        </is>
+      </c>
+      <c r="I801" s="3" t="inlineStr">
+        <is>
+          <t>24/02/2023</t>
+        </is>
+      </c>
+      <c r="J801" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO - SEMED</t>
+        </is>
+      </c>
+      <c r="M801" s="3" t="inlineStr">
+        <is>
+          <t>03/10/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="802">
+      <c r="A802" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C802" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D802" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="E802" s="3" t="inlineStr">
+        <is>
+          <t>8154</t>
+        </is>
+      </c>
+      <c r="F802" s="3" t="inlineStr">
+        <is>
+          <t>03/10/2019</t>
+        </is>
+      </c>
+      <c r="G802" s="3" t="inlineStr">
+        <is>
+          <t>ATA DE REGISTRO DE PREÇO Nº004.2019 PMA-SEMAD</t>
+        </is>
+      </c>
+      <c r="H802" s="3" t="inlineStr">
+        <is>
+          <t>SOLICITAÇÃO DE ADESÃO A ATA DE REGISTRO DE PREÇO DE Nº004.2019 PMA-SEMED (SRP) PROVENIENTE DO PROCESSO ADMINISTRATIVO DE Nº3670/2018</t>
+        </is>
+      </c>
+      <c r="M802" s="3" t="inlineStr">
+        <is>
+          <t>03/10/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="803">
+      <c r="A803" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C803" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D803" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="E803" s="3" t="inlineStr">
+        <is>
+          <t>10960</t>
+        </is>
+      </c>
+      <c r="F803" s="3" t="inlineStr">
+        <is>
+          <t>03/09/2019</t>
+        </is>
+      </c>
+      <c r="G803" s="3" t="inlineStr">
+        <is>
+          <t>3671/2018</t>
+        </is>
+      </c>
+      <c r="H803" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇOS Nº003.2019.PMA-SEMED NºDO PROCESSO ADMINISTRATIVO 3671/2018</t>
+        </is>
+      </c>
+      <c r="M803" s="3" t="inlineStr">
+        <is>
+          <t>03/09/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="804">
+      <c r="A804" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B804" s="3" t="inlineStr">
+        <is>
+          <t>047</t>
+        </is>
+      </c>
+      <c r="C804" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D804" s="3" t="inlineStr">
+        <is>
+          <t>SEGEF</t>
+        </is>
+      </c>
+      <c r="E804" s="3" t="inlineStr">
+        <is>
+          <t>5.940/2022</t>
+        </is>
+      </c>
+      <c r="F804" s="3" t="inlineStr">
+        <is>
+          <t>03/08/2022</t>
+        </is>
+      </c>
+      <c r="G804" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº 047/2021 – SEMED, DO MUNICÍPIO DE MARITUBA</t>
+        </is>
+      </c>
+      <c r="H804" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE MATERIAIS PERMANENTES TIPO: MOBILIÁRIOS, A FIM DE ATENDER AS NECESSIDADES ADMINISTRATIVAS DA SECRETARIA MUNICIPAL DE GESTÃO FAZENDÁRIA-SEGEF.</t>
+        </is>
+      </c>
+      <c r="I804" s="3" t="inlineStr">
+        <is>
+          <t>25/04/2022</t>
+        </is>
+      </c>
+      <c r="J804" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA MUNICIPAL DE GESTAO FAZENDÁRIA</t>
+        </is>
+      </c>
+      <c r="K804" s="3" t="inlineStr">
+        <is>
+          <t>CAROLINA GUAPINDAIA JORGE</t>
+        </is>
+      </c>
+      <c r="M804" s="3" t="inlineStr">
+        <is>
+          <t>03/08/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="805">
+      <c r="A805" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C805" s="3" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="D805" s="3" t="inlineStr">
+        <is>
+          <t>SESDS</t>
+        </is>
+      </c>
+      <c r="E805" s="3" t="inlineStr">
+        <is>
+          <t> 0485/GMB/2016</t>
+        </is>
+      </c>
+      <c r="F805" s="3" t="inlineStr">
+        <is>
+          <t>03/07/2017</t>
+        </is>
+      </c>
+      <c r="G805" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETROVICO SRP N°103/SEGEP/2016.</t>
+        </is>
+      </c>
+      <c r="H805" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE PESSOA JURÍDICA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS PARA A LOCAÇÃO DE VEÍCULOS OPERACIONAIS SEM COMBUSTÍVEL E SEM MOTORISTA.</t>
+        </is>
+      </c>
+      <c r="M805" s="3" t="inlineStr">
+        <is>
+          <t>03/07/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="806">
+      <c r="A806" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C806" s="3" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="D806" s="3" t="inlineStr">
+        <is>
+          <t>SEHAB</t>
+        </is>
+      </c>
+      <c r="E806" s="3" t="inlineStr">
+        <is>
+          <t>3971/2016/SEMED</t>
+        </is>
+      </c>
+      <c r="F806" s="3" t="inlineStr">
+        <is>
+          <t>03/05/2018</t>
+        </is>
+      </c>
+      <c r="G806" s="3" t="inlineStr">
+        <is>
+          <t>SRP.PE.2017.005.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H806" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (LIMPEZA)</t>
+        </is>
+      </c>
+      <c r="M806" s="3" t="inlineStr">
+        <is>
+          <t>03/05/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="807">
+      <c r="A807" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C807" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D807" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E807" s="3" t="inlineStr">
+        <is>
+          <t>153/2019-SEMAD</t>
+        </is>
+      </c>
+      <c r="F807" s="3" t="inlineStr">
+        <is>
+          <t>03/04/2020</t>
+        </is>
+      </c>
+      <c r="G807" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL SISTEMA DE REGISTRO DE PREÇOS N° 001/2019-CMA</t>
+        </is>
+      </c>
+      <c r="H807" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE ACESSO DEDICADO A INTERNET CORPORATIVA VIA FIBRA ÓPTICA COM VELOCIDADE DE 30MB SIMÉTRICO E LINK DE COMUNICAÇÃO ÓPTICA DE DADOS PONTO-A-PONTO DEDICADO COM TAXA DE TRANSMISSÃO DE 10GB ENTR</t>
+        </is>
+      </c>
+      <c r="M807" s="3" t="inlineStr">
+        <is>
+          <t>03/04/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="808">
+      <c r="A808" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C808" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D808" s="3" t="inlineStr">
+        <is>
+          <t>SEMCAT</t>
+        </is>
+      </c>
+      <c r="E808" s="3" t="inlineStr">
+        <is>
+          <t>644/2018-SEMCAT/PMA</t>
+        </is>
+      </c>
+      <c r="F808" s="3" t="inlineStr">
+        <is>
+          <t>03/04/2019</t>
+        </is>
+      </c>
+      <c r="G808" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO PRESENCIAL SRP.2018.001.PMA.SESAU</t>
+        </is>
+      </c>
+      <c r="H808" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL HIDRÁULICO E DE CONSTRUÇÃO.</t>
+        </is>
+      </c>
+      <c r="M808" s="3" t="inlineStr">
+        <is>
+          <t>03/04/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="809">
+      <c r="A809" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C809" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D809" s="3" t="inlineStr">
+        <is>
+          <t>SESAU</t>
+        </is>
+      </c>
+      <c r="E809" s="3" t="inlineStr">
+        <is>
+          <t>17665</t>
+        </is>
+      </c>
+      <c r="F809" s="3" t="inlineStr">
+        <is>
+          <t>03/03/2020</t>
+        </is>
+      </c>
+      <c r="G809" s="3" t="inlineStr">
+        <is>
+          <t>3756/2019 P,MA-SEMED</t>
+        </is>
+      </c>
+      <c r="H809" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO DE MÁQUINAS MULTIFUCIONAIS E IMPRESSORA MONOCROMÁTICA, COM FORNECIMENTO DE PEÇAS,MANUTENÇÃO PREVENTIVA E CORRETIVA SUPRIMENTOS E CONSUMÍVEIS.</t>
+        </is>
+      </c>
+      <c r="M809" s="3" t="inlineStr">
+        <is>
+          <t>03/03/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="810">
+      <c r="A810" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C810" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D810" s="3" t="inlineStr">
+        <is>
+          <t>PROGE</t>
+        </is>
+      </c>
+      <c r="E810" s="3" t="inlineStr">
+        <is>
+          <t>2020.001.001 PROGE/PMA</t>
+        </is>
+      </c>
+      <c r="F810" s="3" t="inlineStr">
+        <is>
+          <t>03/03/2020</t>
+        </is>
+      </c>
+      <c r="G810" s="3" t="inlineStr">
+        <is>
+          <t>PP 2019.002.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H810" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO(EXPEDIENTE),PARA SUPRIR AS NECESSIDADES DA PROCURADORIA GERAL DO MUNICÍPIO</t>
+        </is>
+      </c>
+      <c r="M810" s="3" t="inlineStr">
+        <is>
+          <t>03/03/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="811">
+      <c r="A811" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B811" s="3" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="C811" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D811" s="3" t="inlineStr">
+        <is>
+          <t>SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="E811" s="3" t="inlineStr">
+        <is>
+          <t>2022.09.065.PMA.SEMUTRAN</t>
+        </is>
+      </c>
+      <c r="G811" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº47/2021-SEMED.PMMARITUBA</t>
+        </is>
+      </c>
+      <c r="H811" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA PARA FUTURA E EVENTUAL AQUISIÇÃO DE MATERIAIS PERMANENTES, TIPO: EQUIPAMENTOS DE SONORIZAÇÃO E ÁUDIO VISUAL, MOBILIÁRIOS E OUTROS EQUIPAMENTOS, PARA ATENDER AS NECESSIDADES INSTITUCIONAIS DA SECRETARIA MUNICIPAL DE TRANSPORTE E TRÂN</t>
+        </is>
+      </c>
+      <c r="I811" s="3" t="inlineStr">
+        <is>
+          <t>01/12/2022</t>
+        </is>
+      </c>
+      <c r="J811" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO: MURAL DE LICITAÇÕES DO TCM/PA, E NA PÁGINA ELETRÔNICA WWW.PORTALDECOMPRASPUBLICAS.COM.BR</t>
+        </is>
+      </c>
+      <c r="M811" s="3" t="inlineStr">
+        <is>
+          <t>02/12/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="812">
+      <c r="A812" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C812" s="3" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="D812" s="3" t="inlineStr">
+        <is>
+          <t>SEPOF</t>
+        </is>
+      </c>
+      <c r="E812" s="3" t="inlineStr">
+        <is>
+          <t>1669/2020</t>
+        </is>
+      </c>
+      <c r="F812" s="3" t="inlineStr">
+        <is>
+          <t>02/12/2020</t>
+        </is>
+      </c>
+      <c r="G812" s="3" t="inlineStr">
+        <is>
+          <t>RP Nº 003/2020</t>
+        </is>
+      </c>
+      <c r="H812" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM MANUTENÇÃO PREVENTIVA E CORRETIVA DE APARELHO DE AR CONDICIONADO DO TIPO SPLIT COM FORNECIMENTO DE GÁS</t>
+        </is>
+      </c>
+      <c r="M812" s="3" t="inlineStr">
+        <is>
+          <t>02/12/2020</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="813">
+      <c r="A813" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C813" s="3" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="D813" s="3" t="inlineStr">
+        <is>
+          <t>SEHAB</t>
+        </is>
+      </c>
+      <c r="E813" s="3" t="inlineStr">
+        <is>
+          <t>20171304-1</t>
+        </is>
+      </c>
+      <c r="F813" s="3" t="inlineStr">
+        <is>
+          <t>02/10/2017</t>
+        </is>
+      </c>
+      <c r="G813" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO Nº 012/2017</t>
+        </is>
+      </c>
+      <c r="H813" s="3" t="inlineStr">
+        <is>
+          <t>MATERIAL GRÁFICO</t>
+        </is>
+      </c>
+      <c r="M813" s="3" t="inlineStr">
+        <is>
+          <t>02/10/2017</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="814">
+      <c r="A814" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C814" s="3" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="D814" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E814" s="3" t="inlineStr">
+        <is>
+          <t>3515/2019</t>
+        </is>
+      </c>
+      <c r="F814" s="3" t="inlineStr">
+        <is>
+          <t>02/09/2019</t>
+        </is>
+      </c>
+      <c r="G814" s="3" t="inlineStr">
+        <is>
+          <t>MEMO N° 1047/2019</t>
+        </is>
+      </c>
+      <c r="H814" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA AQUISIÇÃO DE EQUIPAMENTOS E MATERIAL PARA COPA E COZINHA</t>
+        </is>
+      </c>
+      <c r="M814" s="3" t="inlineStr">
+        <is>
+          <t>02/09/2019</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="815">
+      <c r="A815" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B815" s="3" t="inlineStr">
+        <is>
+          <t>025</t>
+        </is>
+      </c>
+      <c r="C815" s="3" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D815" s="3" t="inlineStr">
+        <is>
+          <t>FMS</t>
+        </is>
+      </c>
+      <c r="E815" s="3" t="inlineStr">
+        <is>
+          <t> 1370</t>
+        </is>
+      </c>
+      <c r="F815" s="3" t="inlineStr">
+        <is>
+          <t>02/05/2023</t>
+        </is>
+      </c>
+      <c r="G815" s="3" t="inlineStr">
+        <is>
+          <t>EDITAL Nº025/2022-PMC</t>
+        </is>
+      </c>
+      <c r="H815" s="3" t="inlineStr">
+        <is>
+          <t>ADESÃO A ATA DE REGISTRO DE PREÇO Nº 025/2022/PMC-OBJETO:CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIMENTO DE RECARGA DE GÁS DE COZINHA,EM BOTIJÃO DE 13KG,DESTINADOS AO ATENDIMENTO A REDE DE SAÚDE DE ANANINDEUA</t>
+        </is>
+      </c>
+      <c r="I815" s="3" t="inlineStr">
+        <is>
+          <t>02/05/2023</t>
+        </is>
+      </c>
+      <c r="J815" s="3" t="inlineStr">
+        <is>
+          <t>AVENIDA BARÃO DO RIO BRANCO,Nº2232,CEP:68743-050-CIDADE -CASTANHAL-PARÁ ADESÃO A ATA DE REGISTRO DE PREÇO Nº025/2022-PMC-SRP Nº021/2022/PMA</t>
+        </is>
+      </c>
+      <c r="K815" s="3" t="inlineStr">
+        <is>
+          <t>JELCIAS LISBOA DE QUEIROZ</t>
+        </is>
+      </c>
+      <c r="M815" s="3" t="inlineStr">
+        <is>
+          <t>02/05/2023</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="816">
+      <c r="A816" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B816" s="3" t="inlineStr">
+        <is>
+          <t>007</t>
+        </is>
+      </c>
+      <c r="C816" s="3" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="D816" s="3" t="inlineStr">
+        <is>
+          <t>SEMED</t>
+        </is>
+      </c>
+      <c r="E816" s="3" t="inlineStr">
+        <is>
+          <t>2720/2024</t>
+        </is>
+      </c>
+      <c r="G816" s="3" t="inlineStr">
+        <is>
+          <t>ATA DE REGISTRO DE PREÇOS DE Nº 007/2023/PMC - CONT. 010/2024 - SEMED</t>
+        </is>
+      </c>
+      <c r="H816" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE GÁS LIQUEFEITO DE PETRÓLEO - GLP (ENVASADO EM BOTIJAS DE 13 KG) E VAZILHAMES, PARA ATENDER AS ESCOLAS DA REDE MUNICIPAL DE ENSINO DE ANANINDEUA.</t>
+        </is>
+      </c>
+      <c r="I816" s="3" t="inlineStr">
+        <is>
+          <t>23/01/2024</t>
+        </is>
+      </c>
+      <c r="M816" s="3" t="inlineStr">
+        <is>
+          <t>02/04/2024</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="817">
+      <c r="A817" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C817" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D817" s="3" t="inlineStr">
+        <is>
+          <t>SEMCAT</t>
+        </is>
+      </c>
+      <c r="F817" s="3" t="inlineStr">
+        <is>
+          <t>02/04/2018</t>
+        </is>
+      </c>
+      <c r="H817" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL ESPORTIVO E BRINQUEDOS PEDAGÓGICOS</t>
+        </is>
+      </c>
+      <c r="M817" s="3" t="inlineStr">
+        <is>
+          <t>02/04/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="818">
+      <c r="A818" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C818" s="3" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="D818" s="3" t="inlineStr">
+        <is>
+          <t>CGM</t>
+        </is>
+      </c>
+      <c r="E818" s="3" t="inlineStr">
+        <is>
+          <t>007/2018-ADM.CGM</t>
+        </is>
+      </c>
+      <c r="F818" s="3" t="inlineStr">
+        <is>
+          <t>02/03/2018</t>
+        </is>
+      </c>
+      <c r="G818" s="3" t="inlineStr">
+        <is>
+          <t>PE.SRP.2017.004.PMA.SEMED</t>
+        </is>
+      </c>
+      <c r="H818" s="3" t="inlineStr">
+        <is>
+          <t>AQUISIÇÃO DE MATERIAL DE CONSUMO (CAFÉ, AÇUCAR, LEITE , ADOÇANTE, FILTRO...)</t>
+        </is>
+      </c>
+      <c r="M818" s="3" t="inlineStr">
+        <is>
+          <t>02/03/2018</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="819">
+      <c r="A819" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B819" s="3" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="C819" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D819" s="3" t="inlineStr">
+        <is>
+          <t>SECULT</t>
+        </is>
+      </c>
+      <c r="E819" s="3" t="inlineStr">
+        <is>
+          <t>Nº 5.007/2022.SECULT.PMA</t>
+        </is>
+      </c>
+      <c r="F819" s="3" t="inlineStr">
+        <is>
+          <t>01/09/2022</t>
+        </is>
+      </c>
+      <c r="G819" s="3" t="inlineStr">
+        <is>
+          <t>PE.SRP.9/2021.19 SESAU.PMA - ATA Nº 2021.019.001.SESAU/PMA</t>
+        </is>
+      </c>
+      <c r="H819" s="3" t="inlineStr">
+        <is>
+          <t>FORNECIMENTO DE MATERIAL DE EXPEDIENTE</t>
+        </is>
+      </c>
+      <c r="I819" s="3" t="inlineStr">
+        <is>
+          <t>01/09/2022</t>
+        </is>
+      </c>
+      <c r="J819" s="3" t="inlineStr">
+        <is>
+          <t>SECRETARIA DE CULTURA DE ANANINDEUA - SECULT</t>
+        </is>
+      </c>
+      <c r="K819" s="3" t="inlineStr">
+        <is>
+          <t>MICHEL TOBIAS BARBOSA (Titular) VIVIAN MELO DOS SANTOS (Suplente)</t>
+        </is>
+      </c>
+      <c r="M819" s="3" t="inlineStr">
+        <is>
+          <t>01/09/2022</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="820">
+      <c r="A820" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="C820" s="3" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D820" s="3" t="inlineStr">
+        <is>
+          <t>SEMES</t>
+        </is>
+      </c>
+      <c r="E820" s="3" t="inlineStr">
+        <is>
+          <t>010/2021</t>
+        </is>
+      </c>
+      <c r="F820" s="3" t="inlineStr">
+        <is>
+          <t>01/09/2021</t>
+        </is>
+      </c>
+      <c r="G820" s="3" t="inlineStr">
+        <is>
+          <t>PE Nº SRP 2021.001.CMA - PL Nº 014/2021-CMA</t>
+        </is>
+      </c>
+      <c r="H820" s="3" t="inlineStr">
+        <is>
+          <t>O OBJETO É A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA LOCAÇÃO DE COMPUTADORES, E PRESTAÇÃO DE SERVIÇO DE MANUTENÇÃO PREVENTIVA E CORRETIVA, SUPORTE TÉCNICO E GARANTIA DE SUBSTITUIÇÃO DO EQUIPAMENTO.</t>
+        </is>
+      </c>
+      <c r="M820" s="3" t="inlineStr">
+        <is>
+          <t>01/09/2021</t>
+        </is>
+      </c>
+    </row>
+    <row outlineLevel="0" r="821">
+      <c r="A821" s="3" t="inlineStr">
+        <is>
+          <t>Adesão a Ata de Registro de Preços</t>
+        </is>
+      </c>
+      <c r="B821" s="3" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="C821" s="3" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D821" s="3" t="inlineStr">
+        <is>
+          <t>SEMAD</t>
+        </is>
+      </c>
+      <c r="E821" s="3" t="inlineStr">
+        <is>
+          <t>8073/2023</t>
+        </is>
+      </c>
+      <c r="G821" s="3" t="inlineStr">
+        <is>
+          <t>PREGÃO ELETRÔNICO SRP Nº13/2022</t>
+        </is>
+      </c>
+      <c r="H821" s="3" t="inlineStr">
+        <is>
+          <t>CONTRATAÇÃO CONJUNTA DA PRESTAÇÃO DE SERVIÇO MÓVEL PESSOAL (SMP - DADOS MÓVEIS E VOZ), GESTÃO DE DISPOSITIVOS MÓVEIS (MDM) E OPÇÃO APARELHOS MÓVEIS EM COMODATO PARA ATENDER AS NECESSIDADES DOS ÓRGÃOS INTEGRANTES DA PREFEITURA MUNICIPAL DE ANANINDEUA – PMA</t>
+        </is>
+      </c>
+      <c r="I821" s="3" t="inlineStr">
+        <is>
+          <t>31/01/2024</t>
+        </is>
+      </c>
+      <c r="M821" s="3" t="inlineStr">
         <is>
           <t>01/02/2024</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Access</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>