--- v0 (2025-10-05)
+++ v1 (2026-03-25)
@@ -449,19316 +449,123 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3">
-  <dimension ref="A1:M411"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8D0DFC95-75BE-46E1-BDFE-1FD47BBFE5C4}">
+  <dimension ref="A1:M1"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0" rightToLeft="false">
+    <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="K2" sqref="K2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="28.140625" style="2" customWidth="1"/>
     <col min="2" max="2" width="17.42578125" style="2" customWidth="1"/>
     <col min="3" max="3" width="12.140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="19.28515625" style="1" customWidth="1"/>
     <col min="5" max="5" width="24.42578125" style="3" customWidth="1"/>
     <col min="6" max="6" width="16.7109375" style="3" customWidth="1"/>
     <col min="7" max="7" width="36.42578125" style="3" customWidth="1"/>
     <col min="8" max="8" width="38" style="4" customWidth="1"/>
     <col min="9" max="9" width="16.42578125" customWidth="1"/>
     <col min="10" max="10" width="26.42578125" customWidth="1"/>
     <col min="11" max="11" width="22.42578125" customWidth="1"/>
     <col min="12" max="12" width="20.85546875" customWidth="1"/>
     <col min="13" max="13" width="17.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row spans="1:13" x14ac:dyDescent="0.25" outlineLevel="0" r="1">
+    <row r="1" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A1" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C1" s="6" t="s">
         <v>6</v>
       </c>
       <c r="D1" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E1" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F1" s="7" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="8" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="7" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="7" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="7" t="s">
         <v>11</v>
       </c>
       <c r="L1" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M1" s="7" t="s">
         <v>10</v>
-      </c>
-[...19191 lines deleted...]
-        </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Access</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Planilha1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 